--- v0 (2025-10-26)
+++ v1 (2026-03-15)
@@ -1,85 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\06. Project Based\Open Data\HA Data Sharing Portal\IPDP in HA Hospitals by Disease Group\2022-2023\Files to be uploaded\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\06. Project Based\Open Data\HA Data Sharing Portal\IPDP in HA Hospitals by Disease Group\2023-2024\Files to be uploaded\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ACF040A8-284A-4AF4-9C00-322FB133DCAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{41A22B0B-8A08-43AE-8D66-D40844B3E53E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8595" yWindow="1875" windowWidth="15705" windowHeight="13170" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$D$316</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$D$318</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="622" uniqueCount="622">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="641" uniqueCount="628">
   <si>
     <t>A00</t>
   </si>
   <si>
     <t>A01</t>
   </si>
   <si>
     <t>A03</t>
   </si>
   <si>
     <t>A06</t>
   </si>
   <si>
     <t>A02, A04-A05, A07-A08</t>
   </si>
   <si>
     <t>A09</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>A15-A16</t>
   </si>
   <si>
     <t>A17-A19</t>
   </si>
@@ -970,54 +973,50 @@
     <t>Z20, Z22-Z29</t>
   </si>
   <si>
     <t>Z30</t>
   </si>
   <si>
     <t>Z34-Z36</t>
   </si>
   <si>
     <t>Z38</t>
   </si>
   <si>
     <t>Z39</t>
   </si>
   <si>
     <t>Z40-Z54</t>
   </si>
   <si>
     <t>Z31-Z33, Z37, Z55-Z99</t>
   </si>
   <si>
     <t>Disease group</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
-    <t>Detailed list number ICD 10th revision</t>
-[...2 lines deleted...]
-  <si>
     <t>Cholera</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>Typhoid and paratyphoid fevers</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>Shigellosis</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>Amoebiasis</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>Other intestinal infectious diseases</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>Other gastroenteritis and colitis of infectious and unspecified origin</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
     <t>Respiratory tuberculosis</t>
@@ -1916,69 +1915,136 @@
     <t>Contraceptive management</t>
   </si>
   <si>
     <t>Antenatal screening and other supervision of pregnancy</t>
   </si>
   <si>
     <t>Liveborn infants according to place of birth</t>
   </si>
   <si>
     <t>Postpartum care and examination</t>
   </si>
   <si>
     <t>Persons encountering health services for specific procedures and health care</t>
   </si>
   <si>
     <t>Persons encountering health services for other reasons</t>
   </si>
   <si>
     <t>Unknown diagnoses</t>
   </si>
   <si>
     <t>Overall</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
-    <t>Notes:
-[...6 lines deleted...]
-    <t>Number of Inpatient and Day Inpatient Discharges and Deaths in Hospitals under the Hospital Authority (HA) by Disease Group, 2017 to 2023</t>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t>Coronavirus disease 2019 (COVID-19)</t>
+    <phoneticPr fontId="2" type="noConversion"/>
+  </si>
+  <si>
+    <t>U07</t>
+  </si>
+  <si>
+    <t>Other COVID-19 related conditions</t>
+  </si>
+  <si>
+    <t>U08-U12</t>
+  </si>
+  <si>
+    <r>
+      <t>Detailed list number ICD 10</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>th</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Revision</t>
+    </r>
+  </si>
+  <si>
+    <t>Number of Inpatient and Day Inpatient Discharges and Deaths in Hospitals under the Hospital Authority (HA) by Disease Group, 2017 to 2024</t>
+  </si>
+  <si>
+    <t>N.A. Not available</t>
+  </si>
+  <si>
+    <r>
+      <t>Notes:
+1. Classification of diseases and causes of death is based on the International Statistical Classification of Diseases and Related Health Problems (ICD) 10</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>th</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Revision.
+2. Chinese terms of disease groups are based on those compiled by World Health Organization (WHO) Collaborating Center for the Classification of Diseases, Beijing as the benchmark.
+3. For inpatient discharges and deaths statistics of 2023 and earlier, coronavirus disease 2019 (COVID-19) was coded under J98 (other respiratory disorders), which includes certain respiratory disorders other than COVID-19. From 2024 onwards, specific codes U07-U12 were adopted for COVID-19-related conditions, in line with WHO recommendations. Therefore, statistics involving these specific codes from 2024 onwards are not directly comparable to those for 2023 and before.
+4. In HA, day inpatients refer to those who are admitted into hospitals for non-emergency treatment and who are discharged within the same day. Inpatients are those who are admitted into hospitals via Accident &amp; Emergency Department or those who have stayed for more than one day.
+5. In view of the emergence of the Coronavirus Disease 2019 epidemic in Hong Kong since early 2020, Hospital Authority (HA) has adjusted its services in response to the epidemic. This should be taken into account when comparing the throughput of services provided by HA across the years. With the subsiding of local COVID-19 epidemic situation and cessation of anti-epidemic measures in early 2023, the HA has been gradually resuming provision of all of its public healthcare services to tie in with the Government’s normalcy measures.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#\ ###\ ##0"/>
     <numFmt numFmtId="165" formatCode="\ @\ "/>
   </numFmts>
-  <fonts count="13">
+  <fonts count="15">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Malgun Gothic Semilight"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2011,90 +2077,105 @@
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="1"/>
       <charset val="136"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="35">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -2136,67 +2217,86 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="一般 2 9" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF4F6228"/>
       <color rgb="FFD8E4BC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -2454,9123 +2554,10125 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I316"/>
+  <dimension ref="A1:J319"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="C308" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2:C2"/>
+      <selection pane="bottomRight" activeCell="A317" sqref="A317:B317"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.2"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="64.6640625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="64.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="51" style="17" customWidth="1"/>
-    <col min="3" max="3" width="14.33203125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="16384" width="9.33203125" style="1"/>
+    <col min="3" max="3" width="14.28515625" style="1" customWidth="1"/>
+    <col min="4" max="5" width="14.28515625" style="20" customWidth="1"/>
+    <col min="6" max="10" width="14.28515625" style="1" customWidth="1"/>
+    <col min="11" max="16384" width="9.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="6" customFormat="1" ht="15" customHeight="1">
-[...10 lines deleted...]
-      <c r="C2" s="30"/>
+    <row r="1" spans="1:10" s="6" customFormat="1" ht="15" customHeight="1">
+      <c r="A1" s="37" t="s">
+        <v>625</v>
+      </c>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="39"/>
+    </row>
+    <row r="2" spans="1:10" s="6" customFormat="1" ht="15" customHeight="1">
+      <c r="A2" s="35"/>
+      <c r="B2" s="36"/>
+      <c r="C2" s="36"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
     </row>
-    <row r="3" spans="1:9" s="2" customFormat="1" ht="28.5" customHeight="1">
+    <row r="3" spans="1:10" s="2" customFormat="1" ht="28.5" customHeight="1">
       <c r="A3" s="7" t="s">
         <v>308</v>
       </c>
       <c r="B3" s="8" t="s">
-        <v>309</v>
+        <v>624</v>
       </c>
       <c r="C3" s="14">
         <v>2017</v>
       </c>
       <c r="D3" s="19">
         <v>2018</v>
       </c>
       <c r="E3" s="19">
         <v>2019</v>
       </c>
       <c r="F3" s="19">
         <v>2020</v>
       </c>
       <c r="G3" s="27">
         <v>2021</v>
       </c>
       <c r="H3" s="27">
         <v>2022</v>
       </c>
       <c r="I3" s="27">
         <v>2023</v>
       </c>
-    </row>
-    <row r="4" spans="1:9" s="3" customFormat="1">
+      <c r="J3" s="27">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="3" customFormat="1">
       <c r="A4" s="10" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B4" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="21">
         <v>4</v>
       </c>
       <c r="D4" s="21">
         <v>7</v>
       </c>
       <c r="E4" s="21">
         <v>9</v>
       </c>
       <c r="F4" s="24">
         <v>1</v>
       </c>
       <c r="G4" s="21">
         <v>2</v>
       </c>
       <c r="H4" s="21">
         <v>0</v>
       </c>
-      <c r="I4" s="21">
+      <c r="I4" s="29">
         <v>1</v>
       </c>
-    </row>
-    <row r="5" spans="1:9" s="3" customFormat="1">
+      <c r="J4" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="3" customFormat="1">
       <c r="A5" s="10" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="21">
         <v>49</v>
       </c>
       <c r="D5" s="21">
         <v>36</v>
       </c>
       <c r="E5" s="21">
         <v>67</v>
       </c>
       <c r="F5" s="24">
         <v>37</v>
       </c>
       <c r="G5" s="21">
         <v>23</v>
       </c>
       <c r="H5" s="21">
         <v>25</v>
       </c>
-      <c r="I5" s="21">
+      <c r="I5" s="29">
         <v>28</v>
       </c>
-    </row>
-    <row r="6" spans="1:9" s="3" customFormat="1">
+      <c r="J5" s="29">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="3" customFormat="1">
       <c r="A6" s="10" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="21">
         <v>4</v>
       </c>
       <c r="D6" s="21">
         <v>3</v>
       </c>
       <c r="E6" s="21">
         <v>7</v>
       </c>
       <c r="F6" s="24">
         <v>5</v>
       </c>
       <c r="G6" s="21">
         <v>5</v>
       </c>
       <c r="H6" s="21">
         <v>0</v>
       </c>
-      <c r="I6" s="21">
+      <c r="I6" s="29">
         <v>1</v>
       </c>
-    </row>
-    <row r="7" spans="1:9" s="3" customFormat="1">
+      <c r="J6" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" s="3" customFormat="1">
       <c r="A7" s="10" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="21">
         <v>7</v>
       </c>
       <c r="D7" s="21">
         <v>11</v>
       </c>
       <c r="E7" s="21">
         <v>20</v>
       </c>
       <c r="F7" s="24">
         <v>9</v>
       </c>
       <c r="G7" s="21">
         <v>9</v>
       </c>
       <c r="H7" s="21">
         <v>12</v>
       </c>
-      <c r="I7" s="21">
+      <c r="I7" s="29">
         <v>23</v>
       </c>
-    </row>
-    <row r="8" spans="1:9" s="3" customFormat="1">
+      <c r="J7" s="29">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="3" customFormat="1">
       <c r="A8" s="10" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="21">
         <v>4800</v>
       </c>
       <c r="D8" s="21">
         <v>4922</v>
       </c>
       <c r="E8" s="21">
         <v>4201</v>
       </c>
       <c r="F8" s="24">
         <v>2899</v>
       </c>
       <c r="G8" s="21">
         <v>3009</v>
       </c>
       <c r="H8" s="21">
         <v>2302</v>
       </c>
-      <c r="I8" s="21">
+      <c r="I8" s="29">
         <v>3989</v>
       </c>
-    </row>
-    <row r="9" spans="1:9" s="3" customFormat="1">
+      <c r="J8" s="29">
+        <v>3706</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="3" customFormat="1">
       <c r="A9" s="10" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="21">
         <v>15295</v>
       </c>
       <c r="D9" s="21">
         <v>15528</v>
       </c>
       <c r="E9" s="21">
         <v>14578</v>
       </c>
       <c r="F9" s="24">
         <v>9724</v>
       </c>
       <c r="G9" s="21">
         <v>10393</v>
       </c>
       <c r="H9" s="21">
         <v>7629</v>
       </c>
-      <c r="I9" s="21">
+      <c r="I9" s="29">
         <v>13066</v>
       </c>
-    </row>
-    <row r="10" spans="1:9" s="3" customFormat="1">
+      <c r="J9" s="29">
+        <v>14117</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" s="3" customFormat="1">
       <c r="A10" s="10" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="21">
         <v>3236</v>
       </c>
       <c r="D10" s="21">
         <v>3186</v>
       </c>
       <c r="E10" s="21">
         <v>3077</v>
       </c>
       <c r="F10" s="24">
         <v>2793</v>
       </c>
       <c r="G10" s="21">
         <v>2598</v>
       </c>
       <c r="H10" s="21">
         <v>2002</v>
       </c>
-      <c r="I10" s="21">
+      <c r="I10" s="29">
         <v>2051</v>
       </c>
-    </row>
-    <row r="11" spans="1:9" s="3" customFormat="1">
+      <c r="J10" s="29">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" s="3" customFormat="1">
       <c r="A11" s="10" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="21">
         <v>506</v>
       </c>
       <c r="D11" s="21">
         <v>454</v>
       </c>
       <c r="E11" s="21">
         <v>438</v>
       </c>
       <c r="F11" s="24">
         <v>395</v>
       </c>
       <c r="G11" s="21">
         <v>417</v>
       </c>
       <c r="H11" s="21">
         <v>347</v>
       </c>
-      <c r="I11" s="21">
+      <c r="I11" s="29">
         <v>311</v>
       </c>
-    </row>
-    <row r="12" spans="1:9" s="3" customFormat="1">
+      <c r="J11" s="29">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" s="3" customFormat="1">
       <c r="A12" s="10" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="21">
         <v>0</v>
       </c>
       <c r="D12" s="21">
         <v>0</v>
       </c>
       <c r="E12" s="21">
         <v>1</v>
       </c>
       <c r="F12" s="24">
         <v>0</v>
       </c>
       <c r="G12" s="21">
         <v>0</v>
       </c>
       <c r="H12" s="21">
         <v>0</v>
       </c>
-      <c r="I12" s="21">
-[...3 lines deleted...]
-    <row r="13" spans="1:9" s="3" customFormat="1">
+      <c r="I12" s="29">
+        <v>0</v>
+      </c>
+      <c r="J12" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" s="3" customFormat="1">
       <c r="A13" s="10" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="21">
         <v>21</v>
       </c>
       <c r="D13" s="21">
         <v>13</v>
       </c>
       <c r="E13" s="21">
         <v>4</v>
       </c>
       <c r="F13" s="24">
         <v>2</v>
       </c>
       <c r="G13" s="21">
         <v>0</v>
       </c>
       <c r="H13" s="21">
         <v>0</v>
       </c>
-      <c r="I13" s="21">
+      <c r="I13" s="29">
         <v>4</v>
       </c>
-    </row>
-    <row r="14" spans="1:9" s="3" customFormat="1">
+      <c r="J13" s="29">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" s="3" customFormat="1">
       <c r="A14" s="10" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="21">
         <v>5</v>
       </c>
       <c r="D14" s="21">
         <v>1</v>
       </c>
       <c r="E14" s="21">
         <v>2</v>
       </c>
       <c r="F14" s="24">
         <v>3</v>
       </c>
       <c r="G14" s="21">
         <v>2</v>
       </c>
       <c r="H14" s="21">
         <v>3</v>
       </c>
-      <c r="I14" s="21">
+      <c r="I14" s="29">
         <v>3</v>
       </c>
-    </row>
-    <row r="15" spans="1:9" s="3" customFormat="1">
+      <c r="J14" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" s="3" customFormat="1">
       <c r="A15" s="12" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="21">
         <v>0</v>
       </c>
       <c r="D15" s="21">
         <v>0</v>
       </c>
       <c r="E15" s="21">
         <v>0</v>
       </c>
       <c r="F15" s="24">
         <v>0</v>
       </c>
       <c r="G15" s="21">
         <v>0</v>
       </c>
       <c r="H15" s="21">
         <v>0</v>
       </c>
-      <c r="I15" s="21">
-[...3 lines deleted...]
-    <row r="16" spans="1:9" s="3" customFormat="1">
+      <c r="I15" s="29">
+        <v>0</v>
+      </c>
+      <c r="J15" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" s="3" customFormat="1">
       <c r="A16" s="12" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="21">
         <v>1</v>
       </c>
       <c r="D16" s="21">
         <v>0</v>
       </c>
       <c r="E16" s="21">
         <v>1</v>
       </c>
       <c r="F16" s="24">
         <v>0</v>
       </c>
       <c r="G16" s="21">
         <v>0</v>
       </c>
       <c r="H16" s="21">
         <v>1</v>
       </c>
-      <c r="I16" s="21">
+      <c r="I16" s="29">
         <v>2</v>
       </c>
-    </row>
-    <row r="17" spans="1:9" s="3" customFormat="1">
+      <c r="J16" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" s="3" customFormat="1">
       <c r="A17" s="12" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="21">
         <v>0</v>
       </c>
       <c r="D17" s="21">
         <v>4</v>
       </c>
       <c r="E17" s="21">
         <v>4</v>
       </c>
       <c r="F17" s="24">
         <v>9</v>
       </c>
       <c r="G17" s="21">
         <v>3</v>
       </c>
       <c r="H17" s="21">
         <v>5</v>
       </c>
-      <c r="I17" s="21">
+      <c r="I17" s="29">
         <v>4</v>
       </c>
-    </row>
-    <row r="18" spans="1:9" s="3" customFormat="1">
+      <c r="J17" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" s="3" customFormat="1">
       <c r="A18" s="12" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="21">
         <v>40</v>
       </c>
       <c r="D18" s="21">
         <v>54</v>
       </c>
       <c r="E18" s="21">
         <v>41</v>
       </c>
       <c r="F18" s="24">
         <v>25</v>
       </c>
       <c r="G18" s="21">
         <v>3</v>
       </c>
       <c r="H18" s="21">
         <v>1</v>
       </c>
-      <c r="I18" s="21">
+      <c r="I18" s="29">
         <v>13</v>
       </c>
-    </row>
-    <row r="19" spans="1:9" s="3" customFormat="1">
+      <c r="J18" s="29">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="3" customFormat="1">
       <c r="A19" s="12" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="21">
         <v>4</v>
       </c>
       <c r="D19" s="21">
         <v>9</v>
       </c>
       <c r="E19" s="21">
         <v>14</v>
       </c>
       <c r="F19" s="24">
         <v>1</v>
       </c>
       <c r="G19" s="21">
         <v>1</v>
       </c>
       <c r="H19" s="21">
         <v>0</v>
       </c>
-      <c r="I19" s="21">
+      <c r="I19" s="29">
         <v>4</v>
       </c>
-    </row>
-    <row r="20" spans="1:9" s="3" customFormat="1">
+      <c r="J19" s="29">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" s="3" customFormat="1">
       <c r="A20" s="12" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="21">
         <v>11808</v>
       </c>
       <c r="D20" s="21">
         <v>11854</v>
       </c>
       <c r="E20" s="21">
         <v>12227</v>
       </c>
       <c r="F20" s="24">
         <v>12679</v>
       </c>
       <c r="G20" s="21">
         <v>13211</v>
       </c>
       <c r="H20" s="21">
         <v>10934</v>
       </c>
-      <c r="I20" s="21">
+      <c r="I20" s="29">
         <v>11121</v>
       </c>
-    </row>
-    <row r="21" spans="1:9" s="3" customFormat="1">
+      <c r="J20" s="29">
+        <v>10974</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" s="3" customFormat="1">
       <c r="A21" s="12" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="21">
         <v>3139</v>
       </c>
       <c r="D21" s="21">
         <v>3538</v>
       </c>
       <c r="E21" s="21">
         <v>3617</v>
       </c>
       <c r="F21" s="24">
         <v>3371</v>
       </c>
       <c r="G21" s="21">
         <v>4029</v>
       </c>
       <c r="H21" s="21">
         <v>3004</v>
       </c>
-      <c r="I21" s="21">
+      <c r="I21" s="29">
         <v>3630</v>
       </c>
-    </row>
-    <row r="22" spans="1:9" s="3" customFormat="1">
+      <c r="J21" s="29">
+        <v>4915</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" s="3" customFormat="1">
       <c r="A22" s="12" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="B22" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="21">
         <v>2</v>
       </c>
       <c r="D22" s="21">
         <v>8</v>
       </c>
       <c r="E22" s="21">
         <v>4</v>
       </c>
       <c r="F22" s="24">
         <v>3</v>
       </c>
       <c r="G22" s="21">
         <v>4</v>
       </c>
       <c r="H22" s="21">
         <v>4</v>
       </c>
-      <c r="I22" s="21">
+      <c r="I22" s="29">
         <v>4</v>
       </c>
-    </row>
-    <row r="23" spans="1:9" s="3" customFormat="1">
+      <c r="J22" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" s="3" customFormat="1">
       <c r="A23" s="12" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="21">
         <v>9</v>
       </c>
       <c r="D23" s="21">
         <v>6</v>
       </c>
       <c r="E23" s="21">
         <v>5</v>
       </c>
       <c r="F23" s="24">
         <v>5</v>
       </c>
       <c r="G23" s="21">
         <v>12</v>
       </c>
       <c r="H23" s="21">
         <v>8</v>
       </c>
-      <c r="I23" s="21">
+      <c r="I23" s="29">
         <v>20</v>
       </c>
-    </row>
-    <row r="24" spans="1:9" s="3" customFormat="1">
+      <c r="J23" s="29">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" s="3" customFormat="1">
       <c r="A24" s="12" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="21">
         <v>270</v>
       </c>
       <c r="D24" s="21">
         <v>330</v>
       </c>
       <c r="E24" s="21">
         <v>385</v>
       </c>
       <c r="F24" s="24">
         <v>437</v>
       </c>
       <c r="G24" s="21">
         <v>590</v>
       </c>
       <c r="H24" s="21">
         <v>462</v>
       </c>
-      <c r="I24" s="21">
+      <c r="I24" s="29">
         <v>752</v>
       </c>
-    </row>
-    <row r="25" spans="1:9" s="3" customFormat="1">
+      <c r="J24" s="29">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" s="3" customFormat="1">
       <c r="A25" s="12" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="21">
         <v>10</v>
       </c>
       <c r="D25" s="21">
         <v>7</v>
       </c>
       <c r="E25" s="21">
         <v>10</v>
       </c>
       <c r="F25" s="24">
         <v>8</v>
       </c>
       <c r="G25" s="21">
         <v>24</v>
       </c>
       <c r="H25" s="21">
         <v>7</v>
       </c>
-      <c r="I25" s="21">
+      <c r="I25" s="29">
         <v>32</v>
       </c>
-    </row>
-    <row r="26" spans="1:9" s="3" customFormat="1">
+      <c r="J25" s="29">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" s="3" customFormat="1">
       <c r="A26" s="12" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B26" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C26" s="21">
         <v>9</v>
       </c>
       <c r="D26" s="21">
         <v>12</v>
       </c>
       <c r="E26" s="21">
         <v>13</v>
       </c>
       <c r="F26" s="24">
         <v>11</v>
       </c>
       <c r="G26" s="21">
         <v>9</v>
       </c>
       <c r="H26" s="21">
         <v>12</v>
       </c>
-      <c r="I26" s="21">
+      <c r="I26" s="29">
         <v>10</v>
       </c>
-    </row>
-    <row r="27" spans="1:9" s="3" customFormat="1">
+      <c r="J26" s="29">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" s="3" customFormat="1">
       <c r="A27" s="12" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C27" s="21">
         <v>150</v>
       </c>
       <c r="D27" s="21">
         <v>136</v>
       </c>
       <c r="E27" s="21">
         <v>128</v>
       </c>
       <c r="F27" s="24">
         <v>80</v>
       </c>
       <c r="G27" s="21">
         <v>111</v>
       </c>
       <c r="H27" s="21">
         <v>85</v>
       </c>
-      <c r="I27" s="21">
+      <c r="I27" s="29">
         <v>86</v>
       </c>
-    </row>
-    <row r="28" spans="1:9" s="3" customFormat="1">
+      <c r="J27" s="29">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" s="3" customFormat="1">
       <c r="A28" s="12" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="21">
         <v>0</v>
       </c>
       <c r="D28" s="21">
         <v>2</v>
       </c>
       <c r="E28" s="21">
         <v>0</v>
       </c>
       <c r="F28" s="24">
         <v>3</v>
       </c>
       <c r="G28" s="21">
         <v>2</v>
       </c>
       <c r="H28" s="21">
         <v>5</v>
       </c>
-      <c r="I28" s="21">
+      <c r="I28" s="29">
         <v>5</v>
       </c>
-    </row>
-    <row r="29" spans="1:9" s="3" customFormat="1">
+      <c r="J28" s="29">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" s="3" customFormat="1">
       <c r="A29" s="12" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="21">
         <v>0</v>
       </c>
       <c r="D29" s="21">
         <v>0</v>
       </c>
       <c r="E29" s="21">
         <v>0</v>
       </c>
       <c r="F29" s="24">
         <v>0</v>
       </c>
       <c r="G29" s="21">
         <v>0</v>
       </c>
       <c r="H29" s="21">
         <v>0</v>
       </c>
-      <c r="I29" s="21">
-[...3 lines deleted...]
-    <row r="30" spans="1:9" s="3" customFormat="1">
+      <c r="I29" s="29">
+        <v>0</v>
+      </c>
+      <c r="J29" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" s="3" customFormat="1">
       <c r="A30" s="12" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="B30" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="21">
         <v>29</v>
       </c>
       <c r="D30" s="21">
         <v>22</v>
       </c>
       <c r="E30" s="21">
         <v>30</v>
       </c>
       <c r="F30" s="24">
         <v>34</v>
       </c>
       <c r="G30" s="21">
         <v>33</v>
       </c>
       <c r="H30" s="21">
         <v>43</v>
       </c>
-      <c r="I30" s="21">
+      <c r="I30" s="29">
         <v>32</v>
       </c>
-    </row>
-    <row r="31" spans="1:9" s="3" customFormat="1">
+      <c r="J30" s="29">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" s="3" customFormat="1">
       <c r="A31" s="12" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B31" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C31" s="21">
         <v>0</v>
       </c>
       <c r="D31" s="21">
         <v>2</v>
       </c>
       <c r="E31" s="21">
         <v>3</v>
       </c>
       <c r="F31" s="24">
         <v>0</v>
       </c>
       <c r="G31" s="21">
         <v>1</v>
       </c>
       <c r="H31" s="21">
         <v>0</v>
       </c>
-      <c r="I31" s="21">
+      <c r="I31" s="29">
         <v>3</v>
       </c>
-    </row>
-    <row r="32" spans="1:9" s="3" customFormat="1">
+      <c r="J31" s="29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" s="3" customFormat="1">
       <c r="A32" s="12" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C32" s="21">
         <v>0</v>
       </c>
       <c r="D32" s="21">
         <v>0</v>
       </c>
       <c r="E32" s="21">
         <v>0</v>
       </c>
       <c r="F32" s="24">
         <v>0</v>
       </c>
       <c r="G32" s="21">
         <v>0</v>
       </c>
       <c r="H32" s="21">
         <v>0</v>
       </c>
-      <c r="I32" s="21">
-[...3 lines deleted...]
-    <row r="33" spans="1:9" s="3" customFormat="1">
+      <c r="I32" s="29">
+        <v>0</v>
+      </c>
+      <c r="J32" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" s="3" customFormat="1">
       <c r="A33" s="12" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B33" s="11" t="s">
         <v>29</v>
       </c>
       <c r="C33" s="21">
         <v>26</v>
       </c>
       <c r="D33" s="21">
         <v>25</v>
       </c>
       <c r="E33" s="21">
         <v>39</v>
       </c>
       <c r="F33" s="24">
         <v>22</v>
       </c>
       <c r="G33" s="21">
         <v>15</v>
       </c>
       <c r="H33" s="21">
         <v>26</v>
       </c>
-      <c r="I33" s="21">
+      <c r="I33" s="29">
         <v>24</v>
       </c>
-    </row>
-    <row r="34" spans="1:9" s="3" customFormat="1">
+      <c r="J33" s="29">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" s="3" customFormat="1">
       <c r="A34" s="12" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="B34" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C34" s="21">
         <v>0</v>
       </c>
       <c r="D34" s="21">
         <v>0</v>
       </c>
       <c r="E34" s="21">
         <v>0</v>
       </c>
       <c r="F34" s="24">
         <v>0</v>
       </c>
       <c r="G34" s="21">
         <v>0</v>
       </c>
       <c r="H34" s="21">
         <v>0</v>
       </c>
-      <c r="I34" s="21">
-[...3 lines deleted...]
-    <row r="35" spans="1:9" s="3" customFormat="1">
+      <c r="I34" s="29">
+        <v>0</v>
+      </c>
+      <c r="J34" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" s="3" customFormat="1">
       <c r="A35" s="12" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="B35" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C35" s="21">
         <v>74</v>
       </c>
       <c r="D35" s="21">
         <v>148</v>
       </c>
       <c r="E35" s="21">
         <v>151</v>
       </c>
       <c r="F35" s="24">
         <v>22</v>
       </c>
       <c r="G35" s="21">
         <v>4</v>
       </c>
       <c r="H35" s="21">
         <v>28</v>
       </c>
-      <c r="I35" s="21">
+      <c r="I35" s="29">
         <v>55</v>
       </c>
-    </row>
-    <row r="36" spans="1:9" s="3" customFormat="1">
+      <c r="J35" s="29">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="3" customFormat="1">
       <c r="A36" s="12" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="21">
         <v>341</v>
       </c>
       <c r="D36" s="21">
         <v>367</v>
       </c>
       <c r="E36" s="21">
         <v>292</v>
       </c>
       <c r="F36" s="24">
         <v>215</v>
       </c>
       <c r="G36" s="21">
         <v>289</v>
       </c>
       <c r="H36" s="21">
         <v>177</v>
       </c>
-      <c r="I36" s="21">
+      <c r="I36" s="29">
         <v>241</v>
       </c>
-    </row>
-    <row r="37" spans="1:9" s="3" customFormat="1">
+      <c r="J36" s="29">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="3" customFormat="1">
       <c r="A37" s="12" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B37" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C37" s="21">
         <v>1776</v>
       </c>
       <c r="D37" s="21">
         <v>1842</v>
       </c>
       <c r="E37" s="21">
         <v>1823</v>
       </c>
       <c r="F37" s="24">
         <v>1544</v>
       </c>
       <c r="G37" s="21">
         <v>1790</v>
       </c>
       <c r="H37" s="21">
         <v>1352</v>
       </c>
-      <c r="I37" s="21">
+      <c r="I37" s="29">
         <v>1672</v>
       </c>
-    </row>
-    <row r="38" spans="1:9" s="3" customFormat="1">
+      <c r="J37" s="29">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="3" customFormat="1">
       <c r="A38" s="12" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B38" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C38" s="21">
         <v>2</v>
       </c>
       <c r="D38" s="21">
         <v>11</v>
       </c>
       <c r="E38" s="21">
         <v>95</v>
       </c>
       <c r="F38" s="24">
         <v>1</v>
       </c>
       <c r="G38" s="21">
         <v>0</v>
       </c>
       <c r="H38" s="21">
         <v>1</v>
       </c>
-      <c r="I38" s="21">
-[...3 lines deleted...]
-    <row r="39" spans="1:9" s="3" customFormat="1">
+      <c r="I38" s="29">
+        <v>0</v>
+      </c>
+      <c r="J38" s="29">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="3" customFormat="1">
       <c r="A39" s="12" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B39" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C39" s="21">
         <v>0</v>
       </c>
       <c r="D39" s="21">
         <v>3</v>
       </c>
       <c r="E39" s="21">
         <v>21</v>
       </c>
       <c r="F39" s="24">
         <v>2</v>
       </c>
       <c r="G39" s="21">
         <v>1</v>
       </c>
       <c r="H39" s="21">
         <v>0</v>
       </c>
-      <c r="I39" s="21">
-[...3 lines deleted...]
-    <row r="40" spans="1:9" s="3" customFormat="1">
+      <c r="I39" s="29">
+        <v>0</v>
+      </c>
+      <c r="J39" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" s="3" customFormat="1">
       <c r="A40" s="12" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>36</v>
       </c>
       <c r="C40" s="21">
         <v>46</v>
       </c>
       <c r="D40" s="21">
         <v>26</v>
       </c>
       <c r="E40" s="21">
         <v>30</v>
       </c>
       <c r="F40" s="24">
         <v>18</v>
       </c>
       <c r="G40" s="21">
         <v>10</v>
       </c>
       <c r="H40" s="21">
         <v>8</v>
       </c>
-      <c r="I40" s="21">
+      <c r="I40" s="29">
         <v>18</v>
       </c>
-    </row>
-    <row r="41" spans="1:9" s="3" customFormat="1">
+      <c r="J40" s="29">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" s="3" customFormat="1">
       <c r="A41" s="12" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C41" s="21">
         <v>245</v>
       </c>
       <c r="D41" s="21">
         <v>226</v>
       </c>
       <c r="E41" s="21">
         <v>192</v>
       </c>
       <c r="F41" s="24">
         <v>234</v>
       </c>
       <c r="G41" s="21">
         <v>237</v>
       </c>
       <c r="H41" s="21">
         <v>185</v>
       </c>
-      <c r="I41" s="21">
+      <c r="I41" s="29">
         <v>229</v>
       </c>
-    </row>
-    <row r="42" spans="1:9" s="3" customFormat="1">
+      <c r="J41" s="29">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" s="3" customFormat="1">
       <c r="A42" s="12" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B42" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C42" s="21">
         <v>101</v>
       </c>
       <c r="D42" s="21">
         <v>77</v>
       </c>
       <c r="E42" s="21">
         <v>74</v>
       </c>
       <c r="F42" s="24">
         <v>63</v>
       </c>
       <c r="G42" s="21">
         <v>66</v>
       </c>
       <c r="H42" s="21">
         <v>46</v>
       </c>
-      <c r="I42" s="21">
+      <c r="I42" s="29">
         <v>91</v>
       </c>
-    </row>
-    <row r="43" spans="1:9" s="3" customFormat="1">
+      <c r="J42" s="29">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="3" customFormat="1">
       <c r="A43" s="12" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B43" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C43" s="21">
         <v>1132</v>
       </c>
       <c r="D43" s="21">
         <v>1017</v>
       </c>
       <c r="E43" s="21">
         <v>860</v>
       </c>
       <c r="F43" s="24">
         <v>518</v>
       </c>
       <c r="G43" s="21">
         <v>417</v>
       </c>
       <c r="H43" s="21">
         <v>438</v>
       </c>
-      <c r="I43" s="21">
+      <c r="I43" s="29">
         <v>374</v>
       </c>
-    </row>
-    <row r="44" spans="1:9" s="3" customFormat="1">
+      <c r="J43" s="29">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" s="3" customFormat="1">
       <c r="A44" s="12" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C44" s="21">
         <v>9</v>
       </c>
       <c r="D44" s="21">
         <v>14</v>
       </c>
       <c r="E44" s="21">
         <v>17</v>
       </c>
       <c r="F44" s="24">
         <v>7</v>
       </c>
       <c r="G44" s="21">
         <v>13</v>
       </c>
       <c r="H44" s="21">
         <v>8</v>
       </c>
-      <c r="I44" s="21">
+      <c r="I44" s="29">
         <v>7</v>
       </c>
-    </row>
-    <row r="45" spans="1:9" s="3" customFormat="1">
+      <c r="J44" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" s="3" customFormat="1">
       <c r="A45" s="12" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B45" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="21">
         <v>552</v>
       </c>
       <c r="D45" s="21">
         <v>505</v>
       </c>
       <c r="E45" s="21">
         <v>546</v>
       </c>
       <c r="F45" s="24">
         <v>564</v>
       </c>
       <c r="G45" s="21">
         <v>446</v>
       </c>
       <c r="H45" s="21">
         <v>445</v>
       </c>
-      <c r="I45" s="21">
+      <c r="I45" s="29">
         <v>361</v>
       </c>
-    </row>
-    <row r="46" spans="1:9" s="3" customFormat="1">
+      <c r="J45" s="29">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" s="3" customFormat="1">
       <c r="A46" s="12" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B46" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C46" s="21">
         <v>6</v>
       </c>
       <c r="D46" s="21">
         <v>2</v>
       </c>
       <c r="E46" s="21">
         <v>3</v>
       </c>
       <c r="F46" s="24">
         <v>6</v>
       </c>
       <c r="G46" s="21">
         <v>5</v>
       </c>
       <c r="H46" s="21">
         <v>3</v>
       </c>
-      <c r="I46" s="21">
+      <c r="I46" s="29">
         <v>4</v>
       </c>
-    </row>
-    <row r="47" spans="1:9" s="3" customFormat="1">
+      <c r="J46" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" s="3" customFormat="1">
       <c r="A47" s="12" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C47" s="21">
         <v>11113</v>
       </c>
       <c r="D47" s="21">
         <v>10847</v>
       </c>
       <c r="E47" s="21">
         <v>13307</v>
       </c>
       <c r="F47" s="24">
         <v>8030</v>
       </c>
       <c r="G47" s="21">
         <v>7557</v>
       </c>
       <c r="H47" s="21">
         <v>5474</v>
       </c>
-      <c r="I47" s="21">
+      <c r="I47" s="29">
         <v>17553</v>
       </c>
-    </row>
-    <row r="48" spans="1:9" s="3" customFormat="1">
+      <c r="J47" s="29">
+        <v>14477</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" s="3" customFormat="1">
       <c r="A48" s="12" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C48" s="21">
         <v>455</v>
       </c>
       <c r="D48" s="21">
         <v>606</v>
       </c>
       <c r="E48" s="21">
         <v>513</v>
       </c>
       <c r="F48" s="24">
         <v>412</v>
       </c>
       <c r="G48" s="21">
         <v>562</v>
       </c>
       <c r="H48" s="21">
         <v>468</v>
       </c>
-      <c r="I48" s="21">
+      <c r="I48" s="29">
         <v>554</v>
       </c>
-    </row>
-    <row r="49" spans="1:9" s="3" customFormat="1">
+      <c r="J48" s="29">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" s="3" customFormat="1">
       <c r="A49" s="12" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>45</v>
       </c>
       <c r="C49" s="21">
         <v>41</v>
       </c>
       <c r="D49" s="21">
         <v>27</v>
       </c>
       <c r="E49" s="21">
         <v>27</v>
       </c>
       <c r="F49" s="24">
         <v>12</v>
       </c>
       <c r="G49" s="21">
         <v>6</v>
       </c>
       <c r="H49" s="21">
         <v>194</v>
       </c>
-      <c r="I49" s="21">
+      <c r="I49" s="29">
         <v>10</v>
       </c>
-    </row>
-    <row r="50" spans="1:9" s="3" customFormat="1">
+      <c r="J49" s="29">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" s="3" customFormat="1">
       <c r="A50" s="12" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>46</v>
       </c>
       <c r="C50" s="21">
         <v>0</v>
       </c>
       <c r="D50" s="21">
         <v>0</v>
       </c>
       <c r="E50" s="21">
         <v>0</v>
       </c>
       <c r="F50" s="24">
         <v>1</v>
       </c>
       <c r="G50" s="21">
         <v>0</v>
       </c>
       <c r="H50" s="21">
         <v>0</v>
       </c>
-      <c r="I50" s="21">
-[...3 lines deleted...]
-    <row r="51" spans="1:9" s="3" customFormat="1">
+      <c r="I50" s="29">
+        <v>0</v>
+      </c>
+      <c r="J50" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" s="3" customFormat="1">
       <c r="A51" s="12" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B51" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C51" s="21">
         <v>0</v>
       </c>
       <c r="D51" s="21">
         <v>0</v>
       </c>
       <c r="E51" s="21">
         <v>0</v>
       </c>
       <c r="F51" s="24">
         <v>0</v>
       </c>
       <c r="G51" s="21">
         <v>0</v>
       </c>
       <c r="H51" s="21">
         <v>0</v>
       </c>
-      <c r="I51" s="21">
-[...3 lines deleted...]
-    <row r="52" spans="1:9" s="3" customFormat="1">
+      <c r="I51" s="29">
+        <v>0</v>
+      </c>
+      <c r="J51" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" s="3" customFormat="1">
       <c r="A52" s="12" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>48</v>
       </c>
       <c r="C52" s="21">
         <v>3</v>
       </c>
       <c r="D52" s="21">
         <v>5</v>
       </c>
       <c r="E52" s="21">
         <v>3</v>
       </c>
       <c r="F52" s="24">
         <v>3</v>
       </c>
       <c r="G52" s="21">
         <v>2</v>
       </c>
       <c r="H52" s="21">
         <v>4</v>
       </c>
-      <c r="I52" s="21">
-[...3 lines deleted...]
-    <row r="53" spans="1:9" s="3" customFormat="1">
+      <c r="I52" s="29">
+        <v>0</v>
+      </c>
+      <c r="J52" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" s="3" customFormat="1">
       <c r="A53" s="12" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="B53" s="11" t="s">
         <v>49</v>
       </c>
       <c r="C53" s="21">
         <v>10</v>
       </c>
       <c r="D53" s="21">
         <v>3</v>
       </c>
       <c r="E53" s="21">
         <v>2</v>
       </c>
       <c r="F53" s="24">
         <v>7</v>
       </c>
       <c r="G53" s="21">
         <v>2</v>
       </c>
       <c r="H53" s="21">
         <v>1</v>
       </c>
-      <c r="I53" s="21">
+      <c r="I53" s="29">
         <v>9</v>
       </c>
-    </row>
-    <row r="54" spans="1:9" s="3" customFormat="1">
+      <c r="J53" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" s="3" customFormat="1">
       <c r="A54" s="12" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B54" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C54" s="21">
         <v>1</v>
       </c>
       <c r="D54" s="21">
         <v>2</v>
       </c>
       <c r="E54" s="21">
         <v>1</v>
       </c>
       <c r="F54" s="24">
         <v>2</v>
       </c>
       <c r="G54" s="21">
         <v>1</v>
       </c>
       <c r="H54" s="21">
         <v>0</v>
       </c>
-      <c r="I54" s="21">
-[...3 lines deleted...]
-    <row r="55" spans="1:9" s="3" customFormat="1">
+      <c r="I54" s="29">
+        <v>0</v>
+      </c>
+      <c r="J54" s="29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" s="3" customFormat="1">
       <c r="A55" s="12" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B55" s="11" t="s">
         <v>51</v>
       </c>
       <c r="C55" s="21">
         <v>0</v>
       </c>
       <c r="D55" s="21">
         <v>0</v>
       </c>
       <c r="E55" s="21">
         <v>0</v>
       </c>
       <c r="F55" s="24">
         <v>0</v>
       </c>
       <c r="G55" s="21">
         <v>0</v>
       </c>
       <c r="H55" s="21">
         <v>0</v>
       </c>
-      <c r="I55" s="21">
-[...3 lines deleted...]
-    <row r="56" spans="1:9" s="3" customFormat="1">
+      <c r="I55" s="29">
+        <v>0</v>
+      </c>
+      <c r="J55" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" s="3" customFormat="1">
       <c r="A56" s="12" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C56" s="21">
         <v>0</v>
       </c>
       <c r="D56" s="21">
         <v>0</v>
       </c>
       <c r="E56" s="21">
         <v>0</v>
       </c>
       <c r="F56" s="24">
         <v>0</v>
       </c>
       <c r="G56" s="21">
         <v>0</v>
       </c>
       <c r="H56" s="21">
         <v>0</v>
       </c>
-      <c r="I56" s="21">
-[...3 lines deleted...]
-    <row r="57" spans="1:9" s="3" customFormat="1">
+      <c r="I56" s="29">
+        <v>0</v>
+      </c>
+      <c r="J56" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" s="3" customFormat="1">
       <c r="A57" s="12" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B57" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="21">
         <v>1</v>
       </c>
       <c r="D57" s="21">
         <v>1</v>
       </c>
       <c r="E57" s="21">
         <v>1</v>
       </c>
       <c r="F57" s="24">
         <v>2</v>
       </c>
       <c r="G57" s="21">
         <v>0</v>
       </c>
       <c r="H57" s="21">
         <v>1</v>
       </c>
-      <c r="I57" s="21">
-[...3 lines deleted...]
-    <row r="58" spans="1:9" s="3" customFormat="1">
+      <c r="I57" s="29">
+        <v>0</v>
+      </c>
+      <c r="J57" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" s="3" customFormat="1">
       <c r="A58" s="12" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B58" s="11" t="s">
         <v>54</v>
       </c>
       <c r="C58" s="21">
         <v>1</v>
       </c>
       <c r="D58" s="21">
         <v>1</v>
       </c>
       <c r="E58" s="21">
         <v>1</v>
       </c>
       <c r="F58" s="24">
         <v>0</v>
       </c>
       <c r="G58" s="21">
         <v>0</v>
       </c>
       <c r="H58" s="21">
         <v>0</v>
       </c>
-      <c r="I58" s="21">
-[...3 lines deleted...]
-    <row r="59" spans="1:9" s="3" customFormat="1">
+      <c r="I58" s="29">
+        <v>0</v>
+      </c>
+      <c r="J58" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" s="3" customFormat="1">
       <c r="A59" s="12" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B59" s="11" t="s">
         <v>55</v>
       </c>
       <c r="C59" s="21">
         <v>19</v>
       </c>
       <c r="D59" s="21">
         <v>29</v>
       </c>
       <c r="E59" s="21">
         <v>25</v>
       </c>
       <c r="F59" s="24">
         <v>12</v>
       </c>
       <c r="G59" s="21">
         <v>10</v>
       </c>
       <c r="H59" s="21">
         <v>13</v>
       </c>
-      <c r="I59" s="21">
+      <c r="I59" s="29">
         <v>6</v>
       </c>
-    </row>
-    <row r="60" spans="1:9" s="3" customFormat="1">
+      <c r="J59" s="29">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" s="3" customFormat="1">
       <c r="A60" s="12" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C60" s="21">
         <v>158</v>
       </c>
       <c r="D60" s="21">
         <v>129</v>
       </c>
       <c r="E60" s="21">
         <v>108</v>
       </c>
       <c r="F60" s="24">
         <v>65</v>
       </c>
       <c r="G60" s="21">
         <v>60</v>
       </c>
       <c r="H60" s="21">
         <v>36</v>
       </c>
-      <c r="I60" s="21">
+      <c r="I60" s="29">
         <v>37</v>
       </c>
-    </row>
-    <row r="61" spans="1:9" s="3" customFormat="1">
+      <c r="J60" s="29">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" s="3" customFormat="1">
       <c r="A61" s="12" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B61" s="11" t="s">
         <v>57</v>
       </c>
       <c r="C61" s="21">
         <v>4</v>
       </c>
       <c r="D61" s="21">
         <v>5</v>
       </c>
       <c r="E61" s="21">
         <v>2</v>
       </c>
       <c r="F61" s="24">
         <v>3</v>
       </c>
       <c r="G61" s="21">
         <v>3</v>
       </c>
       <c r="H61" s="21">
         <v>1</v>
       </c>
-      <c r="I61" s="21">
+      <c r="I61" s="29">
         <v>1</v>
       </c>
-    </row>
-    <row r="62" spans="1:9" s="3" customFormat="1">
+      <c r="J61" s="29">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" s="3" customFormat="1">
       <c r="A62" s="12" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B62" s="11" t="s">
         <v>58</v>
       </c>
       <c r="C62" s="21">
         <v>0</v>
       </c>
       <c r="D62" s="21">
         <v>0</v>
       </c>
       <c r="E62" s="21">
         <v>0</v>
       </c>
       <c r="F62" s="24">
         <v>0</v>
       </c>
       <c r="G62" s="21">
         <v>0</v>
       </c>
       <c r="H62" s="21">
         <v>0</v>
       </c>
-      <c r="I62" s="21">
-[...3 lines deleted...]
-    <row r="63" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="I62" s="29">
+        <v>0</v>
+      </c>
+      <c r="J62" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A63" s="12" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B63" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C63" s="21">
         <v>244</v>
       </c>
       <c r="D63" s="21">
         <v>229</v>
       </c>
       <c r="E63" s="21">
         <v>432</v>
       </c>
       <c r="F63" s="24">
         <v>287</v>
       </c>
       <c r="G63" s="21">
         <v>266</v>
       </c>
       <c r="H63" s="21">
         <v>325</v>
       </c>
-      <c r="I63" s="21">
+      <c r="I63" s="29">
         <v>947</v>
       </c>
-    </row>
-    <row r="64" spans="1:9" s="3" customFormat="1">
+      <c r="J63" s="29">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" s="3" customFormat="1">
       <c r="A64" s="12" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>60</v>
       </c>
       <c r="C64" s="21">
         <v>6544</v>
       </c>
       <c r="D64" s="21">
         <v>6519</v>
       </c>
       <c r="E64" s="21">
         <v>6557</v>
       </c>
       <c r="F64" s="24">
         <v>6422</v>
       </c>
       <c r="G64" s="21">
         <v>7030</v>
       </c>
       <c r="H64" s="21">
         <v>6613</v>
       </c>
-      <c r="I64" s="21">
+      <c r="I64" s="29">
         <v>6852</v>
       </c>
-    </row>
-    <row r="65" spans="1:9" s="3" customFormat="1">
+      <c r="J64" s="29">
+        <v>6314</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" s="3" customFormat="1">
       <c r="A65" s="12" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B65" s="11" t="s">
         <v>61</v>
       </c>
       <c r="C65" s="21">
         <v>2463</v>
       </c>
       <c r="D65" s="21">
         <v>2586</v>
       </c>
       <c r="E65" s="21">
         <v>2782</v>
       </c>
       <c r="F65" s="24">
         <v>2775</v>
       </c>
       <c r="G65" s="21">
         <v>3125</v>
       </c>
       <c r="H65" s="21">
         <v>2649</v>
       </c>
-      <c r="I65" s="21">
+      <c r="I65" s="29">
         <v>3025</v>
       </c>
-    </row>
-    <row r="66" spans="1:9" s="3" customFormat="1">
+      <c r="J65" s="29">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" s="3" customFormat="1">
       <c r="A66" s="12" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B66" s="11" t="s">
         <v>62</v>
       </c>
       <c r="C66" s="21">
         <v>2236</v>
       </c>
       <c r="D66" s="21">
         <v>2304</v>
       </c>
       <c r="E66" s="21">
         <v>2257</v>
       </c>
       <c r="F66" s="24">
         <v>2043</v>
       </c>
       <c r="G66" s="21">
         <v>1962</v>
       </c>
       <c r="H66" s="21">
         <v>1840</v>
       </c>
-      <c r="I66" s="21">
+      <c r="I66" s="29">
         <v>1999</v>
       </c>
-    </row>
-    <row r="67" spans="1:9" s="3" customFormat="1">
+      <c r="J66" s="29">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" s="3" customFormat="1">
       <c r="A67" s="12" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B67" s="11" t="s">
         <v>63</v>
       </c>
       <c r="C67" s="21">
         <v>5462</v>
       </c>
       <c r="D67" s="21">
         <v>5399</v>
       </c>
       <c r="E67" s="21">
         <v>6230</v>
       </c>
       <c r="F67" s="24">
         <v>5686</v>
       </c>
       <c r="G67" s="21">
         <v>5765</v>
       </c>
       <c r="H67" s="21">
         <v>5204</v>
       </c>
-      <c r="I67" s="21">
+      <c r="I67" s="29">
         <v>4968</v>
       </c>
-    </row>
-    <row r="68" spans="1:9" s="3" customFormat="1">
+      <c r="J67" s="29">
+        <v>5387</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" s="3" customFormat="1">
       <c r="A68" s="12" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>64</v>
       </c>
       <c r="C68" s="21">
         <v>18650</v>
       </c>
       <c r="D68" s="21">
         <v>19030</v>
       </c>
       <c r="E68" s="21">
         <v>19475</v>
       </c>
       <c r="F68" s="24">
         <v>19377</v>
       </c>
       <c r="G68" s="21">
         <v>20468</v>
       </c>
       <c r="H68" s="21">
         <v>18371</v>
       </c>
-      <c r="I68" s="21">
+      <c r="I68" s="29">
         <v>19014</v>
       </c>
-    </row>
-    <row r="69" spans="1:9" s="3" customFormat="1">
+      <c r="J68" s="29">
+        <v>20197</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" s="3" customFormat="1">
       <c r="A69" s="12" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B69" s="11" t="s">
         <v>65</v>
       </c>
       <c r="C69" s="21">
         <v>12935</v>
       </c>
       <c r="D69" s="21">
         <v>12380</v>
       </c>
       <c r="E69" s="21">
         <v>12249</v>
       </c>
       <c r="F69" s="24">
         <v>11957</v>
       </c>
       <c r="G69" s="21">
         <v>12384</v>
       </c>
       <c r="H69" s="21">
         <v>11196</v>
       </c>
-      <c r="I69" s="21">
+      <c r="I69" s="29">
         <v>11802</v>
       </c>
-    </row>
-    <row r="70" spans="1:9" s="3" customFormat="1">
+      <c r="J69" s="29">
+        <v>12463</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" s="3" customFormat="1">
       <c r="A70" s="12" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="B70" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C70" s="21">
         <v>9114</v>
       </c>
       <c r="D70" s="21">
         <v>9572</v>
       </c>
       <c r="E70" s="21">
         <v>9732</v>
       </c>
       <c r="F70" s="24">
         <v>10043</v>
       </c>
       <c r="G70" s="21">
         <v>9539</v>
       </c>
       <c r="H70" s="21">
         <v>8687</v>
       </c>
-      <c r="I70" s="21">
+      <c r="I70" s="29">
         <v>9627</v>
       </c>
-    </row>
-    <row r="71" spans="1:9" s="3" customFormat="1">
+      <c r="J70" s="29">
+        <v>10148</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" s="3" customFormat="1">
       <c r="A71" s="12" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="B71" s="11" t="s">
         <v>67</v>
       </c>
       <c r="C71" s="21">
         <v>4106</v>
       </c>
       <c r="D71" s="21">
         <v>4359</v>
       </c>
       <c r="E71" s="21">
         <v>5202</v>
       </c>
       <c r="F71" s="24">
         <v>5256</v>
       </c>
       <c r="G71" s="21">
         <v>5843</v>
       </c>
       <c r="H71" s="21">
         <v>5592</v>
       </c>
-      <c r="I71" s="21">
+      <c r="I71" s="29">
         <v>5983</v>
       </c>
-    </row>
-    <row r="72" spans="1:9" s="3" customFormat="1">
+      <c r="J71" s="29">
+        <v>6639</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" s="3" customFormat="1">
       <c r="A72" s="12" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>68</v>
       </c>
       <c r="C72" s="21">
         <v>1267</v>
       </c>
       <c r="D72" s="21">
         <v>1833</v>
       </c>
       <c r="E72" s="21">
         <v>2329</v>
       </c>
       <c r="F72" s="24">
         <v>2432</v>
       </c>
       <c r="G72" s="21">
         <v>2901</v>
       </c>
       <c r="H72" s="21">
         <v>2255</v>
       </c>
-      <c r="I72" s="21">
+      <c r="I72" s="29">
         <v>2536</v>
       </c>
-    </row>
-    <row r="73" spans="1:9" s="3" customFormat="1">
+      <c r="J72" s="29">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" s="3" customFormat="1">
       <c r="A73" s="12" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="B73" s="11" t="s">
         <v>69</v>
       </c>
       <c r="C73" s="21">
         <v>586</v>
       </c>
       <c r="D73" s="21">
         <v>647</v>
       </c>
       <c r="E73" s="21">
         <v>594</v>
       </c>
       <c r="F73" s="24">
         <v>509</v>
       </c>
       <c r="G73" s="21">
         <v>580</v>
       </c>
       <c r="H73" s="21">
         <v>606</v>
       </c>
-      <c r="I73" s="21">
+      <c r="I73" s="29">
         <v>588</v>
       </c>
-    </row>
-    <row r="74" spans="1:9" s="3" customFormat="1">
+      <c r="J73" s="29">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" s="3" customFormat="1">
       <c r="A74" s="12" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B74" s="11" t="s">
         <v>70</v>
       </c>
       <c r="C74" s="21">
         <v>26075</v>
       </c>
       <c r="D74" s="21">
         <v>28726</v>
       </c>
       <c r="E74" s="21">
         <v>32325</v>
       </c>
       <c r="F74" s="24">
         <v>30885</v>
       </c>
       <c r="G74" s="21">
         <v>34739</v>
       </c>
       <c r="H74" s="21">
         <v>33188</v>
       </c>
-      <c r="I74" s="21">
+      <c r="I74" s="29">
         <v>35335</v>
       </c>
-    </row>
-    <row r="75" spans="1:9" s="3" customFormat="1">
+      <c r="J74" s="29">
+        <v>36697</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" s="3" customFormat="1">
       <c r="A75" s="12" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B75" s="11" t="s">
         <v>71</v>
       </c>
       <c r="C75" s="21">
         <v>833</v>
       </c>
       <c r="D75" s="21">
         <v>804</v>
       </c>
       <c r="E75" s="21">
         <v>865</v>
       </c>
       <c r="F75" s="24">
         <v>916</v>
       </c>
       <c r="G75" s="21">
         <v>838</v>
       </c>
       <c r="H75" s="21">
         <v>929</v>
       </c>
-      <c r="I75" s="21">
+      <c r="I75" s="29">
         <v>977</v>
       </c>
-    </row>
-    <row r="76" spans="1:9" s="3" customFormat="1">
+      <c r="J75" s="29">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" s="3" customFormat="1">
       <c r="A76" s="12" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>72</v>
       </c>
       <c r="C76" s="21">
         <v>457</v>
       </c>
       <c r="D76" s="21">
         <v>475</v>
       </c>
       <c r="E76" s="21">
         <v>872</v>
       </c>
       <c r="F76" s="24">
         <v>905</v>
       </c>
       <c r="G76" s="21">
         <v>890</v>
       </c>
       <c r="H76" s="21">
         <v>923</v>
       </c>
-      <c r="I76" s="21">
+      <c r="I76" s="29">
         <v>705</v>
       </c>
-    </row>
-    <row r="77" spans="1:9" s="3" customFormat="1">
+      <c r="J76" s="29">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" s="3" customFormat="1">
       <c r="A77" s="12" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B77" s="11" t="s">
         <v>73</v>
       </c>
       <c r="C77" s="21">
         <v>232</v>
       </c>
       <c r="D77" s="21">
         <v>295</v>
       </c>
       <c r="E77" s="21">
         <v>427</v>
       </c>
       <c r="F77" s="24">
         <v>415</v>
       </c>
       <c r="G77" s="21">
         <v>351</v>
       </c>
       <c r="H77" s="21">
         <v>257</v>
       </c>
-      <c r="I77" s="21">
+      <c r="I77" s="29">
         <v>305</v>
       </c>
-    </row>
-    <row r="78" spans="1:9" s="3" customFormat="1">
+      <c r="J77" s="29">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" s="3" customFormat="1">
       <c r="A78" s="12" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B78" s="11" t="s">
         <v>74</v>
       </c>
       <c r="C78" s="21">
         <v>849</v>
       </c>
       <c r="D78" s="21">
         <v>896</v>
       </c>
       <c r="E78" s="21">
         <v>941</v>
       </c>
       <c r="F78" s="24">
         <v>879</v>
       </c>
       <c r="G78" s="21">
         <v>1300</v>
       </c>
       <c r="H78" s="21">
         <v>1167</v>
       </c>
-      <c r="I78" s="21">
+      <c r="I78" s="29">
         <v>1333</v>
       </c>
-    </row>
-    <row r="79" spans="1:9" s="3" customFormat="1">
+      <c r="J78" s="29">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" s="3" customFormat="1">
       <c r="A79" s="12" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B79" s="11" t="s">
         <v>75</v>
       </c>
       <c r="C79" s="21">
         <v>2578</v>
       </c>
       <c r="D79" s="21">
         <v>2622</v>
       </c>
       <c r="E79" s="21">
         <v>2795</v>
       </c>
       <c r="F79" s="24">
         <v>3098</v>
       </c>
       <c r="G79" s="21">
         <v>3002</v>
       </c>
       <c r="H79" s="21">
         <v>3128</v>
       </c>
-      <c r="I79" s="21">
+      <c r="I79" s="29">
         <v>3305</v>
       </c>
-    </row>
-    <row r="80" spans="1:9" s="3" customFormat="1">
+      <c r="J79" s="29">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" s="3" customFormat="1">
       <c r="A80" s="12" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>76</v>
       </c>
       <c r="C80" s="21">
         <v>36726</v>
       </c>
       <c r="D80" s="21">
         <v>37451</v>
       </c>
       <c r="E80" s="21">
         <v>40308</v>
       </c>
       <c r="F80" s="24">
         <v>41840</v>
       </c>
       <c r="G80" s="21">
         <v>45920</v>
       </c>
       <c r="H80" s="21">
         <v>44775</v>
       </c>
-      <c r="I80" s="21">
+      <c r="I80" s="29">
         <v>47955</v>
       </c>
-    </row>
-    <row r="81" spans="1:9" s="3" customFormat="1">
+      <c r="J80" s="29">
+        <v>51373</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" s="3" customFormat="1">
       <c r="A81" s="12" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B81" s="11" t="s">
         <v>77</v>
       </c>
       <c r="C81" s="21">
         <v>3523</v>
       </c>
       <c r="D81" s="21">
         <v>3617</v>
       </c>
       <c r="E81" s="21">
         <v>3791</v>
       </c>
       <c r="F81" s="24">
         <v>3579</v>
       </c>
       <c r="G81" s="21">
         <v>4025</v>
       </c>
       <c r="H81" s="21">
         <v>3435</v>
       </c>
-      <c r="I81" s="21">
+      <c r="I81" s="29">
         <v>3818</v>
       </c>
-    </row>
-    <row r="82" spans="1:9" s="3" customFormat="1">
+      <c r="J81" s="29">
+        <v>3948</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" s="3" customFormat="1">
       <c r="A82" s="12" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B82" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C82" s="21">
         <v>3013</v>
       </c>
       <c r="D82" s="21">
         <v>3079</v>
       </c>
       <c r="E82" s="21">
         <v>3153</v>
       </c>
       <c r="F82" s="24">
         <v>3912</v>
       </c>
       <c r="G82" s="21">
         <v>4375</v>
       </c>
       <c r="H82" s="21">
         <v>4199</v>
       </c>
-      <c r="I82" s="21">
+      <c r="I82" s="29">
         <v>4632</v>
       </c>
-    </row>
-    <row r="83" spans="1:9" s="3" customFormat="1">
+      <c r="J82" s="29">
+        <v>4707</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" s="3" customFormat="1">
       <c r="A83" s="12" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B83" s="11" t="s">
         <v>79</v>
       </c>
       <c r="C83" s="21">
         <v>5368</v>
       </c>
       <c r="D83" s="21">
         <v>5847</v>
       </c>
       <c r="E83" s="21">
         <v>5883</v>
       </c>
       <c r="F83" s="24">
         <v>6115</v>
       </c>
       <c r="G83" s="21">
         <v>6378</v>
       </c>
       <c r="H83" s="21">
         <v>5980</v>
       </c>
-      <c r="I83" s="21">
+      <c r="I83" s="29">
         <v>5929</v>
       </c>
-    </row>
-    <row r="84" spans="1:9" s="3" customFormat="1">
+      <c r="J83" s="29">
+        <v>6343</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" s="3" customFormat="1">
       <c r="A84" s="12" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B84" s="11" t="s">
         <v>80</v>
       </c>
       <c r="C84" s="21">
         <v>4765</v>
       </c>
       <c r="D84" s="21">
         <v>5097</v>
       </c>
       <c r="E84" s="21">
         <v>5704</v>
       </c>
       <c r="F84" s="24">
         <v>5554</v>
       </c>
       <c r="G84" s="21">
         <v>5972</v>
       </c>
       <c r="H84" s="21">
         <v>5653</v>
       </c>
-      <c r="I84" s="21">
+      <c r="I84" s="29">
         <v>5755</v>
       </c>
-    </row>
-    <row r="85" spans="1:9" s="3" customFormat="1">
+      <c r="J84" s="29">
+        <v>5751</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" s="3" customFormat="1">
       <c r="A85" s="12" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B85" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C85" s="21">
         <v>344</v>
       </c>
       <c r="D85" s="21">
         <v>438</v>
       </c>
       <c r="E85" s="21">
         <v>519</v>
       </c>
       <c r="F85" s="24">
         <v>373</v>
       </c>
       <c r="G85" s="21">
         <v>443</v>
       </c>
       <c r="H85" s="21">
         <v>290</v>
       </c>
-      <c r="I85" s="21">
+      <c r="I85" s="29">
         <v>327</v>
       </c>
-    </row>
-    <row r="86" spans="1:9" s="3" customFormat="1">
+      <c r="J85" s="29">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" s="3" customFormat="1">
       <c r="A86" s="12" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B86" s="11" t="s">
         <v>82</v>
       </c>
       <c r="C86" s="21">
         <v>3624</v>
       </c>
       <c r="D86" s="21">
         <v>4088</v>
       </c>
       <c r="E86" s="21">
         <v>4252</v>
       </c>
       <c r="F86" s="24">
         <v>4078</v>
       </c>
       <c r="G86" s="21">
         <v>4629</v>
       </c>
       <c r="H86" s="21">
         <v>4250</v>
       </c>
-      <c r="I86" s="21">
+      <c r="I86" s="29">
         <v>4927</v>
       </c>
-    </row>
-    <row r="87" spans="1:9" s="3" customFormat="1">
+      <c r="J86" s="29">
+        <v>4831</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" s="3" customFormat="1">
       <c r="A87" s="12" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B87" s="11" t="s">
         <v>83</v>
       </c>
       <c r="C87" s="21">
         <v>1636</v>
       </c>
       <c r="D87" s="21">
         <v>1741</v>
       </c>
       <c r="E87" s="21">
         <v>1982</v>
       </c>
       <c r="F87" s="24">
         <v>2165</v>
       </c>
       <c r="G87" s="21">
         <v>2431</v>
       </c>
       <c r="H87" s="21">
         <v>2523</v>
       </c>
-      <c r="I87" s="21">
+      <c r="I87" s="29">
         <v>3048</v>
       </c>
-    </row>
-    <row r="88" spans="1:9" s="3" customFormat="1">
+      <c r="J87" s="29">
+        <v>3294</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" s="3" customFormat="1">
       <c r="A88" s="12" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B88" s="11" t="s">
         <v>84</v>
       </c>
       <c r="C88" s="21">
         <v>368</v>
       </c>
       <c r="D88" s="21">
         <v>199</v>
       </c>
       <c r="E88" s="21">
         <v>174</v>
       </c>
       <c r="F88" s="24">
         <v>147</v>
       </c>
       <c r="G88" s="21">
         <v>325</v>
       </c>
       <c r="H88" s="21">
         <v>323</v>
       </c>
-      <c r="I88" s="21">
+      <c r="I88" s="29">
         <v>323</v>
       </c>
-    </row>
-    <row r="89" spans="1:9" s="3" customFormat="1">
+      <c r="J88" s="29">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" s="3" customFormat="1">
       <c r="A89" s="12" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="B89" s="11" t="s">
         <v>85</v>
       </c>
       <c r="C89" s="21">
         <v>1437</v>
       </c>
       <c r="D89" s="21">
         <v>1256</v>
       </c>
       <c r="E89" s="21">
         <v>1328</v>
       </c>
       <c r="F89" s="24">
         <v>1440</v>
       </c>
       <c r="G89" s="21">
         <v>1494</v>
       </c>
       <c r="H89" s="21">
         <v>1234</v>
       </c>
-      <c r="I89" s="21">
+      <c r="I89" s="29">
         <v>1086</v>
       </c>
-    </row>
-    <row r="90" spans="1:9" s="3" customFormat="1">
+      <c r="J89" s="29">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" s="3" customFormat="1">
       <c r="A90" s="12" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B90" s="11" t="s">
         <v>86</v>
       </c>
       <c r="C90" s="21">
         <v>28</v>
       </c>
       <c r="D90" s="21">
         <v>24</v>
       </c>
       <c r="E90" s="21">
         <v>22</v>
       </c>
       <c r="F90" s="24">
         <v>23</v>
       </c>
       <c r="G90" s="21">
         <v>20</v>
       </c>
       <c r="H90" s="21">
         <v>31</v>
       </c>
-      <c r="I90" s="21">
+      <c r="I90" s="29">
         <v>57</v>
       </c>
-    </row>
-    <row r="91" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J90" s="29">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A91" s="12" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B91" s="11" t="s">
         <v>87</v>
       </c>
       <c r="C91" s="21">
         <v>9182</v>
       </c>
       <c r="D91" s="21">
         <v>7878</v>
       </c>
       <c r="E91" s="21">
         <v>8943</v>
       </c>
       <c r="F91" s="24">
         <v>10049</v>
       </c>
       <c r="G91" s="21">
         <v>8505</v>
       </c>
       <c r="H91" s="21">
         <v>7071</v>
       </c>
-      <c r="I91" s="21">
+      <c r="I91" s="29">
         <v>6896</v>
       </c>
-    </row>
-    <row r="92" spans="1:9" s="3" customFormat="1">
+      <c r="J91" s="29">
+        <v>7528</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" s="3" customFormat="1">
       <c r="A92" s="12" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B92" s="11" t="s">
         <v>88</v>
       </c>
       <c r="C92" s="21">
         <v>1075</v>
       </c>
       <c r="D92" s="21">
         <v>1061</v>
       </c>
       <c r="E92" s="21">
         <v>1130</v>
       </c>
       <c r="F92" s="24">
         <v>1113</v>
       </c>
       <c r="G92" s="21">
         <v>1140</v>
       </c>
       <c r="H92" s="21">
         <v>1045</v>
       </c>
-      <c r="I92" s="21">
+      <c r="I92" s="29">
         <v>1154</v>
       </c>
-    </row>
-    <row r="93" spans="1:9" s="3" customFormat="1">
+      <c r="J92" s="29">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" s="3" customFormat="1">
       <c r="A93" s="12" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B93" s="11" t="s">
         <v>89</v>
       </c>
       <c r="C93" s="21">
         <v>11339</v>
       </c>
       <c r="D93" s="21">
         <v>11271</v>
       </c>
       <c r="E93" s="21">
         <v>12466</v>
       </c>
       <c r="F93" s="24">
         <v>12140</v>
       </c>
       <c r="G93" s="21">
         <v>12905</v>
       </c>
       <c r="H93" s="21">
         <v>12715</v>
       </c>
-      <c r="I93" s="21">
+      <c r="I93" s="29">
         <v>14834</v>
       </c>
-    </row>
-    <row r="94" spans="1:9" s="3" customFormat="1">
+      <c r="J93" s="29">
+        <v>15853</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" s="3" customFormat="1">
       <c r="A94" s="12" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="B94" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C94" s="21">
         <v>14258</v>
       </c>
       <c r="D94" s="21">
         <v>14100</v>
       </c>
       <c r="E94" s="21">
         <v>16183</v>
       </c>
       <c r="F94" s="24">
         <v>16767</v>
       </c>
       <c r="G94" s="21">
         <v>19487</v>
       </c>
       <c r="H94" s="21">
         <v>17854</v>
       </c>
-      <c r="I94" s="21">
+      <c r="I94" s="29">
         <v>18751</v>
       </c>
-    </row>
-    <row r="95" spans="1:9" s="3" customFormat="1">
+      <c r="J94" s="29">
+        <v>21883</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" s="3" customFormat="1">
       <c r="A95" s="12" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="B95" s="11" t="s">
         <v>91</v>
       </c>
       <c r="C95" s="21">
         <v>9433</v>
       </c>
       <c r="D95" s="21">
         <v>10870</v>
       </c>
       <c r="E95" s="21">
         <v>12411</v>
       </c>
       <c r="F95" s="24">
         <v>14103</v>
       </c>
       <c r="G95" s="21">
         <v>15824</v>
       </c>
       <c r="H95" s="21">
         <v>14623</v>
       </c>
-      <c r="I95" s="21">
+      <c r="I95" s="29">
         <v>17254</v>
       </c>
-    </row>
-    <row r="96" spans="1:9" s="3" customFormat="1">
+      <c r="J95" s="29">
+        <v>18017</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" s="3" customFormat="1">
       <c r="A96" s="12" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="B96" s="11" t="s">
         <v>92</v>
       </c>
       <c r="C96" s="21">
         <v>284</v>
       </c>
       <c r="D96" s="21">
         <v>297</v>
       </c>
       <c r="E96" s="21">
         <v>270</v>
       </c>
       <c r="F96" s="24">
         <v>180</v>
       </c>
       <c r="G96" s="21">
         <v>195</v>
       </c>
       <c r="H96" s="21">
         <v>170</v>
       </c>
-      <c r="I96" s="21">
+      <c r="I96" s="29">
         <v>180</v>
       </c>
-    </row>
-    <row r="97" spans="1:9" s="3" customFormat="1">
+      <c r="J96" s="29">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" s="3" customFormat="1">
       <c r="A97" s="12" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B97" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C97" s="21">
         <v>1712</v>
       </c>
       <c r="D97" s="21">
         <v>1569</v>
       </c>
       <c r="E97" s="21">
         <v>1581</v>
       </c>
       <c r="F97" s="24">
         <v>868</v>
       </c>
       <c r="G97" s="21">
         <v>1522</v>
       </c>
       <c r="H97" s="21">
         <v>1033</v>
       </c>
-      <c r="I97" s="21">
+      <c r="I97" s="29">
         <v>1340</v>
       </c>
-    </row>
-    <row r="98" spans="1:9" s="3" customFormat="1">
+      <c r="J97" s="29">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" s="3" customFormat="1">
       <c r="A98" s="12" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B98" s="11" t="s">
         <v>94</v>
       </c>
       <c r="C98" s="21">
         <v>149</v>
       </c>
       <c r="D98" s="21">
         <v>152</v>
       </c>
       <c r="E98" s="21">
         <v>110</v>
       </c>
       <c r="F98" s="24">
         <v>84</v>
       </c>
       <c r="G98" s="21">
         <v>87</v>
       </c>
       <c r="H98" s="21">
         <v>69</v>
       </c>
-      <c r="I98" s="21">
+      <c r="I98" s="29">
         <v>77</v>
       </c>
-    </row>
-    <row r="99" spans="1:9" s="3" customFormat="1">
+      <c r="J98" s="29">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" s="3" customFormat="1">
       <c r="A99" s="12" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B99" s="11" t="s">
         <v>95</v>
       </c>
       <c r="C99" s="21">
         <v>3882</v>
       </c>
       <c r="D99" s="21">
         <v>3773</v>
       </c>
       <c r="E99" s="21">
         <v>3715</v>
       </c>
       <c r="F99" s="24">
         <v>2790</v>
       </c>
       <c r="G99" s="21">
         <v>3831</v>
       </c>
       <c r="H99" s="21">
         <v>2898</v>
       </c>
-      <c r="I99" s="21">
+      <c r="I99" s="29">
         <v>3307</v>
       </c>
-    </row>
-    <row r="100" spans="1:9" s="3" customFormat="1">
+      <c r="J99" s="29">
+        <v>3539</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" s="3" customFormat="1">
       <c r="A100" s="12" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="B100" s="11" t="s">
         <v>96</v>
       </c>
       <c r="C100" s="21">
         <v>277</v>
       </c>
       <c r="D100" s="21">
         <v>283</v>
       </c>
       <c r="E100" s="21">
         <v>270</v>
       </c>
       <c r="F100" s="24">
         <v>157</v>
       </c>
       <c r="G100" s="21">
         <v>255</v>
       </c>
       <c r="H100" s="21">
         <v>217</v>
       </c>
-      <c r="I100" s="21">
+      <c r="I100" s="29">
         <v>261</v>
       </c>
-    </row>
-    <row r="101" spans="1:9" s="3" customFormat="1">
+      <c r="J100" s="29">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" s="3" customFormat="1">
       <c r="A101" s="12" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B101" s="11" t="s">
         <v>97</v>
       </c>
       <c r="C101" s="21">
         <v>7</v>
       </c>
       <c r="D101" s="21">
         <v>5</v>
       </c>
       <c r="E101" s="21">
         <v>2</v>
       </c>
       <c r="F101" s="24">
         <v>8</v>
       </c>
       <c r="G101" s="21">
         <v>11</v>
       </c>
       <c r="H101" s="21">
         <v>4</v>
       </c>
-      <c r="I101" s="21">
+      <c r="I101" s="29">
         <v>4</v>
       </c>
-    </row>
-    <row r="102" spans="1:9" s="3" customFormat="1">
+      <c r="J101" s="29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" s="3" customFormat="1">
       <c r="A102" s="12" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B102" s="11" t="s">
         <v>98</v>
       </c>
       <c r="C102" s="21">
         <v>122</v>
       </c>
       <c r="D102" s="21">
         <v>153</v>
       </c>
       <c r="E102" s="21">
         <v>196</v>
       </c>
       <c r="F102" s="24">
         <v>234</v>
       </c>
       <c r="G102" s="21">
         <v>138</v>
       </c>
       <c r="H102" s="21">
         <v>79</v>
       </c>
-      <c r="I102" s="21">
+      <c r="I102" s="29">
         <v>95</v>
       </c>
-    </row>
-    <row r="103" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J102" s="29">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A103" s="12" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B103" s="11" t="s">
         <v>99</v>
       </c>
       <c r="C103" s="21">
         <v>25046</v>
       </c>
       <c r="D103" s="21">
         <v>26278</v>
       </c>
       <c r="E103" s="21">
         <v>27627</v>
       </c>
       <c r="F103" s="24">
         <v>25223</v>
       </c>
       <c r="G103" s="21">
         <v>29686</v>
       </c>
       <c r="H103" s="21">
         <v>25574</v>
       </c>
-      <c r="I103" s="21">
+      <c r="I103" s="29">
         <v>28217</v>
       </c>
-    </row>
-    <row r="104" spans="1:9" s="3" customFormat="1">
+      <c r="J103" s="29">
+        <v>29836</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" s="3" customFormat="1">
       <c r="A104" s="12" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="B104" s="11" t="s">
         <v>100</v>
       </c>
       <c r="C104" s="21">
         <v>3769</v>
       </c>
       <c r="D104" s="21">
         <v>3827</v>
       </c>
       <c r="E104" s="21">
         <v>3684</v>
       </c>
       <c r="F104" s="24">
         <v>3420</v>
       </c>
       <c r="G104" s="21">
         <v>4176</v>
       </c>
       <c r="H104" s="21">
         <v>3694</v>
       </c>
-      <c r="I104" s="21">
+      <c r="I104" s="29">
         <v>4400</v>
       </c>
-    </row>
-    <row r="105" spans="1:9" s="3" customFormat="1">
+      <c r="J104" s="29">
+        <v>4199</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" s="3" customFormat="1">
       <c r="A105" s="12" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B105" s="11" t="s">
         <v>101</v>
       </c>
       <c r="C105" s="21">
         <v>21344</v>
       </c>
       <c r="D105" s="21">
         <v>20260</v>
       </c>
       <c r="E105" s="21">
         <v>20594</v>
       </c>
       <c r="F105" s="24">
         <v>18991</v>
       </c>
       <c r="G105" s="21">
         <v>20006</v>
       </c>
       <c r="H105" s="21">
         <v>18773</v>
       </c>
-      <c r="I105" s="21">
+      <c r="I105" s="29">
         <v>21553</v>
       </c>
-    </row>
-    <row r="106" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J105" s="29">
+        <v>22368</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A106" s="12" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="B106" s="11" t="s">
         <v>102</v>
       </c>
       <c r="C106" s="21">
         <v>5747</v>
       </c>
       <c r="D106" s="21">
         <v>5742</v>
       </c>
       <c r="E106" s="21">
         <v>5902</v>
       </c>
       <c r="F106" s="24">
         <v>5048</v>
       </c>
       <c r="G106" s="21">
         <v>5298</v>
       </c>
       <c r="H106" s="21">
         <v>5617</v>
       </c>
-      <c r="I106" s="21">
+      <c r="I106" s="29">
         <v>6430</v>
       </c>
-    </row>
-    <row r="107" spans="1:9" s="3" customFormat="1">
+      <c r="J106" s="29">
+        <v>7691</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" s="3" customFormat="1">
       <c r="A107" s="12" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B107" s="11" t="s">
         <v>103</v>
       </c>
       <c r="C107" s="21">
         <v>977</v>
       </c>
       <c r="D107" s="21">
         <v>1041</v>
       </c>
       <c r="E107" s="21">
         <v>1186</v>
       </c>
       <c r="F107" s="24">
         <v>1222</v>
       </c>
       <c r="G107" s="21">
         <v>1383</v>
       </c>
       <c r="H107" s="21">
         <v>1313</v>
       </c>
-      <c r="I107" s="21">
+      <c r="I107" s="29">
         <v>1272</v>
       </c>
-    </row>
-    <row r="108" spans="1:9" s="3" customFormat="1">
+      <c r="J107" s="29">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" s="3" customFormat="1">
       <c r="A108" s="12" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B108" s="11" t="s">
         <v>104</v>
       </c>
       <c r="C108" s="21">
         <v>0</v>
       </c>
       <c r="D108" s="21">
         <v>0</v>
       </c>
       <c r="E108" s="21">
         <v>0</v>
       </c>
       <c r="F108" s="24">
         <v>0</v>
       </c>
       <c r="G108" s="21">
         <v>0</v>
       </c>
       <c r="H108" s="21">
         <v>0</v>
       </c>
-      <c r="I108" s="21">
-[...3 lines deleted...]
-    <row r="109" spans="1:9" s="3" customFormat="1">
+      <c r="I108" s="29">
+        <v>0</v>
+      </c>
+      <c r="J108" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" s="3" customFormat="1">
       <c r="A109" s="12" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B109" s="11" t="s">
         <v>105</v>
       </c>
       <c r="C109" s="21">
         <v>2232</v>
       </c>
       <c r="D109" s="21">
         <v>2459</v>
       </c>
       <c r="E109" s="21">
         <v>2589</v>
       </c>
       <c r="F109" s="24">
         <v>2499</v>
       </c>
       <c r="G109" s="21">
         <v>3011</v>
       </c>
       <c r="H109" s="21">
         <v>2941</v>
       </c>
-      <c r="I109" s="21">
+      <c r="I109" s="29">
         <v>3243</v>
       </c>
-    </row>
-    <row r="110" spans="1:9" s="3" customFormat="1">
+      <c r="J109" s="29">
+        <v>3447</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" s="3" customFormat="1">
       <c r="A110" s="12" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B110" s="11" t="s">
         <v>106</v>
       </c>
       <c r="C110" s="21">
         <v>4128</v>
       </c>
       <c r="D110" s="21">
         <v>4119</v>
       </c>
       <c r="E110" s="21">
         <v>4196</v>
       </c>
       <c r="F110" s="24">
         <v>3469</v>
       </c>
       <c r="G110" s="21">
         <v>4505</v>
       </c>
       <c r="H110" s="21">
         <v>4301</v>
       </c>
-      <c r="I110" s="21">
+      <c r="I110" s="29">
         <v>4139</v>
       </c>
-    </row>
-    <row r="111" spans="1:9" s="3" customFormat="1">
+      <c r="J110" s="29">
+        <v>4273</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" s="3" customFormat="1">
       <c r="A111" s="12" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B111" s="11" t="s">
         <v>107</v>
       </c>
       <c r="C111" s="21">
         <v>13274</v>
       </c>
       <c r="D111" s="21">
         <v>14557</v>
       </c>
       <c r="E111" s="21">
         <v>14169</v>
       </c>
       <c r="F111" s="24">
         <v>11772</v>
       </c>
       <c r="G111" s="21">
         <v>12892</v>
       </c>
       <c r="H111" s="21">
         <v>9766</v>
       </c>
-      <c r="I111" s="21">
+      <c r="I111" s="29">
         <v>11373</v>
       </c>
-    </row>
-    <row r="112" spans="1:9" s="3" customFormat="1">
+      <c r="J111" s="29">
+        <v>11714</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" s="3" customFormat="1">
       <c r="A112" s="12" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B112" s="11" t="s">
         <v>108</v>
       </c>
       <c r="C112" s="21">
         <v>32</v>
       </c>
       <c r="D112" s="21">
         <v>23</v>
       </c>
       <c r="E112" s="21">
         <v>44</v>
       </c>
       <c r="F112" s="24">
         <v>28</v>
       </c>
       <c r="G112" s="21">
         <v>24</v>
       </c>
       <c r="H112" s="21">
         <v>22</v>
       </c>
-      <c r="I112" s="21">
+      <c r="I112" s="29">
         <v>29</v>
       </c>
-    </row>
-    <row r="113" spans="1:9" s="2" customFormat="1">
+      <c r="J112" s="29">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" s="2" customFormat="1">
       <c r="A113" s="12" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="B113" s="11" t="s">
         <v>109</v>
       </c>
       <c r="C113" s="21">
         <v>0</v>
       </c>
       <c r="D113" s="22">
         <v>0</v>
       </c>
       <c r="E113" s="22">
         <v>0</v>
       </c>
       <c r="F113" s="25">
         <v>0</v>
       </c>
       <c r="G113" s="22">
         <v>0</v>
       </c>
       <c r="H113" s="22">
         <v>0</v>
       </c>
-      <c r="I113" s="22">
+      <c r="I113" s="29">
         <v>1</v>
       </c>
-    </row>
-    <row r="114" spans="1:9" s="2" customFormat="1">
+      <c r="J113" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" s="2" customFormat="1">
       <c r="A114" s="12" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="B114" s="11" t="s">
         <v>110</v>
       </c>
       <c r="C114" s="21">
         <v>249</v>
       </c>
       <c r="D114" s="22">
         <v>249</v>
       </c>
       <c r="E114" s="22">
         <v>237</v>
       </c>
       <c r="F114" s="25">
         <v>233</v>
       </c>
       <c r="G114" s="22">
         <v>278</v>
       </c>
       <c r="H114" s="22">
         <v>246</v>
       </c>
-      <c r="I114" s="22">
+      <c r="I114" s="29">
         <v>240</v>
       </c>
-    </row>
-    <row r="115" spans="1:9" s="3" customFormat="1">
+      <c r="J114" s="29">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" s="3" customFormat="1">
       <c r="A115" s="12" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B115" s="11" t="s">
         <v>111</v>
       </c>
       <c r="C115" s="21">
         <v>1</v>
       </c>
       <c r="D115" s="21">
         <v>0</v>
       </c>
       <c r="E115" s="21">
         <v>0</v>
       </c>
       <c r="F115" s="24">
         <v>0</v>
       </c>
       <c r="G115" s="21">
         <v>0</v>
       </c>
       <c r="H115" s="21">
         <v>0</v>
       </c>
-      <c r="I115" s="21">
-[...3 lines deleted...]
-    <row r="116" spans="1:9" s="3" customFormat="1">
+      <c r="I115" s="29">
+        <v>0</v>
+      </c>
+      <c r="J115" s="29">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" s="3" customFormat="1">
       <c r="A116" s="12" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B116" s="11" t="s">
         <v>112</v>
       </c>
       <c r="C116" s="21">
         <v>2016</v>
       </c>
       <c r="D116" s="21">
         <v>1962</v>
       </c>
       <c r="E116" s="21">
         <v>2011</v>
       </c>
       <c r="F116" s="24">
         <v>1527</v>
       </c>
       <c r="G116" s="21">
         <v>2033</v>
       </c>
       <c r="H116" s="21">
         <v>1520</v>
       </c>
-      <c r="I116" s="21">
+      <c r="I116" s="29">
         <v>1817</v>
       </c>
-    </row>
-    <row r="117" spans="1:9" s="3" customFormat="1">
+      <c r="J116" s="29">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" s="3" customFormat="1">
       <c r="A117" s="12" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B117" s="11" t="s">
         <v>113</v>
       </c>
       <c r="C117" s="21">
         <v>1643</v>
       </c>
       <c r="D117" s="21">
         <v>1553</v>
       </c>
       <c r="E117" s="21">
         <v>1642</v>
       </c>
       <c r="F117" s="24">
         <v>1625</v>
       </c>
       <c r="G117" s="21">
         <v>1726</v>
       </c>
       <c r="H117" s="21">
         <v>1593</v>
       </c>
-      <c r="I117" s="21">
+      <c r="I117" s="29">
         <v>1833</v>
       </c>
-    </row>
-    <row r="118" spans="1:9" s="3" customFormat="1">
+      <c r="J117" s="29">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" s="3" customFormat="1">
       <c r="A118" s="12" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B118" s="11" t="s">
         <v>114</v>
       </c>
       <c r="C118" s="21">
         <v>22824</v>
       </c>
       <c r="D118" s="21">
         <v>24412</v>
       </c>
       <c r="E118" s="21">
         <v>26274</v>
       </c>
       <c r="F118" s="24">
         <v>24412</v>
       </c>
       <c r="G118" s="21">
         <v>27263</v>
       </c>
       <c r="H118" s="21">
         <v>26787</v>
       </c>
-      <c r="I118" s="21">
+      <c r="I118" s="29">
         <v>32527</v>
       </c>
-    </row>
-    <row r="119" spans="1:9" s="3" customFormat="1">
+      <c r="J118" s="29">
+        <v>35199</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" s="3" customFormat="1">
       <c r="A119" s="12" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B119" s="11" t="s">
         <v>115</v>
       </c>
       <c r="C119" s="21">
         <v>5243</v>
       </c>
       <c r="D119" s="21">
         <v>5123</v>
       </c>
       <c r="E119" s="21">
         <v>5262</v>
       </c>
       <c r="F119" s="24">
         <v>5062</v>
       </c>
       <c r="G119" s="21">
         <v>6168</v>
       </c>
       <c r="H119" s="21">
         <v>4848</v>
       </c>
-      <c r="I119" s="21">
+      <c r="I119" s="29">
         <v>5436</v>
       </c>
-    </row>
-    <row r="120" spans="1:9" s="3" customFormat="1">
+      <c r="J119" s="29">
+        <v>5384</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" s="3" customFormat="1">
       <c r="A120" s="12" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B120" s="11" t="s">
         <v>116</v>
       </c>
       <c r="C120" s="21">
         <v>1889</v>
       </c>
       <c r="D120" s="21">
         <v>1883</v>
       </c>
       <c r="E120" s="21">
         <v>1758</v>
       </c>
       <c r="F120" s="24">
         <v>1755</v>
       </c>
       <c r="G120" s="21">
         <v>1769</v>
       </c>
       <c r="H120" s="21">
         <v>1441</v>
       </c>
-      <c r="I120" s="21">
+      <c r="I120" s="29">
         <v>1610</v>
       </c>
-    </row>
-    <row r="121" spans="1:9" s="3" customFormat="1">
+      <c r="J120" s="29">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" s="3" customFormat="1">
       <c r="A121" s="12" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B121" s="11" t="s">
         <v>117</v>
       </c>
       <c r="C121" s="21">
         <v>2543</v>
       </c>
       <c r="D121" s="21">
         <v>2298</v>
       </c>
       <c r="E121" s="21">
         <v>2272</v>
       </c>
       <c r="F121" s="24">
         <v>2211</v>
       </c>
       <c r="G121" s="21">
         <v>2155</v>
       </c>
       <c r="H121" s="21">
         <v>1769</v>
       </c>
-      <c r="I121" s="21">
+      <c r="I121" s="29">
         <v>1685</v>
       </c>
-    </row>
-    <row r="122" spans="1:9" s="3" customFormat="1">
+      <c r="J121" s="29">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" s="3" customFormat="1">
       <c r="A122" s="12" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B122" s="11" t="s">
         <v>118</v>
       </c>
       <c r="C122" s="21">
         <v>9655</v>
       </c>
       <c r="D122" s="21">
         <v>9593</v>
       </c>
       <c r="E122" s="21">
         <v>9587</v>
       </c>
       <c r="F122" s="24">
         <v>9056</v>
       </c>
       <c r="G122" s="21">
         <v>9298</v>
       </c>
       <c r="H122" s="21">
         <v>8394</v>
       </c>
-      <c r="I122" s="21">
+      <c r="I122" s="29">
         <v>9094</v>
       </c>
-    </row>
-    <row r="123" spans="1:9" s="3" customFormat="1">
+      <c r="J122" s="29">
+        <v>9100</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" s="3" customFormat="1">
       <c r="A123" s="12" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B123" s="11" t="s">
         <v>119</v>
       </c>
       <c r="C123" s="21">
         <v>4678</v>
       </c>
       <c r="D123" s="21">
         <v>4807</v>
       </c>
       <c r="E123" s="21">
         <v>4677</v>
       </c>
       <c r="F123" s="24">
         <v>4585</v>
       </c>
       <c r="G123" s="21">
         <v>5673</v>
       </c>
       <c r="H123" s="21">
         <v>4726</v>
       </c>
-      <c r="I123" s="21">
+      <c r="I123" s="29">
         <v>5978</v>
       </c>
-    </row>
-    <row r="124" spans="1:9" s="3" customFormat="1">
+      <c r="J123" s="29">
+        <v>6205</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" s="3" customFormat="1">
       <c r="A124" s="12" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B124" s="11" t="s">
         <v>120</v>
       </c>
       <c r="C124" s="21">
         <v>4525</v>
       </c>
       <c r="D124" s="21">
         <v>4731</v>
       </c>
       <c r="E124" s="21">
         <v>4658</v>
       </c>
       <c r="F124" s="24">
         <v>4037</v>
       </c>
       <c r="G124" s="21">
         <v>5042</v>
       </c>
       <c r="H124" s="21">
         <v>4025</v>
       </c>
-      <c r="I124" s="21">
+      <c r="I124" s="29">
         <v>5090</v>
       </c>
-    </row>
-    <row r="125" spans="1:9" s="3" customFormat="1">
+      <c r="J124" s="29">
+        <v>5547</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" s="3" customFormat="1">
       <c r="A125" s="12" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B125" s="11" t="s">
         <v>121</v>
       </c>
       <c r="C125" s="21">
         <v>2067</v>
       </c>
       <c r="D125" s="21">
         <v>2218</v>
       </c>
       <c r="E125" s="21">
         <v>2008</v>
       </c>
       <c r="F125" s="24">
         <v>1847</v>
       </c>
       <c r="G125" s="21">
         <v>2196</v>
       </c>
       <c r="H125" s="21">
         <v>1883</v>
       </c>
-      <c r="I125" s="21">
+      <c r="I125" s="29">
         <v>2374</v>
       </c>
-    </row>
-    <row r="126" spans="1:9" s="3" customFormat="1">
+      <c r="J125" s="29">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" s="3" customFormat="1">
       <c r="A126" s="12" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B126" s="11" t="s">
         <v>122</v>
       </c>
       <c r="C126" s="21">
         <v>3603</v>
       </c>
       <c r="D126" s="21">
         <v>3753</v>
       </c>
       <c r="E126" s="21">
         <v>3698</v>
       </c>
       <c r="F126" s="24">
         <v>3487</v>
       </c>
       <c r="G126" s="21">
         <v>4056</v>
       </c>
       <c r="H126" s="21">
         <v>3781</v>
       </c>
-      <c r="I126" s="21">
+      <c r="I126" s="29">
         <v>4553</v>
       </c>
-    </row>
-    <row r="127" spans="1:9" s="3" customFormat="1">
+      <c r="J126" s="29">
+        <v>5186</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" s="3" customFormat="1">
       <c r="A127" s="12" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B127" s="11" t="s">
         <v>123</v>
       </c>
       <c r="C127" s="21">
         <v>805</v>
       </c>
       <c r="D127" s="21">
         <v>782</v>
       </c>
       <c r="E127" s="21">
         <v>838</v>
       </c>
       <c r="F127" s="24">
         <v>811</v>
       </c>
       <c r="G127" s="21">
         <v>844</v>
       </c>
       <c r="H127" s="21">
         <v>837</v>
       </c>
-      <c r="I127" s="21">
+      <c r="I127" s="29">
         <v>1009</v>
       </c>
-    </row>
-    <row r="128" spans="1:9" s="3" customFormat="1">
+      <c r="J127" s="29">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" s="3" customFormat="1">
       <c r="A128" s="12" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B128" s="11" t="s">
         <v>124</v>
       </c>
       <c r="C128" s="21">
         <v>1946</v>
       </c>
       <c r="D128" s="21">
         <v>1851</v>
       </c>
       <c r="E128" s="21">
         <v>1832</v>
       </c>
       <c r="F128" s="24">
         <v>1561</v>
       </c>
       <c r="G128" s="21">
         <v>1782</v>
       </c>
       <c r="H128" s="21">
         <v>1538</v>
       </c>
-      <c r="I128" s="21">
+      <c r="I128" s="29">
         <v>1748</v>
       </c>
-    </row>
-    <row r="129" spans="1:9" s="3" customFormat="1">
+      <c r="J128" s="29">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" s="3" customFormat="1">
       <c r="A129" s="12" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="B129" s="11" t="s">
         <v>125</v>
       </c>
       <c r="C129" s="21">
         <v>1066</v>
       </c>
       <c r="D129" s="21">
         <v>1168</v>
       </c>
       <c r="E129" s="21">
         <v>991</v>
       </c>
       <c r="F129" s="24">
         <v>709</v>
       </c>
       <c r="G129" s="21">
         <v>664</v>
       </c>
       <c r="H129" s="21">
         <v>523</v>
       </c>
-      <c r="I129" s="21">
+      <c r="I129" s="29">
         <v>555</v>
       </c>
-    </row>
-    <row r="130" spans="1:9" s="3" customFormat="1">
+      <c r="J129" s="29">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" s="3" customFormat="1">
       <c r="A130" s="12" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B130" s="11" t="s">
         <v>126</v>
       </c>
       <c r="C130" s="21">
         <v>202</v>
       </c>
       <c r="D130" s="21">
         <v>204</v>
       </c>
       <c r="E130" s="21">
         <v>202</v>
       </c>
       <c r="F130" s="24">
         <v>190</v>
       </c>
       <c r="G130" s="21">
         <v>208</v>
       </c>
       <c r="H130" s="21">
         <v>224</v>
       </c>
-      <c r="I130" s="21">
+      <c r="I130" s="29">
         <v>212</v>
       </c>
-    </row>
-    <row r="131" spans="1:9" s="3" customFormat="1">
+      <c r="J130" s="29">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" s="3" customFormat="1">
       <c r="A131" s="12" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="B131" s="11" t="s">
         <v>127</v>
       </c>
       <c r="C131" s="21">
         <v>4630</v>
       </c>
       <c r="D131" s="21">
         <v>4246</v>
       </c>
       <c r="E131" s="21">
         <v>4116</v>
       </c>
       <c r="F131" s="24">
         <v>3228</v>
       </c>
       <c r="G131" s="21">
         <v>3218</v>
       </c>
       <c r="H131" s="21">
         <v>2782</v>
       </c>
-      <c r="I131" s="21">
+      <c r="I131" s="29">
         <v>2941</v>
       </c>
-    </row>
-    <row r="132" spans="1:9" s="3" customFormat="1">
+      <c r="J131" s="29">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" s="3" customFormat="1">
       <c r="A132" s="12" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B132" s="11" t="s">
         <v>128</v>
       </c>
       <c r="C132" s="21">
         <v>521</v>
       </c>
       <c r="D132" s="21">
         <v>501</v>
       </c>
       <c r="E132" s="21">
         <v>574</v>
       </c>
       <c r="F132" s="24">
         <v>421</v>
       </c>
       <c r="G132" s="21">
         <v>510</v>
       </c>
       <c r="H132" s="21">
         <v>354</v>
       </c>
-      <c r="I132" s="21">
+      <c r="I132" s="29">
         <v>369</v>
       </c>
-    </row>
-    <row r="133" spans="1:9" s="3" customFormat="1">
+      <c r="J132" s="29">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" s="3" customFormat="1">
       <c r="A133" s="12" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="B133" s="11" t="s">
         <v>129</v>
       </c>
       <c r="C133" s="21">
         <v>2496</v>
       </c>
       <c r="D133" s="21">
         <v>2585</v>
       </c>
       <c r="E133" s="21">
         <v>2642</v>
       </c>
       <c r="F133" s="24">
         <v>2346</v>
       </c>
       <c r="G133" s="21">
         <v>2612</v>
       </c>
       <c r="H133" s="21">
         <v>2274</v>
       </c>
-      <c r="I133" s="21">
+      <c r="I133" s="29">
         <v>2522</v>
       </c>
-    </row>
-    <row r="134" spans="1:9" s="3" customFormat="1">
+      <c r="J133" s="29">
+        <v>2873</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" s="3" customFormat="1">
       <c r="A134" s="12" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="B134" s="11" t="s">
         <v>130</v>
       </c>
       <c r="C134" s="21">
         <v>3128</v>
       </c>
       <c r="D134" s="21">
         <v>3057</v>
       </c>
       <c r="E134" s="21">
         <v>3086</v>
       </c>
       <c r="F134" s="24">
         <v>2220</v>
       </c>
       <c r="G134" s="21">
         <v>3363</v>
       </c>
       <c r="H134" s="21">
         <v>2692</v>
       </c>
-      <c r="I134" s="21">
+      <c r="I134" s="29">
         <v>2953</v>
       </c>
-    </row>
-    <row r="135" spans="1:9" s="3" customFormat="1">
+      <c r="J134" s="29">
+        <v>3164</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" s="3" customFormat="1">
       <c r="A135" s="12" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B135" s="11" t="s">
         <v>131</v>
       </c>
       <c r="C135" s="21">
         <v>1004</v>
       </c>
       <c r="D135" s="21">
         <v>872</v>
       </c>
       <c r="E135" s="21">
         <v>958</v>
       </c>
       <c r="F135" s="24">
         <v>612</v>
       </c>
       <c r="G135" s="21">
         <v>760</v>
       </c>
       <c r="H135" s="21">
         <v>568</v>
       </c>
-      <c r="I135" s="21">
+      <c r="I135" s="29">
         <v>778</v>
       </c>
-    </row>
-    <row r="136" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J135" s="29">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A136" s="12" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B136" s="11" t="s">
         <v>132</v>
       </c>
       <c r="C136" s="21">
         <v>14977</v>
       </c>
       <c r="D136" s="21">
         <v>14481</v>
       </c>
       <c r="E136" s="21">
         <v>15374</v>
       </c>
       <c r="F136" s="24">
         <v>9674</v>
       </c>
       <c r="G136" s="21">
         <v>15010</v>
       </c>
       <c r="H136" s="21">
         <v>12269</v>
       </c>
-      <c r="I136" s="21">
+      <c r="I136" s="29">
         <v>16713</v>
       </c>
-    </row>
-    <row r="137" spans="1:9" s="3" customFormat="1">
+      <c r="J136" s="29">
+        <v>19968</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" s="3" customFormat="1">
       <c r="A137" s="12" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="B137" s="11" t="s">
         <v>133</v>
       </c>
       <c r="C137" s="21">
         <v>278</v>
       </c>
       <c r="D137" s="21">
         <v>282</v>
       </c>
       <c r="E137" s="21">
         <v>213</v>
       </c>
       <c r="F137" s="24">
         <v>172</v>
       </c>
       <c r="G137" s="21">
         <v>175</v>
       </c>
       <c r="H137" s="21">
         <v>158</v>
       </c>
-      <c r="I137" s="21">
+      <c r="I137" s="29">
         <v>207</v>
       </c>
-    </row>
-    <row r="138" spans="1:9" s="3" customFormat="1">
+      <c r="J137" s="29">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" s="3" customFormat="1">
       <c r="A138" s="12" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="B138" s="11" t="s">
         <v>134</v>
       </c>
       <c r="C138" s="21">
         <v>1725</v>
       </c>
       <c r="D138" s="21">
         <v>1546</v>
       </c>
       <c r="E138" s="21">
         <v>1356</v>
       </c>
       <c r="F138" s="24">
         <v>903</v>
       </c>
       <c r="G138" s="21">
         <v>1136</v>
       </c>
       <c r="H138" s="21">
         <v>955</v>
       </c>
-      <c r="I138" s="21">
+      <c r="I138" s="29">
         <v>1117</v>
       </c>
-    </row>
-    <row r="139" spans="1:9" s="3" customFormat="1">
+      <c r="J138" s="29">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" s="3" customFormat="1">
       <c r="A139" s="12" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B139" s="11" t="s">
         <v>135</v>
       </c>
       <c r="C139" s="21">
         <v>762</v>
       </c>
       <c r="D139" s="21">
         <v>688</v>
       </c>
       <c r="E139" s="21">
         <v>704</v>
       </c>
       <c r="F139" s="24">
         <v>499</v>
       </c>
       <c r="G139" s="21">
         <v>559</v>
       </c>
       <c r="H139" s="21">
         <v>539</v>
       </c>
-      <c r="I139" s="21">
+      <c r="I139" s="29">
         <v>635</v>
       </c>
-    </row>
-    <row r="140" spans="1:9" s="3" customFormat="1">
+      <c r="J139" s="29">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" s="3" customFormat="1">
       <c r="A140" s="12" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B140" s="11" t="s">
         <v>136</v>
       </c>
       <c r="C140" s="21">
         <v>27134</v>
       </c>
       <c r="D140" s="21">
         <v>25988</v>
       </c>
       <c r="E140" s="21">
         <v>24128</v>
       </c>
       <c r="F140" s="24">
         <v>17025</v>
       </c>
       <c r="G140" s="21">
         <v>23641</v>
       </c>
       <c r="H140" s="21">
         <v>20266</v>
       </c>
-      <c r="I140" s="21">
+      <c r="I140" s="29">
         <v>25256</v>
       </c>
-    </row>
-    <row r="141" spans="1:9" s="3" customFormat="1">
+      <c r="J140" s="29">
+        <v>27065</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" s="3" customFormat="1">
       <c r="A141" s="12" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B141" s="11" t="s">
         <v>137</v>
       </c>
       <c r="C141" s="21">
         <v>1267</v>
       </c>
       <c r="D141" s="21">
         <v>1254</v>
       </c>
       <c r="E141" s="21">
         <v>1141</v>
       </c>
       <c r="F141" s="24">
         <v>1030</v>
       </c>
       <c r="G141" s="21">
         <v>1103</v>
       </c>
       <c r="H141" s="21">
         <v>1032</v>
       </c>
-      <c r="I141" s="21">
+      <c r="I141" s="29">
         <v>1223</v>
       </c>
-    </row>
-    <row r="142" spans="1:9" s="3" customFormat="1">
+      <c r="J141" s="29">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" s="3" customFormat="1">
       <c r="A142" s="12" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="B142" s="11" t="s">
         <v>138</v>
       </c>
       <c r="C142" s="21">
         <v>1239</v>
       </c>
       <c r="D142" s="21">
         <v>1401</v>
       </c>
       <c r="E142" s="21">
         <v>1500</v>
       </c>
       <c r="F142" s="24">
         <v>1555</v>
       </c>
       <c r="G142" s="21">
         <v>1802</v>
       </c>
       <c r="H142" s="21">
         <v>1639</v>
       </c>
-      <c r="I142" s="21">
+      <c r="I142" s="29">
         <v>1658</v>
       </c>
-    </row>
-    <row r="143" spans="1:9" s="3" customFormat="1">
+      <c r="J142" s="29">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" s="3" customFormat="1">
       <c r="A143" s="12" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B143" s="11" t="s">
         <v>139</v>
       </c>
       <c r="C143" s="21">
         <v>1065</v>
       </c>
       <c r="D143" s="21">
         <v>1165</v>
       </c>
       <c r="E143" s="21">
         <v>1148</v>
       </c>
       <c r="F143" s="24">
         <v>792</v>
       </c>
       <c r="G143" s="21">
         <v>1212</v>
       </c>
       <c r="H143" s="21">
         <v>1062</v>
       </c>
-      <c r="I143" s="21">
+      <c r="I143" s="29">
         <v>1198</v>
       </c>
-    </row>
-    <row r="144" spans="1:9" s="3" customFormat="1">
+      <c r="J143" s="29">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" s="3" customFormat="1">
       <c r="A144" s="12" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B144" s="11" t="s">
         <v>140</v>
       </c>
       <c r="C144" s="21">
         <v>34</v>
       </c>
       <c r="D144" s="21">
         <v>33</v>
       </c>
       <c r="E144" s="21">
         <v>31</v>
       </c>
       <c r="F144" s="24">
         <v>34</v>
       </c>
       <c r="G144" s="21">
         <v>32</v>
       </c>
       <c r="H144" s="21">
         <v>23</v>
       </c>
-      <c r="I144" s="21">
+      <c r="I144" s="29">
         <v>25</v>
       </c>
-    </row>
-    <row r="145" spans="1:9" s="3" customFormat="1">
+      <c r="J144" s="29">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" s="3" customFormat="1">
       <c r="A145" s="12" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B145" s="11" t="s">
         <v>141</v>
       </c>
       <c r="C145" s="21">
         <v>54</v>
       </c>
       <c r="D145" s="21">
         <v>40</v>
       </c>
       <c r="E145" s="21">
         <v>44</v>
       </c>
       <c r="F145" s="24">
         <v>50</v>
       </c>
       <c r="G145" s="21">
         <v>55</v>
       </c>
       <c r="H145" s="21">
         <v>47</v>
       </c>
-      <c r="I145" s="21">
+      <c r="I145" s="29">
         <v>48</v>
       </c>
-    </row>
-    <row r="146" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J145" s="29">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A146" s="12" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B146" s="11" t="s">
         <v>142</v>
       </c>
       <c r="C146" s="21">
         <v>8939</v>
       </c>
       <c r="D146" s="21">
         <v>9546</v>
       </c>
       <c r="E146" s="21">
         <v>10484</v>
       </c>
       <c r="F146" s="24">
         <v>9255</v>
       </c>
       <c r="G146" s="21">
         <v>12437</v>
       </c>
       <c r="H146" s="21">
         <v>11184</v>
       </c>
-      <c r="I146" s="21">
+      <c r="I146" s="29">
         <v>12691</v>
       </c>
-    </row>
-    <row r="147" spans="1:9" s="3" customFormat="1">
+      <c r="J146" s="29">
+        <v>14574</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" s="3" customFormat="1">
       <c r="A147" s="12" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B147" s="11" t="s">
         <v>143</v>
       </c>
       <c r="C147" s="21">
         <v>2174</v>
       </c>
       <c r="D147" s="21">
         <v>2188</v>
       </c>
       <c r="E147" s="21">
         <v>2184</v>
       </c>
       <c r="F147" s="24">
         <v>1127</v>
       </c>
       <c r="G147" s="21">
         <v>1899</v>
       </c>
       <c r="H147" s="21">
         <v>1326</v>
       </c>
-      <c r="I147" s="21">
+      <c r="I147" s="29">
         <v>2114</v>
       </c>
-    </row>
-    <row r="148" spans="1:9" s="3" customFormat="1">
+      <c r="J147" s="29">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" s="3" customFormat="1">
       <c r="A148" s="12" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="B148" s="11" t="s">
         <v>144</v>
       </c>
       <c r="C148" s="21">
         <v>1788</v>
       </c>
       <c r="D148" s="21">
         <v>2044</v>
       </c>
       <c r="E148" s="21">
         <v>2234</v>
       </c>
       <c r="F148" s="24">
         <v>1989</v>
       </c>
       <c r="G148" s="21">
         <v>2586</v>
       </c>
       <c r="H148" s="21">
         <v>2211</v>
       </c>
-      <c r="I148" s="21">
+      <c r="I148" s="29">
         <v>3175</v>
       </c>
-    </row>
-    <row r="149" spans="1:9" s="3" customFormat="1">
+      <c r="J148" s="29">
+        <v>3858</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" s="3" customFormat="1">
       <c r="A149" s="12" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B149" s="11" t="s">
         <v>145</v>
       </c>
       <c r="C149" s="21">
         <v>2839</v>
       </c>
       <c r="D149" s="21">
         <v>2752</v>
       </c>
       <c r="E149" s="21">
         <v>2578</v>
       </c>
       <c r="F149" s="24">
         <v>2323</v>
       </c>
       <c r="G149" s="21">
         <v>2677</v>
       </c>
       <c r="H149" s="21">
         <v>1847</v>
       </c>
-      <c r="I149" s="21">
+      <c r="I149" s="29">
         <v>2315</v>
       </c>
-    </row>
-    <row r="150" spans="1:9" s="3" customFormat="1">
+      <c r="J149" s="29">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" s="3" customFormat="1">
       <c r="A150" s="12" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="B150" s="11" t="s">
         <v>146</v>
       </c>
       <c r="C150" s="21">
         <v>22</v>
       </c>
       <c r="D150" s="21">
         <v>28</v>
       </c>
       <c r="E150" s="21">
         <v>28</v>
       </c>
       <c r="F150" s="24">
         <v>10</v>
       </c>
       <c r="G150" s="21">
         <v>12</v>
       </c>
       <c r="H150" s="21">
         <v>3</v>
       </c>
-      <c r="I150" s="21">
+      <c r="I150" s="29">
         <v>11</v>
       </c>
-    </row>
-    <row r="151" spans="1:9" s="3" customFormat="1">
+      <c r="J150" s="29">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" s="3" customFormat="1">
       <c r="A151" s="12" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B151" s="11" t="s">
         <v>147</v>
       </c>
       <c r="C151" s="21">
         <v>1467</v>
       </c>
       <c r="D151" s="21">
         <v>1570</v>
       </c>
       <c r="E151" s="21">
         <v>1681</v>
       </c>
       <c r="F151" s="24">
         <v>1291</v>
       </c>
       <c r="G151" s="21">
         <v>1459</v>
       </c>
       <c r="H151" s="21">
         <v>1325</v>
       </c>
-      <c r="I151" s="21">
+      <c r="I151" s="29">
         <v>1802</v>
       </c>
-    </row>
-    <row r="152" spans="1:9" s="3" customFormat="1">
+      <c r="J151" s="29">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" s="3" customFormat="1">
       <c r="A152" s="12" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B152" s="11" t="s">
         <v>148</v>
       </c>
       <c r="C152" s="21">
         <v>15714</v>
       </c>
       <c r="D152" s="21">
         <v>17747</v>
       </c>
       <c r="E152" s="21">
         <v>18801</v>
       </c>
       <c r="F152" s="24">
         <v>15229</v>
       </c>
       <c r="G152" s="21">
         <v>21391</v>
       </c>
       <c r="H152" s="21">
         <v>14173</v>
       </c>
-      <c r="I152" s="21">
+      <c r="I152" s="29">
         <v>16713</v>
       </c>
-    </row>
-    <row r="153" spans="1:9" s="3" customFormat="1">
+      <c r="J152" s="29">
+        <v>18525</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" s="3" customFormat="1">
       <c r="A153" s="12" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B153" s="11" t="s">
         <v>149</v>
       </c>
       <c r="C153" s="21">
         <v>310</v>
       </c>
       <c r="D153" s="21">
         <v>274</v>
       </c>
       <c r="E153" s="21">
         <v>285</v>
       </c>
       <c r="F153" s="24">
         <v>219</v>
       </c>
       <c r="G153" s="21">
         <v>219</v>
       </c>
       <c r="H153" s="21">
         <v>158</v>
       </c>
-      <c r="I153" s="21">
+      <c r="I153" s="29">
         <v>160</v>
       </c>
-    </row>
-    <row r="154" spans="1:9" s="3" customFormat="1">
+      <c r="J153" s="29">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" s="3" customFormat="1">
       <c r="A154" s="12" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="B154" s="11" t="s">
         <v>150</v>
       </c>
       <c r="C154" s="21">
         <v>925</v>
       </c>
       <c r="D154" s="21">
         <v>784</v>
       </c>
       <c r="E154" s="21">
         <v>730</v>
       </c>
       <c r="F154" s="24">
         <v>540</v>
       </c>
       <c r="G154" s="21">
         <v>434</v>
       </c>
       <c r="H154" s="21">
         <v>440</v>
       </c>
-      <c r="I154" s="21">
+      <c r="I154" s="29">
         <v>309</v>
       </c>
-    </row>
-    <row r="155" spans="1:9" s="3" customFormat="1">
+      <c r="J154" s="29">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" s="3" customFormat="1">
       <c r="A155" s="12" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="B155" s="11" t="s">
         <v>151</v>
       </c>
       <c r="C155" s="21">
         <v>658</v>
       </c>
       <c r="D155" s="21">
         <v>515</v>
       </c>
       <c r="E155" s="21">
         <v>429</v>
       </c>
       <c r="F155" s="24">
         <v>293</v>
       </c>
       <c r="G155" s="21">
         <v>201</v>
       </c>
       <c r="H155" s="21">
         <v>94</v>
       </c>
-      <c r="I155" s="21">
+      <c r="I155" s="29">
         <v>155</v>
       </c>
-    </row>
-    <row r="156" spans="1:9" s="3" customFormat="1">
+      <c r="J155" s="29">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" s="3" customFormat="1">
       <c r="A156" s="12" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B156" s="11" t="s">
         <v>152</v>
       </c>
       <c r="C156" s="21">
         <v>551</v>
       </c>
       <c r="D156" s="21">
         <v>585</v>
       </c>
       <c r="E156" s="21">
         <v>559</v>
       </c>
       <c r="F156" s="24">
         <v>603</v>
       </c>
       <c r="G156" s="21">
         <v>799</v>
       </c>
       <c r="H156" s="21">
         <v>657</v>
       </c>
-      <c r="I156" s="21">
+      <c r="I156" s="29">
         <v>649</v>
       </c>
-    </row>
-    <row r="157" spans="1:9" s="3" customFormat="1">
+      <c r="J156" s="29">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" s="3" customFormat="1">
       <c r="A157" s="12" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B157" s="11" t="s">
         <v>153</v>
       </c>
       <c r="C157" s="21">
         <v>9210</v>
       </c>
       <c r="D157" s="21">
         <v>8589</v>
       </c>
       <c r="E157" s="21">
         <v>8523</v>
       </c>
       <c r="F157" s="24">
         <v>7499</v>
       </c>
       <c r="G157" s="21">
         <v>8143</v>
       </c>
       <c r="H157" s="21">
         <v>6897</v>
       </c>
-      <c r="I157" s="21">
+      <c r="I157" s="29">
         <v>7186</v>
       </c>
-    </row>
-    <row r="158" spans="1:9" s="3" customFormat="1">
+      <c r="J157" s="29">
+        <v>6844</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" s="3" customFormat="1">
       <c r="A158" s="12" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B158" s="11" t="s">
         <v>154</v>
       </c>
       <c r="C158" s="21">
         <v>16974</v>
       </c>
       <c r="D158" s="21">
         <v>16484</v>
       </c>
       <c r="E158" s="21">
         <v>17454</v>
       </c>
       <c r="F158" s="24">
         <v>13565</v>
       </c>
       <c r="G158" s="21">
         <v>16753</v>
       </c>
       <c r="H158" s="21">
         <v>14296</v>
       </c>
-      <c r="I158" s="21">
+      <c r="I158" s="29">
         <v>17007</v>
       </c>
-    </row>
-    <row r="159" spans="1:9" s="3" customFormat="1">
+      <c r="J158" s="29">
+        <v>18534</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" s="3" customFormat="1">
       <c r="A159" s="12" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B159" s="11" t="s">
         <v>155</v>
       </c>
       <c r="C159" s="21">
         <v>607</v>
       </c>
       <c r="D159" s="21">
         <v>650</v>
       </c>
       <c r="E159" s="21">
         <v>677</v>
       </c>
       <c r="F159" s="24">
         <v>657</v>
       </c>
       <c r="G159" s="21">
         <v>749</v>
       </c>
       <c r="H159" s="21">
         <v>794</v>
       </c>
-      <c r="I159" s="21">
+      <c r="I159" s="29">
         <v>996</v>
       </c>
-    </row>
-    <row r="160" spans="1:9" s="3" customFormat="1">
+      <c r="J159" s="29">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" s="3" customFormat="1">
       <c r="A160" s="12" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B160" s="11" t="s">
         <v>156</v>
       </c>
       <c r="C160" s="21">
         <v>18196</v>
       </c>
       <c r="D160" s="21">
         <v>18130</v>
       </c>
       <c r="E160" s="21">
         <v>18752</v>
       </c>
       <c r="F160" s="24">
         <v>15187</v>
       </c>
       <c r="G160" s="21">
         <v>17944</v>
       </c>
       <c r="H160" s="21">
         <v>15508</v>
       </c>
-      <c r="I160" s="21">
+      <c r="I160" s="29">
         <v>18606</v>
       </c>
-    </row>
-    <row r="161" spans="1:9" s="3" customFormat="1">
+      <c r="J160" s="29">
+        <v>19624</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" s="3" customFormat="1">
       <c r="A161" s="12" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B161" s="11" t="s">
         <v>157</v>
       </c>
       <c r="C161" s="21">
         <v>19636</v>
       </c>
       <c r="D161" s="21">
         <v>20405</v>
       </c>
       <c r="E161" s="21">
         <v>21015</v>
       </c>
       <c r="F161" s="24">
         <v>17210</v>
       </c>
       <c r="G161" s="21">
         <v>18498</v>
       </c>
       <c r="H161" s="21">
         <v>15916</v>
       </c>
-      <c r="I161" s="21">
+      <c r="I161" s="29">
         <v>18918</v>
       </c>
-    </row>
-    <row r="162" spans="1:9" s="3" customFormat="1">
+      <c r="J161" s="29">
+        <v>19404</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" s="3" customFormat="1">
       <c r="A162" s="12" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B162" s="11" t="s">
         <v>158</v>
       </c>
       <c r="C162" s="21">
         <v>5547</v>
       </c>
       <c r="D162" s="21">
         <v>5821</v>
       </c>
       <c r="E162" s="21">
         <v>5798</v>
       </c>
       <c r="F162" s="24">
         <v>5254</v>
       </c>
       <c r="G162" s="21">
         <v>6121</v>
       </c>
       <c r="H162" s="21">
         <v>5435</v>
       </c>
-      <c r="I162" s="21">
+      <c r="I162" s="29">
         <v>6701</v>
       </c>
-    </row>
-    <row r="163" spans="1:9" s="3" customFormat="1">
+      <c r="J162" s="29">
+        <v>7330</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" s="3" customFormat="1">
       <c r="A163" s="12" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B163" s="11" t="s">
         <v>159</v>
       </c>
       <c r="C163" s="21">
         <v>7736</v>
       </c>
       <c r="D163" s="21">
         <v>7675</v>
       </c>
       <c r="E163" s="21">
         <v>7856</v>
       </c>
       <c r="F163" s="24">
         <v>7086</v>
       </c>
       <c r="G163" s="21">
         <v>7435</v>
       </c>
       <c r="H163" s="21">
         <v>6806</v>
       </c>
-      <c r="I163" s="21">
+      <c r="I163" s="29">
         <v>7456</v>
       </c>
-    </row>
-    <row r="164" spans="1:9" s="3" customFormat="1">
+      <c r="J163" s="29">
+        <v>8169</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" s="3" customFormat="1">
       <c r="A164" s="12" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="B164" s="11" t="s">
         <v>160</v>
       </c>
       <c r="C164" s="21">
         <v>10258</v>
       </c>
       <c r="D164" s="21">
         <v>10562</v>
       </c>
       <c r="E164" s="21">
         <v>10530</v>
       </c>
       <c r="F164" s="24">
         <v>9811</v>
       </c>
       <c r="G164" s="21">
         <v>9756</v>
       </c>
       <c r="H164" s="21">
         <v>8707</v>
       </c>
-      <c r="I164" s="21">
+      <c r="I164" s="29">
         <v>9301</v>
       </c>
-    </row>
-    <row r="165" spans="1:9" s="3" customFormat="1">
+      <c r="J164" s="29">
+        <v>9164</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" s="3" customFormat="1">
       <c r="A165" s="12" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="B165" s="11" t="s">
         <v>161</v>
       </c>
       <c r="C165" s="21">
         <v>3225</v>
       </c>
       <c r="D165" s="21">
         <v>3195</v>
       </c>
       <c r="E165" s="21">
         <v>3069</v>
       </c>
       <c r="F165" s="24">
         <v>2851</v>
       </c>
       <c r="G165" s="21">
         <v>3335</v>
       </c>
       <c r="H165" s="21">
         <v>3154</v>
       </c>
-      <c r="I165" s="21">
+      <c r="I165" s="29">
         <v>4156</v>
       </c>
-    </row>
-    <row r="166" spans="1:9" s="3" customFormat="1">
+      <c r="J165" s="29">
+        <v>4151</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" s="3" customFormat="1">
       <c r="A166" s="12" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="B166" s="11" t="s">
         <v>162</v>
       </c>
       <c r="C166" s="21">
         <v>3179</v>
       </c>
       <c r="D166" s="21">
         <v>3238</v>
       </c>
       <c r="E166" s="21">
         <v>3433</v>
       </c>
       <c r="F166" s="24">
         <v>3313</v>
       </c>
       <c r="G166" s="21">
         <v>3969</v>
       </c>
       <c r="H166" s="21">
         <v>3409</v>
       </c>
-      <c r="I166" s="21">
+      <c r="I166" s="29">
         <v>4062</v>
       </c>
-    </row>
-    <row r="167" spans="1:9" s="2" customFormat="1">
+      <c r="J166" s="29">
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" s="2" customFormat="1">
       <c r="A167" s="12" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="B167" s="11" t="s">
         <v>163</v>
       </c>
       <c r="C167" s="21">
         <v>532</v>
       </c>
       <c r="D167" s="22">
         <v>502</v>
       </c>
       <c r="E167" s="22">
         <v>476</v>
       </c>
       <c r="F167" s="25">
         <v>440</v>
       </c>
       <c r="G167" s="22">
         <v>508</v>
       </c>
       <c r="H167" s="22">
         <v>467</v>
       </c>
-      <c r="I167" s="22">
+      <c r="I167" s="29">
         <v>571</v>
       </c>
-    </row>
-    <row r="168" spans="1:9" s="2" customFormat="1">
+      <c r="J167" s="29">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" s="2" customFormat="1">
       <c r="A168" s="12" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B168" s="11" t="s">
         <v>164</v>
       </c>
       <c r="C168" s="21">
         <v>795</v>
       </c>
       <c r="D168" s="22">
         <v>841</v>
       </c>
       <c r="E168" s="22">
         <v>883</v>
       </c>
       <c r="F168" s="25">
         <v>817</v>
       </c>
       <c r="G168" s="22">
         <v>1027</v>
       </c>
       <c r="H168" s="22">
         <v>820</v>
       </c>
-      <c r="I168" s="22">
+      <c r="I168" s="29">
         <v>988</v>
       </c>
-    </row>
-    <row r="169" spans="1:9" s="2" customFormat="1">
+      <c r="J168" s="29">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" s="2" customFormat="1">
       <c r="A169" s="12" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="B169" s="11" t="s">
         <v>165</v>
       </c>
       <c r="C169" s="21">
         <v>261</v>
       </c>
       <c r="D169" s="22">
         <v>273</v>
       </c>
       <c r="E169" s="22">
         <v>241</v>
       </c>
       <c r="F169" s="25">
         <v>267</v>
       </c>
       <c r="G169" s="22">
         <v>308</v>
       </c>
       <c r="H169" s="22">
         <v>287</v>
       </c>
-      <c r="I169" s="22">
+      <c r="I169" s="29">
         <v>322</v>
       </c>
-    </row>
-    <row r="170" spans="1:9" s="2" customFormat="1">
+      <c r="J169" s="29">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" s="2" customFormat="1">
       <c r="A170" s="12" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B170" s="11" t="s">
         <v>166</v>
       </c>
       <c r="C170" s="21">
         <v>1956</v>
       </c>
       <c r="D170" s="22">
         <v>2138</v>
       </c>
       <c r="E170" s="22">
         <v>2019</v>
       </c>
       <c r="F170" s="25">
         <v>1965</v>
       </c>
       <c r="G170" s="22">
         <v>2050</v>
       </c>
       <c r="H170" s="22">
         <v>1847</v>
       </c>
-      <c r="I170" s="22">
+      <c r="I170" s="29">
         <v>1887</v>
       </c>
-    </row>
-    <row r="171" spans="1:9" s="2" customFormat="1">
+      <c r="J170" s="29">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" s="2" customFormat="1">
       <c r="A171" s="12" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B171" s="11" t="s">
         <v>167</v>
       </c>
       <c r="C171" s="21">
         <v>647</v>
       </c>
       <c r="D171" s="22">
         <v>729</v>
       </c>
       <c r="E171" s="22">
         <v>763</v>
       </c>
       <c r="F171" s="25">
         <v>792</v>
       </c>
       <c r="G171" s="22">
         <v>1120</v>
       </c>
       <c r="H171" s="22">
         <v>1115</v>
       </c>
-      <c r="I171" s="22">
+      <c r="I171" s="29">
         <v>1143</v>
       </c>
-    </row>
-    <row r="172" spans="1:9" s="2" customFormat="1">
+      <c r="J171" s="29">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" s="2" customFormat="1">
       <c r="A172" s="12" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="B172" s="11" t="s">
         <v>168</v>
       </c>
       <c r="C172" s="21">
         <v>1531</v>
       </c>
       <c r="D172" s="22">
         <v>1459</v>
       </c>
       <c r="E172" s="22">
         <v>1576</v>
       </c>
       <c r="F172" s="25">
         <v>1326</v>
       </c>
       <c r="G172" s="22">
         <v>1362</v>
       </c>
       <c r="H172" s="22">
         <v>1319</v>
       </c>
-      <c r="I172" s="22">
+      <c r="I172" s="29">
         <v>1464</v>
       </c>
-    </row>
-    <row r="173" spans="1:9" s="2" customFormat="1">
+      <c r="J172" s="29">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" s="2" customFormat="1">
       <c r="A173" s="12" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B173" s="11" t="s">
         <v>169</v>
       </c>
       <c r="C173" s="21">
         <v>3355</v>
       </c>
       <c r="D173" s="22">
         <v>3279</v>
       </c>
       <c r="E173" s="22">
         <v>3294</v>
       </c>
       <c r="F173" s="25">
         <v>1896</v>
       </c>
       <c r="G173" s="22">
         <v>2925</v>
       </c>
       <c r="H173" s="22">
         <v>2049</v>
       </c>
-      <c r="I173" s="22">
+      <c r="I173" s="29">
         <v>2577</v>
       </c>
-    </row>
-    <row r="174" spans="1:9" s="3" customFormat="1">
+      <c r="J173" s="29">
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" s="3" customFormat="1">
       <c r="A174" s="12" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B174" s="11" t="s">
         <v>170</v>
       </c>
       <c r="C174" s="21">
         <v>11446</v>
       </c>
       <c r="D174" s="21">
         <v>9865</v>
       </c>
       <c r="E174" s="21">
         <v>9122</v>
       </c>
       <c r="F174" s="24">
         <v>6258</v>
       </c>
       <c r="G174" s="21">
         <v>8016</v>
       </c>
       <c r="H174" s="21">
         <v>6226</v>
       </c>
-      <c r="I174" s="21">
+      <c r="I174" s="29">
         <v>7397</v>
       </c>
-    </row>
-    <row r="175" spans="1:9" s="3" customFormat="1">
+      <c r="J174" s="29">
+        <v>7773</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" s="3" customFormat="1">
       <c r="A175" s="12" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B175" s="11" t="s">
         <v>171</v>
       </c>
       <c r="C175" s="21">
         <v>4348</v>
       </c>
       <c r="D175" s="21">
         <v>4815</v>
       </c>
       <c r="E175" s="21">
         <v>4866</v>
       </c>
       <c r="F175" s="24">
         <v>4440</v>
       </c>
       <c r="G175" s="21">
         <v>5779</v>
       </c>
       <c r="H175" s="21">
         <v>4724</v>
       </c>
-      <c r="I175" s="21">
+      <c r="I175" s="29">
         <v>5838</v>
       </c>
-    </row>
-    <row r="176" spans="1:9" s="3" customFormat="1">
+      <c r="J175" s="29">
+        <v>6474</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" s="3" customFormat="1">
       <c r="A176" s="12" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="B176" s="11" t="s">
         <v>172</v>
       </c>
       <c r="C176" s="21">
         <v>2603</v>
       </c>
       <c r="D176" s="21">
         <v>2188</v>
       </c>
       <c r="E176" s="21">
         <v>2302</v>
       </c>
       <c r="F176" s="24">
         <v>987</v>
       </c>
       <c r="G176" s="21">
         <v>832</v>
       </c>
       <c r="H176" s="21">
         <v>498</v>
       </c>
-      <c r="I176" s="21">
+      <c r="I176" s="29">
         <v>1112</v>
       </c>
-    </row>
-    <row r="177" spans="1:9" s="3" customFormat="1">
+      <c r="J176" s="29">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" s="3" customFormat="1">
       <c r="A177" s="12" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B177" s="11" t="s">
         <v>173</v>
       </c>
       <c r="C177" s="21">
         <v>55</v>
       </c>
       <c r="D177" s="21">
         <v>55</v>
       </c>
       <c r="E177" s="21">
         <v>46</v>
       </c>
       <c r="F177" s="24">
         <v>28</v>
       </c>
       <c r="G177" s="21">
         <v>36</v>
       </c>
       <c r="H177" s="21">
         <v>20</v>
       </c>
-      <c r="I177" s="21">
+      <c r="I177" s="29">
         <v>52</v>
       </c>
-    </row>
-    <row r="178" spans="1:9" s="3" customFormat="1">
+      <c r="J177" s="29">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" s="3" customFormat="1">
       <c r="A178" s="12" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="B178" s="11" t="s">
         <v>174</v>
       </c>
       <c r="C178" s="21">
         <v>18990</v>
       </c>
       <c r="D178" s="21">
         <v>16393</v>
       </c>
       <c r="E178" s="21">
         <v>16215</v>
       </c>
       <c r="F178" s="24">
         <v>9278</v>
       </c>
       <c r="G178" s="21">
         <v>2906</v>
       </c>
       <c r="H178" s="21">
         <v>2602</v>
       </c>
-      <c r="I178" s="21">
+      <c r="I178" s="29">
         <v>12709</v>
       </c>
-    </row>
-    <row r="179" spans="1:9" s="3" customFormat="1">
+      <c r="J178" s="29">
+        <v>12070</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" s="3" customFormat="1">
       <c r="A179" s="12" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="B179" s="11" t="s">
         <v>175</v>
       </c>
       <c r="C179" s="21">
         <v>13097</v>
       </c>
       <c r="D179" s="21">
         <v>11938</v>
       </c>
       <c r="E179" s="21">
         <v>12669</v>
       </c>
       <c r="F179" s="24">
         <v>3079</v>
       </c>
       <c r="G179" s="21">
         <v>20</v>
       </c>
       <c r="H179" s="21">
         <v>47</v>
       </c>
-      <c r="I179" s="21">
+      <c r="I179" s="29">
         <v>13236</v>
       </c>
-    </row>
-    <row r="180" spans="1:9" s="3" customFormat="1">
+      <c r="J179" s="29">
+        <v>14497</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" s="3" customFormat="1">
       <c r="A180" s="12" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B180" s="11" t="s">
         <v>176</v>
       </c>
       <c r="C180" s="21">
         <v>55779</v>
       </c>
       <c r="D180" s="21">
         <v>52833</v>
       </c>
       <c r="E180" s="21">
         <v>60522</v>
       </c>
       <c r="F180" s="24">
         <v>47600</v>
       </c>
       <c r="G180" s="21">
         <v>42403</v>
       </c>
       <c r="H180" s="21">
         <v>38636</v>
       </c>
-      <c r="I180" s="21">
+      <c r="I180" s="29">
         <v>55487</v>
       </c>
-    </row>
-    <row r="181" spans="1:9" s="3" customFormat="1">
+      <c r="J180" s="29">
+        <v>70035</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" s="3" customFormat="1">
       <c r="A181" s="12" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="B181" s="11" t="s">
         <v>177</v>
       </c>
       <c r="C181" s="21">
         <v>6691</v>
       </c>
       <c r="D181" s="21">
         <v>5857</v>
       </c>
       <c r="E181" s="21">
         <v>5589</v>
       </c>
       <c r="F181" s="24">
         <v>1234</v>
       </c>
       <c r="G181" s="21">
         <v>1127</v>
       </c>
       <c r="H181" s="21">
         <v>948</v>
       </c>
-      <c r="I181" s="21">
+      <c r="I181" s="29">
         <v>4609</v>
       </c>
-    </row>
-    <row r="182" spans="1:9" s="3" customFormat="1">
+      <c r="J181" s="29">
+        <v>4033</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" s="3" customFormat="1">
       <c r="A182" s="12" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B182" s="11" t="s">
         <v>178</v>
       </c>
       <c r="C182" s="21">
         <v>398</v>
       </c>
       <c r="D182" s="21">
         <v>378</v>
       </c>
       <c r="E182" s="21">
         <v>409</v>
       </c>
       <c r="F182" s="24">
         <v>299</v>
       </c>
       <c r="G182" s="21">
         <v>511</v>
       </c>
       <c r="H182" s="21">
         <v>333</v>
       </c>
-      <c r="I182" s="21">
+      <c r="I182" s="29">
         <v>469</v>
       </c>
-    </row>
-    <row r="183" spans="1:9" s="3" customFormat="1">
+      <c r="J182" s="29">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" s="3" customFormat="1">
       <c r="A183" s="12" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B183" s="11" t="s">
         <v>179</v>
       </c>
       <c r="C183" s="21">
         <v>2128</v>
       </c>
       <c r="D183" s="21">
         <v>2175</v>
       </c>
       <c r="E183" s="21">
         <v>2106</v>
       </c>
       <c r="F183" s="24">
         <v>1242</v>
       </c>
       <c r="G183" s="21">
         <v>2115</v>
       </c>
       <c r="H183" s="21">
         <v>1606</v>
       </c>
-      <c r="I183" s="21">
+      <c r="I183" s="29">
         <v>2485</v>
       </c>
-    </row>
-    <row r="184" spans="1:9" s="3" customFormat="1">
+      <c r="J183" s="29">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" s="3" customFormat="1">
       <c r="A184" s="12" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B184" s="11" t="s">
         <v>180</v>
       </c>
       <c r="C184" s="21">
         <v>657</v>
       </c>
       <c r="D184" s="21">
         <v>693</v>
       </c>
       <c r="E184" s="21">
         <v>755</v>
       </c>
       <c r="F184" s="24">
         <v>375</v>
       </c>
       <c r="G184" s="21">
         <v>612</v>
       </c>
       <c r="H184" s="21">
         <v>393</v>
       </c>
-      <c r="I184" s="21">
+      <c r="I184" s="29">
         <v>510</v>
       </c>
-    </row>
-    <row r="185" spans="1:9" s="3" customFormat="1">
+      <c r="J184" s="29">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" s="3" customFormat="1">
       <c r="A185" s="12" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="B185" s="11" t="s">
         <v>181</v>
       </c>
       <c r="C185" s="21">
         <v>2634</v>
       </c>
       <c r="D185" s="21">
         <v>2552</v>
       </c>
       <c r="E185" s="21">
         <v>2676</v>
       </c>
       <c r="F185" s="24">
         <v>2054</v>
       </c>
       <c r="G185" s="21">
         <v>2669</v>
       </c>
       <c r="H185" s="21">
         <v>2454</v>
       </c>
-      <c r="I185" s="21">
+      <c r="I185" s="29">
         <v>2918</v>
       </c>
-    </row>
-    <row r="186" spans="1:9" s="3" customFormat="1">
+      <c r="J185" s="29">
+        <v>3155</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" s="3" customFormat="1">
       <c r="A186" s="12" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B186" s="11" t="s">
         <v>182</v>
       </c>
       <c r="C186" s="21">
         <v>27846</v>
       </c>
       <c r="D186" s="21">
         <v>25227</v>
       </c>
       <c r="E186" s="21">
         <v>25098</v>
       </c>
       <c r="F186" s="24">
         <v>14232</v>
       </c>
       <c r="G186" s="21">
         <v>13261</v>
       </c>
       <c r="H186" s="21">
         <v>10450</v>
       </c>
-      <c r="I186" s="21">
+      <c r="I186" s="29">
         <v>16539</v>
       </c>
-    </row>
-    <row r="187" spans="1:9" s="3" customFormat="1">
+      <c r="J186" s="29">
+        <v>18922</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" s="3" customFormat="1">
       <c r="A187" s="12" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B187" s="11" t="s">
         <v>183</v>
       </c>
       <c r="C187" s="21">
         <v>7764</v>
       </c>
       <c r="D187" s="21">
         <v>7220</v>
       </c>
       <c r="E187" s="21">
         <v>6916</v>
       </c>
       <c r="F187" s="24">
         <v>3474</v>
       </c>
       <c r="G187" s="21">
         <v>4159</v>
       </c>
       <c r="H187" s="21">
         <v>3757</v>
       </c>
-      <c r="I187" s="21">
+      <c r="I187" s="29">
         <v>7374</v>
       </c>
-    </row>
-    <row r="188" spans="1:9" s="3" customFormat="1">
+      <c r="J187" s="29">
+        <v>7627</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" s="3" customFormat="1">
       <c r="A188" s="12" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="B188" s="11" t="s">
         <v>184</v>
       </c>
       <c r="C188" s="21">
         <v>2932</v>
       </c>
       <c r="D188" s="21">
         <v>2900</v>
       </c>
       <c r="E188" s="21">
         <v>2878</v>
       </c>
       <c r="F188" s="24">
         <v>1967</v>
       </c>
       <c r="G188" s="21">
         <v>2193</v>
       </c>
       <c r="H188" s="21">
         <v>1674</v>
       </c>
-      <c r="I188" s="21">
+      <c r="I188" s="29">
         <v>2245</v>
       </c>
-    </row>
-    <row r="189" spans="1:9" s="3" customFormat="1">
+      <c r="J188" s="29">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" s="3" customFormat="1">
       <c r="A189" s="12" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="B189" s="11" t="s">
         <v>185</v>
       </c>
       <c r="C189" s="21">
         <v>115</v>
       </c>
       <c r="D189" s="21">
         <v>87</v>
       </c>
       <c r="E189" s="21">
         <v>91</v>
       </c>
       <c r="F189" s="24">
         <v>69</v>
       </c>
       <c r="G189" s="21">
         <v>74</v>
       </c>
       <c r="H189" s="21">
         <v>50</v>
       </c>
-      <c r="I189" s="21">
+      <c r="I189" s="29">
         <v>102</v>
       </c>
-    </row>
-    <row r="190" spans="1:9" s="3" customFormat="1">
+      <c r="J189" s="29">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" s="3" customFormat="1">
       <c r="A190" s="12" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="B190" s="11" t="s">
         <v>186</v>
       </c>
       <c r="C190" s="21">
         <v>17089</v>
       </c>
       <c r="D190" s="21">
         <v>17156</v>
       </c>
       <c r="E190" s="21">
         <v>17620</v>
       </c>
       <c r="F190" s="24">
         <v>25286</v>
       </c>
       <c r="G190" s="21">
         <v>22338</v>
       </c>
       <c r="H190" s="21">
         <v>101284</v>
       </c>
-      <c r="I190" s="21">
+      <c r="I190" s="29">
         <v>60787</v>
       </c>
-    </row>
-    <row r="191" spans="1:9" s="3" customFormat="1">
+      <c r="J190" s="29">
+        <v>20695</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" s="3" customFormat="1">
       <c r="A191" s="12" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B191" s="11" t="s">
         <v>187</v>
       </c>
       <c r="C191" s="21">
         <v>821</v>
       </c>
       <c r="D191" s="21">
         <v>783</v>
       </c>
       <c r="E191" s="21">
         <v>754</v>
       </c>
       <c r="F191" s="24">
         <v>466</v>
       </c>
       <c r="G191" s="21">
         <v>686</v>
       </c>
       <c r="H191" s="21">
         <v>477</v>
       </c>
-      <c r="I191" s="21">
+      <c r="I191" s="29">
         <v>587</v>
       </c>
-    </row>
-    <row r="192" spans="1:9" s="3" customFormat="1">
+      <c r="J191" s="29">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" s="3" customFormat="1">
       <c r="A192" s="12" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B192" s="11" t="s">
         <v>188</v>
       </c>
       <c r="C192" s="21">
         <v>2976</v>
       </c>
       <c r="D192" s="21">
         <v>3005</v>
       </c>
       <c r="E192" s="21">
         <v>3183</v>
       </c>
       <c r="F192" s="24">
         <v>2166</v>
       </c>
       <c r="G192" s="21">
         <v>3203</v>
       </c>
       <c r="H192" s="21">
         <v>2359</v>
       </c>
-      <c r="I192" s="21">
+      <c r="I192" s="29">
         <v>2620</v>
       </c>
-    </row>
-    <row r="193" spans="1:9" s="3" customFormat="1">
+      <c r="J192" s="29">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" s="3" customFormat="1">
       <c r="A193" s="12" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B193" s="11" t="s">
         <v>189</v>
       </c>
       <c r="C193" s="21">
         <v>2223</v>
       </c>
       <c r="D193" s="21">
         <v>2461</v>
       </c>
       <c r="E193" s="21">
         <v>2775</v>
       </c>
       <c r="F193" s="24">
         <v>2019</v>
       </c>
       <c r="G193" s="21">
         <v>2974</v>
       </c>
       <c r="H193" s="21">
         <v>2403</v>
       </c>
-      <c r="I193" s="21">
+      <c r="I193" s="29">
         <v>3102</v>
       </c>
-    </row>
-    <row r="194" spans="1:9" s="3" customFormat="1">
+      <c r="J193" s="29">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10" s="3" customFormat="1">
       <c r="A194" s="12" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B194" s="11" t="s">
         <v>190</v>
       </c>
       <c r="C194" s="21">
         <v>6818</v>
       </c>
       <c r="D194" s="21">
         <v>7340</v>
       </c>
       <c r="E194" s="21">
         <v>7519</v>
       </c>
       <c r="F194" s="24">
         <v>6507</v>
       </c>
       <c r="G194" s="21">
         <v>7569</v>
       </c>
       <c r="H194" s="21">
         <v>6416</v>
       </c>
-      <c r="I194" s="21">
+      <c r="I194" s="29">
         <v>7627</v>
       </c>
-    </row>
-    <row r="195" spans="1:9" s="3" customFormat="1">
+      <c r="J194" s="29">
+        <v>7699</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" s="3" customFormat="1">
       <c r="A195" s="12" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B195" s="11" t="s">
         <v>191</v>
       </c>
       <c r="C195" s="21">
         <v>9937</v>
       </c>
       <c r="D195" s="21">
         <v>12145</v>
       </c>
       <c r="E195" s="21">
         <v>14518</v>
       </c>
       <c r="F195" s="24">
         <v>11567</v>
       </c>
       <c r="G195" s="21">
         <v>14980</v>
       </c>
       <c r="H195" s="21">
         <v>12654</v>
       </c>
-      <c r="I195" s="21">
+      <c r="I195" s="29">
         <v>16446</v>
       </c>
-    </row>
-    <row r="196" spans="1:9" s="3" customFormat="1">
+      <c r="J195" s="29">
+        <v>17051</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" s="3" customFormat="1">
       <c r="A196" s="12" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="B196" s="11" t="s">
         <v>192</v>
       </c>
       <c r="C196" s="21">
         <v>6975</v>
       </c>
       <c r="D196" s="21">
         <v>8019</v>
       </c>
       <c r="E196" s="21">
         <v>9105</v>
       </c>
       <c r="F196" s="24">
         <v>7518</v>
       </c>
       <c r="G196" s="21">
         <v>9597</v>
       </c>
       <c r="H196" s="21">
         <v>8058</v>
       </c>
-      <c r="I196" s="21">
+      <c r="I196" s="29">
         <v>9676</v>
       </c>
-    </row>
-    <row r="197" spans="1:9" s="3" customFormat="1">
+      <c r="J196" s="29">
+        <v>10456</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10" s="3" customFormat="1">
       <c r="A197" s="12" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="B197" s="11" t="s">
         <v>193</v>
       </c>
       <c r="C197" s="21">
         <v>3037</v>
       </c>
       <c r="D197" s="21">
         <v>3008</v>
       </c>
       <c r="E197" s="21">
         <v>2902</v>
       </c>
       <c r="F197" s="24">
         <v>2873</v>
       </c>
       <c r="G197" s="21">
         <v>2931</v>
       </c>
       <c r="H197" s="21">
         <v>2521</v>
       </c>
-      <c r="I197" s="21">
+      <c r="I197" s="29">
         <v>2749</v>
       </c>
-    </row>
-    <row r="198" spans="1:9" s="3" customFormat="1">
+      <c r="J197" s="29">
+        <v>2787</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" s="3" customFormat="1">
       <c r="A198" s="12" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="B198" s="11" t="s">
         <v>194</v>
       </c>
       <c r="C198" s="21">
         <v>7245</v>
       </c>
       <c r="D198" s="21">
         <v>7554</v>
       </c>
       <c r="E198" s="21">
         <v>7234</v>
       </c>
       <c r="F198" s="24">
         <v>4289</v>
       </c>
       <c r="G198" s="21">
         <v>6488</v>
       </c>
       <c r="H198" s="21">
         <v>4449</v>
       </c>
-      <c r="I198" s="21">
+      <c r="I198" s="29">
         <v>6073</v>
       </c>
-    </row>
-    <row r="199" spans="1:9" s="3" customFormat="1">
+      <c r="J198" s="29">
+        <v>6635</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" s="3" customFormat="1">
       <c r="A199" s="12" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="B199" s="11" t="s">
         <v>195</v>
       </c>
       <c r="C199" s="21">
         <v>2136</v>
       </c>
       <c r="D199" s="21">
         <v>2180</v>
       </c>
       <c r="E199" s="21">
         <v>2230</v>
       </c>
       <c r="F199" s="24">
         <v>1586</v>
       </c>
       <c r="G199" s="21">
         <v>2332</v>
       </c>
       <c r="H199" s="21">
         <v>1807</v>
       </c>
-      <c r="I199" s="21">
+      <c r="I199" s="29">
         <v>2332</v>
       </c>
-    </row>
-    <row r="200" spans="1:9" s="3" customFormat="1">
+      <c r="J199" s="29">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10" s="3" customFormat="1">
       <c r="A200" s="12" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B200" s="11" t="s">
         <v>196</v>
       </c>
       <c r="C200" s="21">
         <v>2244</v>
       </c>
       <c r="D200" s="21">
         <v>2512</v>
       </c>
       <c r="E200" s="21">
         <v>3099</v>
       </c>
       <c r="F200" s="24">
         <v>3130</v>
       </c>
       <c r="G200" s="21">
         <v>3481</v>
       </c>
       <c r="H200" s="21">
         <v>3726</v>
       </c>
-      <c r="I200" s="21">
+      <c r="I200" s="29">
         <v>4190</v>
       </c>
-    </row>
-    <row r="201" spans="1:9" s="3" customFormat="1">
+      <c r="J200" s="29">
+        <v>4636</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" s="3" customFormat="1">
       <c r="A201" s="12" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B201" s="11" t="s">
         <v>197</v>
       </c>
       <c r="C201" s="21">
         <v>3437</v>
       </c>
       <c r="D201" s="21">
         <v>3655</v>
       </c>
       <c r="E201" s="21">
         <v>3551</v>
       </c>
       <c r="F201" s="24">
         <v>3324</v>
       </c>
       <c r="G201" s="21">
         <v>3649</v>
       </c>
       <c r="H201" s="21">
         <v>3535</v>
       </c>
-      <c r="I201" s="21">
+      <c r="I201" s="29">
         <v>4075</v>
       </c>
-    </row>
-    <row r="202" spans="1:9" s="3" customFormat="1">
+      <c r="J201" s="29">
+        <v>4188</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10" s="3" customFormat="1">
       <c r="A202" s="12" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="B202" s="11" t="s">
         <v>198</v>
       </c>
       <c r="C202" s="21">
         <v>5357</v>
       </c>
       <c r="D202" s="21">
         <v>4646</v>
       </c>
       <c r="E202" s="21">
         <v>4935</v>
       </c>
       <c r="F202" s="24">
         <v>3812</v>
       </c>
       <c r="G202" s="21">
         <v>5378</v>
       </c>
       <c r="H202" s="21">
         <v>4404</v>
       </c>
-      <c r="I202" s="21">
+      <c r="I202" s="29">
         <v>5276</v>
       </c>
-    </row>
-    <row r="203" spans="1:9" s="3" customFormat="1">
+      <c r="J202" s="29">
+        <v>5871</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" s="3" customFormat="1">
       <c r="A203" s="12" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B203" s="11" t="s">
         <v>199</v>
       </c>
       <c r="C203" s="21">
         <v>40506</v>
       </c>
       <c r="D203" s="21">
         <v>42182</v>
       </c>
       <c r="E203" s="21">
         <v>43660</v>
       </c>
       <c r="F203" s="24">
         <v>34529</v>
       </c>
       <c r="G203" s="21">
         <v>44776</v>
       </c>
       <c r="H203" s="21">
         <v>38419</v>
       </c>
-      <c r="I203" s="21">
+      <c r="I203" s="29">
         <v>46942</v>
       </c>
-    </row>
-    <row r="204" spans="1:9" s="3" customFormat="1">
+      <c r="J203" s="29">
+        <v>51227</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" s="3" customFormat="1">
       <c r="A204" s="12" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="B204" s="11" t="s">
         <v>200</v>
       </c>
       <c r="C204" s="21">
         <v>611</v>
       </c>
       <c r="D204" s="21">
         <v>620</v>
       </c>
       <c r="E204" s="21">
         <v>604</v>
       </c>
       <c r="F204" s="24">
         <v>668</v>
       </c>
       <c r="G204" s="21">
         <v>660</v>
       </c>
       <c r="H204" s="21">
         <v>485</v>
       </c>
-      <c r="I204" s="21">
+      <c r="I204" s="29">
         <v>469</v>
       </c>
-    </row>
-    <row r="205" spans="1:9" s="3" customFormat="1">
+      <c r="J204" s="29">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" s="3" customFormat="1">
       <c r="A205" s="12" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="B205" s="11" t="s">
         <v>201</v>
       </c>
       <c r="C205" s="21">
         <v>862</v>
       </c>
       <c r="D205" s="21">
         <v>863</v>
       </c>
       <c r="E205" s="21">
         <v>885</v>
       </c>
       <c r="F205" s="24">
         <v>707</v>
       </c>
       <c r="G205" s="21">
         <v>766</v>
       </c>
       <c r="H205" s="21">
         <v>720</v>
       </c>
-      <c r="I205" s="21">
+      <c r="I205" s="29">
         <v>762</v>
       </c>
-    </row>
-    <row r="206" spans="1:9" s="3" customFormat="1">
+      <c r="J205" s="29">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10" s="3" customFormat="1">
       <c r="A206" s="12" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B206" s="11" t="s">
         <v>202</v>
       </c>
       <c r="C206" s="21">
         <v>5092</v>
       </c>
       <c r="D206" s="21">
         <v>5120</v>
       </c>
       <c r="E206" s="21">
         <v>5276</v>
       </c>
       <c r="F206" s="24">
         <v>5374</v>
       </c>
       <c r="G206" s="21">
         <v>6044</v>
       </c>
       <c r="H206" s="21">
         <v>5246</v>
       </c>
-      <c r="I206" s="21">
+      <c r="I206" s="29">
         <v>6062</v>
       </c>
-    </row>
-    <row r="207" spans="1:9" s="3" customFormat="1">
+      <c r="J206" s="29">
+        <v>5676</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" s="3" customFormat="1">
       <c r="A207" s="12" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B207" s="11" t="s">
         <v>203</v>
       </c>
       <c r="C207" s="21">
         <v>11101</v>
       </c>
       <c r="D207" s="21">
         <v>11278</v>
       </c>
       <c r="E207" s="21">
         <v>11411</v>
       </c>
       <c r="F207" s="24">
         <v>10488</v>
       </c>
       <c r="G207" s="21">
         <v>11995</v>
       </c>
       <c r="H207" s="21">
         <v>10525</v>
       </c>
-      <c r="I207" s="21">
+      <c r="I207" s="29">
         <v>12258</v>
       </c>
-    </row>
-    <row r="208" spans="1:9" s="3" customFormat="1">
+      <c r="J207" s="29">
+        <v>12649</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" s="3" customFormat="1">
       <c r="A208" s="12" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="B208" s="11" t="s">
         <v>204</v>
       </c>
       <c r="C208" s="21">
         <v>2482</v>
       </c>
       <c r="D208" s="21">
         <v>2723</v>
       </c>
       <c r="E208" s="21">
         <v>2790</v>
       </c>
       <c r="F208" s="24">
         <v>2620</v>
       </c>
       <c r="G208" s="21">
         <v>2867</v>
       </c>
       <c r="H208" s="21">
         <v>2674</v>
       </c>
-      <c r="I208" s="21">
+      <c r="I208" s="29">
         <v>2907</v>
       </c>
-    </row>
-    <row r="209" spans="1:9" s="3" customFormat="1">
+      <c r="J208" s="29">
+        <v>3226</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" s="3" customFormat="1">
       <c r="A209" s="12" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B209" s="11" t="s">
         <v>205</v>
       </c>
       <c r="C209" s="21">
         <v>10461</v>
       </c>
       <c r="D209" s="21">
         <v>10165</v>
       </c>
       <c r="E209" s="21">
         <v>10209</v>
       </c>
       <c r="F209" s="24">
         <v>9624</v>
       </c>
       <c r="G209" s="21">
         <v>10440</v>
       </c>
       <c r="H209" s="21">
         <v>9387</v>
       </c>
-      <c r="I209" s="21">
+      <c r="I209" s="29">
         <v>10752</v>
       </c>
-    </row>
-    <row r="210" spans="1:9" s="3" customFormat="1">
+      <c r="J209" s="29">
+        <v>11387</v>
+      </c>
+    </row>
+    <row r="210" spans="1:10" s="3" customFormat="1">
       <c r="A210" s="12" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="B210" s="11" t="s">
         <v>206</v>
       </c>
       <c r="C210" s="21">
         <v>19199</v>
       </c>
       <c r="D210" s="21">
         <v>20247</v>
       </c>
       <c r="E210" s="21">
         <v>20512</v>
       </c>
       <c r="F210" s="24">
         <v>16415</v>
       </c>
       <c r="G210" s="21">
         <v>18588</v>
       </c>
       <c r="H210" s="21">
         <v>15166</v>
       </c>
-      <c r="I210" s="21">
+      <c r="I210" s="29">
         <v>19159</v>
       </c>
-    </row>
-    <row r="211" spans="1:9" s="3" customFormat="1">
+      <c r="J210" s="29">
+        <v>21845</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" s="3" customFormat="1">
       <c r="A211" s="12" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B211" s="11" t="s">
         <v>207</v>
       </c>
       <c r="C211" s="21">
         <v>18331</v>
       </c>
       <c r="D211" s="21">
         <v>18685</v>
       </c>
       <c r="E211" s="21">
         <v>19457</v>
       </c>
       <c r="F211" s="24">
         <v>14714</v>
       </c>
       <c r="G211" s="21">
         <v>19489</v>
       </c>
       <c r="H211" s="21">
         <v>15359</v>
       </c>
-      <c r="I211" s="21">
+      <c r="I211" s="29">
         <v>19693</v>
       </c>
-    </row>
-    <row r="212" spans="1:9" s="3" customFormat="1">
+      <c r="J211" s="29">
+        <v>21473</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" s="3" customFormat="1">
       <c r="A212" s="12" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B212" s="11" t="s">
         <v>208</v>
       </c>
       <c r="C212" s="21">
         <v>11164</v>
       </c>
       <c r="D212" s="21">
         <v>10589</v>
       </c>
       <c r="E212" s="21">
         <v>10861</v>
       </c>
       <c r="F212" s="24">
         <v>9547</v>
       </c>
       <c r="G212" s="21">
         <v>10387</v>
       </c>
       <c r="H212" s="21">
         <v>8577</v>
       </c>
-      <c r="I212" s="21">
+      <c r="I212" s="29">
         <v>10010</v>
       </c>
-    </row>
-    <row r="213" spans="1:9" s="3" customFormat="1">
+      <c r="J212" s="29">
+        <v>10407</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" s="3" customFormat="1">
       <c r="A213" s="12" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="B213" s="11" t="s">
         <v>209</v>
       </c>
       <c r="C213" s="21">
         <v>8042</v>
       </c>
       <c r="D213" s="21">
         <v>8235</v>
       </c>
       <c r="E213" s="21">
         <v>8739</v>
       </c>
       <c r="F213" s="24">
         <v>5403</v>
       </c>
       <c r="G213" s="21">
         <v>7968</v>
       </c>
       <c r="H213" s="21">
         <v>6167</v>
       </c>
-      <c r="I213" s="21">
+      <c r="I213" s="29">
         <v>8337</v>
       </c>
-    </row>
-    <row r="214" spans="1:9" s="3" customFormat="1">
+      <c r="J213" s="29">
+        <v>8383</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10" s="3" customFormat="1">
       <c r="A214" s="12" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="B214" s="11" t="s">
         <v>210</v>
       </c>
       <c r="C214" s="21">
         <v>1583</v>
       </c>
       <c r="D214" s="21">
         <v>1539</v>
       </c>
       <c r="E214" s="21">
         <v>1502</v>
       </c>
       <c r="F214" s="24">
         <v>970</v>
       </c>
       <c r="G214" s="21">
         <v>1429</v>
       </c>
       <c r="H214" s="21">
         <v>1113</v>
       </c>
-      <c r="I214" s="21">
+      <c r="I214" s="29">
         <v>1399</v>
       </c>
-    </row>
-    <row r="215" spans="1:9" s="3" customFormat="1">
+      <c r="J214" s="29">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="215" spans="1:10" s="3" customFormat="1">
       <c r="A215" s="12" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="B215" s="11" t="s">
         <v>211</v>
       </c>
       <c r="C215" s="21">
         <v>10383</v>
       </c>
       <c r="D215" s="21">
         <v>10633</v>
       </c>
       <c r="E215" s="21">
         <v>11440</v>
       </c>
       <c r="F215" s="24">
         <v>7897</v>
       </c>
       <c r="G215" s="21">
         <v>10716</v>
       </c>
       <c r="H215" s="21">
         <v>8751</v>
       </c>
-      <c r="I215" s="21">
+      <c r="I215" s="29">
         <v>11527</v>
       </c>
-    </row>
-    <row r="216" spans="1:9" s="3" customFormat="1">
+      <c r="J215" s="29">
+        <v>12750</v>
+      </c>
+    </row>
+    <row r="216" spans="1:10" s="3" customFormat="1">
       <c r="A216" s="12" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="B216" s="11" t="s">
         <v>212</v>
       </c>
       <c r="C216" s="21">
         <v>4250</v>
       </c>
       <c r="D216" s="21">
         <v>4692</v>
       </c>
       <c r="E216" s="21">
         <v>5101</v>
       </c>
       <c r="F216" s="24">
         <v>4536</v>
       </c>
       <c r="G216" s="21">
         <v>4908</v>
       </c>
       <c r="H216" s="21">
         <v>4846</v>
       </c>
-      <c r="I216" s="21">
+      <c r="I216" s="29">
         <v>5692</v>
       </c>
-    </row>
-    <row r="217" spans="1:9" s="3" customFormat="1">
+      <c r="J216" s="29">
+        <v>6375</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" s="3" customFormat="1">
       <c r="A217" s="12" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="B217" s="11" t="s">
         <v>213</v>
       </c>
       <c r="C217" s="21">
         <v>750</v>
       </c>
       <c r="D217" s="21">
         <v>677</v>
       </c>
       <c r="E217" s="21">
         <v>598</v>
       </c>
       <c r="F217" s="24">
         <v>461</v>
       </c>
       <c r="G217" s="21">
         <v>497</v>
       </c>
       <c r="H217" s="21">
         <v>337</v>
       </c>
-      <c r="I217" s="21">
+      <c r="I217" s="29">
         <v>382</v>
       </c>
-    </row>
-    <row r="218" spans="1:9" s="3" customFormat="1">
+      <c r="J217" s="29">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" s="3" customFormat="1">
       <c r="A218" s="12" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B218" s="11" t="s">
         <v>214</v>
       </c>
       <c r="C218" s="21">
         <v>23777</v>
       </c>
       <c r="D218" s="21">
         <v>25161</v>
       </c>
       <c r="E218" s="21">
         <v>27339</v>
       </c>
       <c r="F218" s="24">
         <v>21037</v>
       </c>
       <c r="G218" s="21">
         <v>25871</v>
       </c>
       <c r="H218" s="21">
         <v>20717</v>
       </c>
-      <c r="I218" s="21">
+      <c r="I218" s="29">
         <v>25591</v>
       </c>
-    </row>
-    <row r="219" spans="1:9" s="3" customFormat="1">
+      <c r="J218" s="29">
+        <v>26943</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" s="3" customFormat="1">
       <c r="A219" s="12" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B219" s="11" t="s">
         <v>215</v>
       </c>
       <c r="C219" s="21">
         <v>9099</v>
       </c>
       <c r="D219" s="21">
         <v>9296</v>
       </c>
       <c r="E219" s="21">
         <v>9488</v>
       </c>
       <c r="F219" s="24">
         <v>6543</v>
       </c>
       <c r="G219" s="21">
         <v>9012</v>
       </c>
       <c r="H219" s="21">
         <v>7095</v>
       </c>
-      <c r="I219" s="21">
+      <c r="I219" s="29">
         <v>8867</v>
       </c>
-    </row>
-    <row r="220" spans="1:9" s="3" customFormat="1">
+      <c r="J219" s="29">
+        <v>9333</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" s="3" customFormat="1">
       <c r="A220" s="12" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="B220" s="11" t="s">
         <v>216</v>
       </c>
       <c r="C220" s="21">
         <v>1795</v>
       </c>
       <c r="D220" s="21">
         <v>1721</v>
       </c>
       <c r="E220" s="21">
         <v>1827</v>
       </c>
       <c r="F220" s="24">
         <v>1778</v>
       </c>
       <c r="G220" s="21">
         <v>2126</v>
       </c>
       <c r="H220" s="21">
         <v>2434</v>
       </c>
-      <c r="I220" s="21">
+      <c r="I220" s="29">
         <v>3301</v>
       </c>
-    </row>
-    <row r="221" spans="1:9" s="3" customFormat="1">
+      <c r="J220" s="29">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="221" spans="1:10" s="3" customFormat="1">
       <c r="A221" s="12" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="B221" s="11" t="s">
         <v>217</v>
       </c>
       <c r="C221" s="21">
         <v>518</v>
       </c>
       <c r="D221" s="21">
         <v>615</v>
       </c>
       <c r="E221" s="21">
         <v>606</v>
       </c>
       <c r="F221" s="24">
         <v>496</v>
       </c>
       <c r="G221" s="21">
         <v>546</v>
       </c>
       <c r="H221" s="21">
         <v>552</v>
       </c>
-      <c r="I221" s="21">
+      <c r="I221" s="29">
         <v>755</v>
       </c>
-    </row>
-    <row r="222" spans="1:9" s="3" customFormat="1">
+      <c r="J221" s="29">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" s="3" customFormat="1">
       <c r="A222" s="12" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="B222" s="11" t="s">
         <v>218</v>
       </c>
       <c r="C222" s="21">
         <v>1679</v>
       </c>
       <c r="D222" s="21">
         <v>1612</v>
       </c>
       <c r="E222" s="21">
         <v>1910</v>
       </c>
       <c r="F222" s="24">
         <v>1329</v>
       </c>
       <c r="G222" s="21">
         <v>1745</v>
       </c>
       <c r="H222" s="21">
         <v>1389</v>
       </c>
-      <c r="I222" s="21">
+      <c r="I222" s="29">
         <v>2115</v>
       </c>
-    </row>
-    <row r="223" spans="1:9" s="3" customFormat="1">
+      <c r="J222" s="29">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" s="3" customFormat="1">
       <c r="A223" s="12" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="B223" s="11" t="s">
         <v>219</v>
       </c>
       <c r="C223" s="21">
         <v>19</v>
       </c>
       <c r="D223" s="21">
         <v>30</v>
       </c>
       <c r="E223" s="21">
         <v>26</v>
       </c>
       <c r="F223" s="24">
         <v>15</v>
       </c>
       <c r="G223" s="21">
         <v>22</v>
       </c>
       <c r="H223" s="21">
         <v>33</v>
       </c>
-      <c r="I223" s="21">
+      <c r="I223" s="29">
         <v>36</v>
       </c>
-    </row>
-    <row r="224" spans="1:9" s="3" customFormat="1">
+      <c r="J223" s="29">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" s="3" customFormat="1">
       <c r="A224" s="12" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="B224" s="11" t="s">
         <v>220</v>
       </c>
       <c r="C224" s="21">
         <v>1478</v>
       </c>
       <c r="D224" s="21">
         <v>1437</v>
       </c>
       <c r="E224" s="21">
         <v>1440</v>
       </c>
       <c r="F224" s="24">
         <v>1261</v>
       </c>
       <c r="G224" s="21">
         <v>1442</v>
       </c>
       <c r="H224" s="21">
         <v>1224</v>
       </c>
-      <c r="I224" s="21">
+      <c r="I224" s="29">
         <v>1441</v>
       </c>
-    </row>
-    <row r="225" spans="1:9" s="3" customFormat="1">
+      <c r="J224" s="29">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" s="3" customFormat="1">
       <c r="A225" s="12" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="B225" s="11" t="s">
         <v>221</v>
       </c>
       <c r="C225" s="21">
         <v>4875</v>
       </c>
       <c r="D225" s="21">
         <v>5027</v>
       </c>
       <c r="E225" s="21">
         <v>5248</v>
       </c>
       <c r="F225" s="24">
         <v>5009</v>
       </c>
       <c r="G225" s="21">
         <v>5820</v>
       </c>
       <c r="H225" s="21">
         <v>5579</v>
       </c>
-      <c r="I225" s="21">
+      <c r="I225" s="29">
         <v>5893</v>
       </c>
-    </row>
-    <row r="226" spans="1:9" s="3" customFormat="1">
+      <c r="J225" s="29">
+        <v>6203</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" s="3" customFormat="1">
       <c r="A226" s="12" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B226" s="11" t="s">
         <v>222</v>
       </c>
       <c r="C226" s="21">
         <v>158605</v>
       </c>
       <c r="D226" s="21">
         <v>161135</v>
       </c>
       <c r="E226" s="21">
         <v>170602</v>
       </c>
       <c r="F226" s="24">
         <v>178313</v>
       </c>
       <c r="G226" s="21">
         <v>194626</v>
       </c>
       <c r="H226" s="21">
         <v>184322</v>
       </c>
-      <c r="I226" s="21">
+      <c r="I226" s="29">
         <v>190562</v>
       </c>
-    </row>
-    <row r="227" spans="1:9" s="3" customFormat="1">
+      <c r="J226" s="29">
+        <v>199677</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" s="3" customFormat="1">
       <c r="A227" s="12" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B227" s="11" t="s">
         <v>223</v>
       </c>
       <c r="C227" s="21">
         <v>9762</v>
       </c>
       <c r="D227" s="21">
         <v>9592</v>
       </c>
       <c r="E227" s="21">
         <v>9880</v>
       </c>
       <c r="F227" s="24">
         <v>9411</v>
       </c>
       <c r="G227" s="21">
         <v>10734</v>
       </c>
       <c r="H227" s="21">
         <v>8728</v>
       </c>
-      <c r="I227" s="21">
+      <c r="I227" s="29">
         <v>9497</v>
       </c>
-    </row>
-    <row r="228" spans="1:9" s="3" customFormat="1">
+      <c r="J227" s="29">
+        <v>9630</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" s="3" customFormat="1">
       <c r="A228" s="12" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B228" s="11" t="s">
         <v>224</v>
       </c>
       <c r="C228" s="21">
         <v>152</v>
       </c>
       <c r="D228" s="21">
         <v>229</v>
       </c>
       <c r="E228" s="21">
         <v>199</v>
       </c>
       <c r="F228" s="24">
         <v>138</v>
       </c>
       <c r="G228" s="21">
         <v>202</v>
       </c>
       <c r="H228" s="21">
         <v>161</v>
       </c>
-      <c r="I228" s="21">
+      <c r="I228" s="29">
         <v>188</v>
       </c>
-    </row>
-    <row r="229" spans="1:9" s="3" customFormat="1">
+      <c r="J228" s="29">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" s="3" customFormat="1">
       <c r="A229" s="12" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="B229" s="11" t="s">
         <v>225</v>
       </c>
       <c r="C229" s="21">
         <v>1133</v>
       </c>
       <c r="D229" s="21">
         <v>1183</v>
       </c>
       <c r="E229" s="21">
         <v>1483</v>
       </c>
       <c r="F229" s="24">
         <v>1207</v>
       </c>
       <c r="G229" s="21">
         <v>1783</v>
       </c>
       <c r="H229" s="21">
         <v>1935</v>
       </c>
-      <c r="I229" s="21">
+      <c r="I229" s="29">
         <v>2866</v>
       </c>
-    </row>
-    <row r="230" spans="1:9" s="3" customFormat="1">
+      <c r="J229" s="29">
+        <v>3258</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" s="3" customFormat="1">
       <c r="A230" s="12" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B230" s="11" t="s">
         <v>226</v>
       </c>
       <c r="C230" s="21">
         <v>26362</v>
       </c>
       <c r="D230" s="21">
         <v>27091</v>
       </c>
       <c r="E230" s="21">
         <v>27212</v>
       </c>
       <c r="F230" s="24">
         <v>27088</v>
       </c>
       <c r="G230" s="21">
         <v>31303</v>
       </c>
       <c r="H230" s="21">
         <v>24841</v>
       </c>
-      <c r="I230" s="21">
+      <c r="I230" s="29">
         <v>26273</v>
       </c>
-    </row>
-    <row r="231" spans="1:9" s="3" customFormat="1">
+      <c r="J230" s="29">
+        <v>26710</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" s="3" customFormat="1">
       <c r="A231" s="12" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="B231" s="11" t="s">
         <v>227</v>
       </c>
       <c r="C231" s="21">
         <v>6291</v>
       </c>
       <c r="D231" s="21">
         <v>5754</v>
       </c>
       <c r="E231" s="21">
         <v>6313</v>
       </c>
       <c r="F231" s="24">
         <v>4261</v>
       </c>
       <c r="G231" s="21">
         <v>5945</v>
       </c>
       <c r="H231" s="21">
         <v>5384</v>
       </c>
-      <c r="I231" s="21">
+      <c r="I231" s="29">
         <v>6893</v>
       </c>
-    </row>
-    <row r="232" spans="1:9" s="3" customFormat="1">
+      <c r="J231" s="29">
+        <v>7299</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" s="3" customFormat="1">
       <c r="A232" s="12" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B232" s="11" t="s">
         <v>228</v>
       </c>
       <c r="C232" s="21">
         <v>301</v>
       </c>
       <c r="D232" s="21">
         <v>353</v>
       </c>
       <c r="E232" s="21">
         <v>449</v>
       </c>
       <c r="F232" s="24">
         <v>286</v>
       </c>
       <c r="G232" s="21">
         <v>474</v>
       </c>
       <c r="H232" s="21">
         <v>354</v>
       </c>
-      <c r="I232" s="21">
+      <c r="I232" s="29">
         <v>513</v>
       </c>
-    </row>
-    <row r="233" spans="1:9" s="3" customFormat="1">
+      <c r="J232" s="29">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" s="3" customFormat="1">
       <c r="A233" s="12" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="B233" s="11" t="s">
         <v>229</v>
       </c>
       <c r="C233" s="21">
         <v>438</v>
       </c>
       <c r="D233" s="21">
         <v>467</v>
       </c>
       <c r="E233" s="21">
         <v>381</v>
       </c>
       <c r="F233" s="24">
         <v>231</v>
       </c>
       <c r="G233" s="21">
         <v>337</v>
       </c>
       <c r="H233" s="21">
         <v>240</v>
       </c>
-      <c r="I233" s="21">
+      <c r="I233" s="29">
         <v>382</v>
       </c>
-    </row>
-    <row r="234" spans="1:9" s="3" customFormat="1">
+      <c r="J233" s="29">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" s="3" customFormat="1">
       <c r="A234" s="12" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="B234" s="11" t="s">
         <v>230</v>
       </c>
       <c r="C234" s="21">
         <v>1567</v>
       </c>
       <c r="D234" s="21">
         <v>1585</v>
       </c>
       <c r="E234" s="21">
         <v>1532</v>
       </c>
       <c r="F234" s="24">
         <v>637</v>
       </c>
       <c r="G234" s="21">
         <v>1068</v>
       </c>
       <c r="H234" s="21">
         <v>702</v>
       </c>
-      <c r="I234" s="21">
+      <c r="I234" s="29">
         <v>1180</v>
       </c>
-    </row>
-    <row r="235" spans="1:9" s="3" customFormat="1">
+      <c r="J234" s="29">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" s="3" customFormat="1">
       <c r="A235" s="12" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B235" s="11" t="s">
         <v>231</v>
       </c>
       <c r="C235" s="21">
         <v>3123</v>
       </c>
       <c r="D235" s="21">
         <v>3042</v>
       </c>
       <c r="E235" s="21">
         <v>3248</v>
       </c>
       <c r="F235" s="24">
         <v>2698</v>
       </c>
       <c r="G235" s="21">
         <v>3273</v>
       </c>
       <c r="H235" s="21">
         <v>2617</v>
       </c>
-      <c r="I235" s="21">
+      <c r="I235" s="29">
         <v>3208</v>
       </c>
-    </row>
-    <row r="236" spans="1:9" s="3" customFormat="1">
+      <c r="J235" s="29">
+        <v>3446</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" s="3" customFormat="1">
       <c r="A236" s="12" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="B236" s="11" t="s">
         <v>232</v>
       </c>
       <c r="C236" s="21">
         <v>4478</v>
       </c>
       <c r="D236" s="21">
         <v>4576</v>
       </c>
       <c r="E236" s="21">
         <v>4862</v>
       </c>
       <c r="F236" s="24">
         <v>4157</v>
       </c>
       <c r="G236" s="21">
         <v>5074</v>
       </c>
       <c r="H236" s="21">
         <v>3980</v>
       </c>
-      <c r="I236" s="21">
+      <c r="I236" s="29">
         <v>4413</v>
       </c>
-    </row>
-    <row r="237" spans="1:9" s="3" customFormat="1">
+      <c r="J236" s="29">
+        <v>4542</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" s="3" customFormat="1">
       <c r="A237" s="12" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="B237" s="11" t="s">
         <v>233</v>
       </c>
       <c r="C237" s="21">
         <v>536</v>
       </c>
       <c r="D237" s="21">
         <v>615</v>
       </c>
       <c r="E237" s="21">
         <v>566</v>
       </c>
       <c r="F237" s="24">
         <v>457</v>
       </c>
       <c r="G237" s="21">
         <v>535</v>
       </c>
       <c r="H237" s="21">
         <v>405</v>
       </c>
-      <c r="I237" s="21">
+      <c r="I237" s="29">
         <v>509</v>
       </c>
-    </row>
-    <row r="238" spans="1:9" s="3" customFormat="1">
+      <c r="J237" s="29">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" s="3" customFormat="1">
       <c r="A238" s="12" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="B238" s="11" t="s">
         <v>234</v>
       </c>
       <c r="C238" s="21">
         <v>6</v>
       </c>
       <c r="D238" s="21">
         <v>11</v>
       </c>
       <c r="E238" s="21">
         <v>8</v>
       </c>
       <c r="F238" s="24">
         <v>2</v>
       </c>
       <c r="G238" s="21">
         <v>11</v>
       </c>
       <c r="H238" s="21">
         <v>11</v>
       </c>
-      <c r="I238" s="21">
+      <c r="I238" s="29">
         <v>8</v>
       </c>
-    </row>
-    <row r="239" spans="1:9" s="3" customFormat="1">
+      <c r="J238" s="29">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" s="3" customFormat="1">
       <c r="A239" s="12" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="B239" s="11" t="s">
         <v>235</v>
       </c>
       <c r="C239" s="21">
         <v>2327</v>
       </c>
       <c r="D239" s="21">
         <v>2212</v>
       </c>
       <c r="E239" s="21">
         <v>2219</v>
       </c>
       <c r="F239" s="24">
         <v>1736</v>
       </c>
       <c r="G239" s="21">
         <v>2066</v>
       </c>
       <c r="H239" s="21">
         <v>1567</v>
       </c>
-      <c r="I239" s="21">
+      <c r="I239" s="29">
         <v>1881</v>
       </c>
-    </row>
-    <row r="240" spans="1:9" s="3" customFormat="1">
+      <c r="J239" s="29">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" s="3" customFormat="1">
       <c r="A240" s="12" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="B240" s="11" t="s">
         <v>236</v>
       </c>
       <c r="C240" s="21">
         <v>1186</v>
       </c>
       <c r="D240" s="21">
         <v>1230</v>
       </c>
       <c r="E240" s="21">
         <v>1197</v>
       </c>
       <c r="F240" s="24">
         <v>918</v>
       </c>
       <c r="G240" s="21">
         <v>1172</v>
       </c>
       <c r="H240" s="21">
         <v>946</v>
       </c>
-      <c r="I240" s="21">
+      <c r="I240" s="29">
         <v>1066</v>
       </c>
-    </row>
-    <row r="241" spans="1:9" s="3" customFormat="1">
+      <c r="J240" s="29">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="241" spans="1:10" s="3" customFormat="1">
       <c r="A241" s="12" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="B241" s="11" t="s">
         <v>237</v>
       </c>
       <c r="C241" s="21">
         <v>1359</v>
       </c>
       <c r="D241" s="21">
         <v>1368</v>
       </c>
       <c r="E241" s="21">
         <v>1409</v>
       </c>
       <c r="F241" s="24">
         <v>872</v>
       </c>
       <c r="G241" s="21">
         <v>1291</v>
       </c>
       <c r="H241" s="21">
         <v>901</v>
       </c>
-      <c r="I241" s="21">
+      <c r="I241" s="29">
         <v>1219</v>
       </c>
-    </row>
-    <row r="242" spans="1:9" s="3" customFormat="1">
+      <c r="J241" s="29">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" s="3" customFormat="1">
       <c r="A242" s="12" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="B242" s="11" t="s">
         <v>238</v>
       </c>
       <c r="C242" s="21">
         <v>2258</v>
       </c>
       <c r="D242" s="21">
         <v>2494</v>
       </c>
       <c r="E242" s="21">
         <v>2466</v>
       </c>
       <c r="F242" s="24">
         <v>1924</v>
       </c>
       <c r="G242" s="21">
         <v>2314</v>
       </c>
       <c r="H242" s="21">
         <v>1862</v>
       </c>
-      <c r="I242" s="21">
+      <c r="I242" s="29">
         <v>2043</v>
       </c>
-    </row>
-    <row r="243" spans="1:9" s="3" customFormat="1">
+      <c r="J242" s="29">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" s="3" customFormat="1">
       <c r="A243" s="12" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B243" s="11" t="s">
         <v>239</v>
       </c>
       <c r="C243" s="21">
         <v>3422</v>
       </c>
       <c r="D243" s="21">
         <v>3444</v>
       </c>
       <c r="E243" s="21">
         <v>3608</v>
       </c>
       <c r="F243" s="24">
         <v>2912</v>
       </c>
       <c r="G243" s="21">
         <v>3600</v>
       </c>
       <c r="H243" s="21">
         <v>2884</v>
       </c>
-      <c r="I243" s="21">
+      <c r="I243" s="29">
         <v>3475</v>
       </c>
-    </row>
-    <row r="244" spans="1:9" s="3" customFormat="1">
+      <c r="J243" s="29">
+        <v>3523</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" s="3" customFormat="1">
       <c r="A244" s="12" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="B244" s="11" t="s">
         <v>240</v>
       </c>
       <c r="C244" s="21">
         <v>3466</v>
       </c>
       <c r="D244" s="21">
         <v>3531</v>
       </c>
       <c r="E244" s="21">
         <v>3384</v>
       </c>
       <c r="F244" s="24">
         <v>2669</v>
       </c>
       <c r="G244" s="21">
         <v>2872</v>
       </c>
       <c r="H244" s="21">
         <v>2429</v>
       </c>
-      <c r="I244" s="21">
+      <c r="I244" s="29">
         <v>3165</v>
       </c>
-    </row>
-    <row r="245" spans="1:9" s="3" customFormat="1">
+      <c r="J244" s="29">
+        <v>3931</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" s="3" customFormat="1">
       <c r="A245" s="12" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="B245" s="11" t="s">
         <v>241</v>
       </c>
       <c r="C245" s="21">
         <v>4142</v>
       </c>
       <c r="D245" s="21">
         <v>4436</v>
       </c>
       <c r="E245" s="21">
         <v>4722</v>
       </c>
       <c r="F245" s="24">
         <v>3516</v>
       </c>
       <c r="G245" s="21">
         <v>4866</v>
       </c>
       <c r="H245" s="21">
         <v>3803</v>
       </c>
-      <c r="I245" s="21">
+      <c r="I245" s="29">
         <v>4466</v>
       </c>
-    </row>
-    <row r="246" spans="1:9" s="3" customFormat="1">
+      <c r="J245" s="29">
+        <v>4651</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" s="3" customFormat="1">
       <c r="A246" s="12" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="B246" s="11" t="s">
         <v>242</v>
       </c>
       <c r="C246" s="21">
         <v>8219</v>
       </c>
       <c r="D246" s="21">
         <v>8262</v>
       </c>
       <c r="E246" s="21">
         <v>8339</v>
       </c>
       <c r="F246" s="24">
         <v>6778</v>
       </c>
       <c r="G246" s="21">
         <v>8388</v>
       </c>
       <c r="H246" s="21">
         <v>7108</v>
       </c>
-      <c r="I246" s="21">
+      <c r="I246" s="29">
         <v>8096</v>
       </c>
-    </row>
-    <row r="247" spans="1:9" s="3" customFormat="1">
+      <c r="J246" s="29">
+        <v>9028</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" s="3" customFormat="1">
       <c r="A247" s="12" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="B247" s="11" t="s">
         <v>243</v>
       </c>
       <c r="C247" s="21">
         <v>3262</v>
       </c>
       <c r="D247" s="21">
         <v>2978</v>
       </c>
       <c r="E247" s="21">
         <v>2866</v>
       </c>
       <c r="F247" s="24">
         <v>2204</v>
       </c>
       <c r="G247" s="21">
         <v>2144</v>
       </c>
       <c r="H247" s="21">
         <v>1777</v>
       </c>
-      <c r="I247" s="21">
+      <c r="I247" s="29">
         <v>1775</v>
       </c>
-    </row>
-    <row r="248" spans="1:9" s="3" customFormat="1">
+      <c r="J247" s="29">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" s="3" customFormat="1">
       <c r="A248" s="12" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="B248" s="11" t="s">
         <v>244</v>
       </c>
       <c r="C248" s="21">
         <v>732</v>
       </c>
       <c r="D248" s="21">
         <v>735</v>
       </c>
       <c r="E248" s="21">
         <v>646</v>
       </c>
       <c r="F248" s="24">
         <v>377</v>
       </c>
       <c r="G248" s="21">
         <v>219</v>
       </c>
       <c r="H248" s="21">
         <v>202</v>
       </c>
-      <c r="I248" s="21">
+      <c r="I248" s="29">
         <v>195</v>
       </c>
-    </row>
-    <row r="249" spans="1:9" s="3" customFormat="1">
+      <c r="J248" s="29">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" s="3" customFormat="1">
       <c r="A249" s="12" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="B249" s="11" t="s">
         <v>245</v>
       </c>
       <c r="C249" s="21">
         <v>6046</v>
       </c>
       <c r="D249" s="21">
         <v>6029</v>
       </c>
       <c r="E249" s="21">
         <v>6022</v>
       </c>
       <c r="F249" s="24">
         <v>4972</v>
       </c>
       <c r="G249" s="21">
         <v>4747</v>
       </c>
       <c r="H249" s="21">
         <v>3634</v>
       </c>
-      <c r="I249" s="21">
+      <c r="I249" s="29">
         <v>3673</v>
       </c>
-    </row>
-    <row r="250" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J249" s="29">
+        <v>3493</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A250" s="12" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="B250" s="11" t="s">
         <v>246</v>
       </c>
       <c r="C250" s="21">
         <v>2662</v>
       </c>
       <c r="D250" s="21">
         <v>2489</v>
       </c>
       <c r="E250" s="21">
         <v>2256</v>
       </c>
       <c r="F250" s="24">
         <v>2022</v>
       </c>
       <c r="G250" s="21">
         <v>1789</v>
       </c>
       <c r="H250" s="21">
         <v>1430</v>
       </c>
-      <c r="I250" s="21">
+      <c r="I250" s="29">
         <v>1523</v>
       </c>
-    </row>
-    <row r="251" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J250" s="29">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="251" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A251" s="12" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="B251" s="11" t="s">
         <v>247</v>
       </c>
       <c r="C251" s="21">
         <v>3766</v>
       </c>
       <c r="D251" s="21">
         <v>3558</v>
       </c>
       <c r="E251" s="21">
         <v>3425</v>
       </c>
       <c r="F251" s="24">
         <v>2602</v>
       </c>
       <c r="G251" s="21">
         <v>2656</v>
       </c>
       <c r="H251" s="21">
         <v>1926</v>
       </c>
-      <c r="I251" s="21">
+      <c r="I251" s="29">
         <v>2233</v>
       </c>
-    </row>
-    <row r="252" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J251" s="29">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="252" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A252" s="12" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="B252" s="11" t="s">
         <v>248</v>
       </c>
       <c r="C252" s="21">
         <v>17858</v>
       </c>
       <c r="D252" s="21">
         <v>18015</v>
       </c>
       <c r="E252" s="21">
         <v>15822</v>
       </c>
       <c r="F252" s="24">
         <v>13185</v>
       </c>
       <c r="G252" s="21">
         <v>13458</v>
       </c>
       <c r="H252" s="21">
         <v>11214</v>
       </c>
-      <c r="I252" s="21">
+      <c r="I252" s="29">
         <v>12124</v>
       </c>
-    </row>
-    <row r="253" spans="1:9" s="3" customFormat="1">
+      <c r="J252" s="29">
+        <v>13571</v>
+      </c>
+    </row>
+    <row r="253" spans="1:10" s="3" customFormat="1">
       <c r="A253" s="12" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="B253" s="11" t="s">
         <v>249</v>
       </c>
       <c r="C253" s="21">
         <v>137</v>
       </c>
       <c r="D253" s="21">
         <v>114</v>
       </c>
       <c r="E253" s="21">
         <v>105</v>
       </c>
       <c r="F253" s="24">
         <v>77</v>
       </c>
       <c r="G253" s="21">
         <v>63</v>
       </c>
       <c r="H253" s="21">
         <v>61</v>
       </c>
-      <c r="I253" s="21">
+      <c r="I253" s="29">
         <v>39</v>
       </c>
-    </row>
-    <row r="254" spans="1:9" s="3" customFormat="1">
+      <c r="J253" s="29">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="254" spans="1:10" s="3" customFormat="1">
       <c r="A254" s="12" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="B254" s="11" t="s">
         <v>250</v>
       </c>
       <c r="C254" s="21">
         <v>1450</v>
       </c>
       <c r="D254" s="21">
         <v>1191</v>
       </c>
       <c r="E254" s="21">
         <v>942</v>
       </c>
       <c r="F254" s="24">
         <v>826</v>
       </c>
       <c r="G254" s="21">
         <v>834</v>
       </c>
       <c r="H254" s="21">
         <v>728</v>
       </c>
-      <c r="I254" s="21">
+      <c r="I254" s="29">
         <v>670</v>
       </c>
-    </row>
-    <row r="255" spans="1:9" s="3" customFormat="1">
+      <c r="J254" s="29">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="255" spans="1:10" s="3" customFormat="1">
       <c r="A255" s="12" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="B255" s="11" t="s">
         <v>251</v>
       </c>
       <c r="C255" s="21">
         <v>27813</v>
       </c>
       <c r="D255" s="21">
         <v>26525</v>
       </c>
       <c r="E255" s="21">
         <v>25671</v>
       </c>
       <c r="F255" s="24">
         <v>18640</v>
       </c>
       <c r="G255" s="21">
         <v>18461</v>
       </c>
       <c r="H255" s="21">
         <v>13974</v>
       </c>
-      <c r="I255" s="21">
+      <c r="I255" s="29">
         <v>15339</v>
       </c>
-    </row>
-    <row r="256" spans="1:9" s="3" customFormat="1">
+      <c r="J255" s="29">
+        <v>16388</v>
+      </c>
+    </row>
+    <row r="256" spans="1:10" s="3" customFormat="1">
       <c r="A256" s="12" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="B256" s="11" t="s">
         <v>252</v>
       </c>
       <c r="C256" s="21">
         <v>9645</v>
       </c>
       <c r="D256" s="21">
         <v>10119</v>
       </c>
       <c r="E256" s="21">
         <v>11654</v>
       </c>
       <c r="F256" s="24">
         <v>8600</v>
       </c>
       <c r="G256" s="21">
         <v>5312</v>
       </c>
       <c r="H256" s="21">
         <v>5326</v>
       </c>
-      <c r="I256" s="21">
+      <c r="I256" s="29">
         <v>6469</v>
       </c>
-    </row>
-    <row r="257" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J256" s="29">
+        <v>6098</v>
+      </c>
+    </row>
+    <row r="257" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A257" s="12" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="B257" s="11" t="s">
         <v>253</v>
       </c>
       <c r="C257" s="21">
         <v>11209</v>
       </c>
       <c r="D257" s="21">
         <v>10131</v>
       </c>
       <c r="E257" s="21">
         <v>9478</v>
       </c>
       <c r="F257" s="24">
         <v>6645</v>
       </c>
       <c r="G257" s="21">
         <v>7025</v>
       </c>
       <c r="H257" s="21">
         <v>5508</v>
       </c>
-      <c r="I257" s="21">
+      <c r="I257" s="29">
         <v>6386</v>
       </c>
-    </row>
-    <row r="258" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J257" s="29">
+        <v>6761</v>
+      </c>
+    </row>
+    <row r="258" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A258" s="12" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="B258" s="11" t="s">
         <v>254</v>
       </c>
       <c r="C258" s="21">
         <v>3509</v>
       </c>
       <c r="D258" s="21">
         <v>3037</v>
       </c>
       <c r="E258" s="21">
         <v>2856</v>
       </c>
       <c r="F258" s="24">
         <v>2095</v>
       </c>
       <c r="G258" s="21">
         <v>1795</v>
       </c>
       <c r="H258" s="21">
         <v>1373</v>
       </c>
-      <c r="I258" s="21">
+      <c r="I258" s="29">
         <v>1343</v>
       </c>
-    </row>
-    <row r="259" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J258" s="29">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="259" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A259" s="12" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B259" s="11" t="s">
         <v>255</v>
       </c>
       <c r="C259" s="21">
         <v>3268</v>
       </c>
       <c r="D259" s="21">
         <v>3004</v>
       </c>
       <c r="E259" s="21">
         <v>2725</v>
       </c>
       <c r="F259" s="24">
         <v>2346</v>
       </c>
       <c r="G259" s="21">
         <v>2200</v>
       </c>
       <c r="H259" s="21">
         <v>1904</v>
       </c>
-      <c r="I259" s="21">
+      <c r="I259" s="29">
         <v>1854</v>
       </c>
-    </row>
-    <row r="260" spans="1:9" s="3" customFormat="1">
+      <c r="J259" s="29">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="260" spans="1:10" s="3" customFormat="1">
       <c r="A260" s="12" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="B260" s="11" t="s">
         <v>256</v>
       </c>
       <c r="C260" s="21">
         <v>179</v>
       </c>
       <c r="D260" s="21">
         <v>156</v>
       </c>
       <c r="E260" s="21">
         <v>164</v>
       </c>
       <c r="F260" s="24">
         <v>128</v>
       </c>
       <c r="G260" s="21">
         <v>142</v>
       </c>
       <c r="H260" s="21">
         <v>91</v>
       </c>
-      <c r="I260" s="21">
+      <c r="I260" s="29">
         <v>128</v>
       </c>
-    </row>
-    <row r="261" spans="1:9" s="3" customFormat="1">
+      <c r="J260" s="29">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="261" spans="1:10" s="3" customFormat="1">
       <c r="A261" s="12" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="B261" s="11" t="s">
         <v>257</v>
       </c>
       <c r="C261" s="21">
         <v>1647</v>
       </c>
       <c r="D261" s="21">
         <v>1495</v>
       </c>
       <c r="E261" s="21">
         <v>1326</v>
       </c>
       <c r="F261" s="24">
         <v>941</v>
       </c>
       <c r="G261" s="21">
         <v>782</v>
       </c>
       <c r="H261" s="21">
         <v>699</v>
       </c>
-      <c r="I261" s="21">
+      <c r="I261" s="29">
         <v>668</v>
       </c>
-    </row>
-    <row r="262" spans="1:9" s="3" customFormat="1">
+      <c r="J261" s="29">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="262" spans="1:10" s="3" customFormat="1">
       <c r="A262" s="12" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="B262" s="11" t="s">
         <v>258</v>
       </c>
       <c r="C262" s="21">
         <v>1812</v>
       </c>
       <c r="D262" s="21">
         <v>1698</v>
       </c>
       <c r="E262" s="21">
         <v>1711</v>
       </c>
       <c r="F262" s="24">
         <v>1683</v>
       </c>
       <c r="G262" s="21">
         <v>1836</v>
       </c>
       <c r="H262" s="21">
         <v>1409</v>
       </c>
-      <c r="I262" s="21">
+      <c r="I262" s="29">
         <v>2013</v>
       </c>
-    </row>
-    <row r="263" spans="1:9" s="3" customFormat="1">
+      <c r="J262" s="29">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="263" spans="1:10" s="3" customFormat="1">
       <c r="A263" s="12" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="B263" s="11" t="s">
         <v>259</v>
       </c>
       <c r="C263" s="21">
         <v>538</v>
       </c>
       <c r="D263" s="21">
         <v>480</v>
       </c>
       <c r="E263" s="21">
         <v>375</v>
       </c>
       <c r="F263" s="24">
         <v>382</v>
       </c>
       <c r="G263" s="21">
         <v>429</v>
       </c>
       <c r="H263" s="21">
         <v>407</v>
       </c>
-      <c r="I263" s="21">
+      <c r="I263" s="29">
         <v>430</v>
       </c>
-    </row>
-    <row r="264" spans="1:9" s="3" customFormat="1">
+      <c r="J263" s="29">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="264" spans="1:10" s="3" customFormat="1">
       <c r="A264" s="12" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="B264" s="11" t="s">
         <v>260</v>
       </c>
       <c r="C264" s="21">
         <v>716</v>
       </c>
       <c r="D264" s="21">
         <v>587</v>
       </c>
       <c r="E264" s="21">
         <v>560</v>
       </c>
       <c r="F264" s="24">
         <v>378</v>
       </c>
       <c r="G264" s="21">
         <v>336</v>
       </c>
       <c r="H264" s="21">
         <v>274</v>
       </c>
-      <c r="I264" s="21">
+      <c r="I264" s="29">
         <v>227</v>
       </c>
-    </row>
-    <row r="265" spans="1:9" s="3" customFormat="1">
+      <c r="J264" s="29">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="265" spans="1:10" s="3" customFormat="1">
       <c r="A265" s="12" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B265" s="11" t="s">
         <v>261</v>
       </c>
       <c r="C265" s="21">
         <v>128</v>
       </c>
       <c r="D265" s="21">
         <v>169</v>
       </c>
       <c r="E265" s="21">
         <v>163</v>
       </c>
       <c r="F265" s="24">
         <v>115</v>
       </c>
       <c r="G265" s="21">
         <v>119</v>
       </c>
       <c r="H265" s="21">
         <v>79</v>
       </c>
-      <c r="I265" s="21">
+      <c r="I265" s="29">
         <v>61</v>
       </c>
-    </row>
-    <row r="266" spans="1:9" s="3" customFormat="1">
+      <c r="J265" s="29">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="266" spans="1:10" s="3" customFormat="1">
       <c r="A266" s="12" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="B266" s="11" t="s">
         <v>262</v>
       </c>
       <c r="C266" s="21">
         <v>22196</v>
       </c>
       <c r="D266" s="21">
         <v>21297</v>
       </c>
       <c r="E266" s="21">
         <v>19998</v>
       </c>
       <c r="F266" s="24">
         <v>13516</v>
       </c>
       <c r="G266" s="21">
         <v>12373</v>
       </c>
       <c r="H266" s="21">
         <v>9608</v>
       </c>
-      <c r="I266" s="21">
+      <c r="I266" s="29">
         <v>11486</v>
       </c>
-    </row>
-    <row r="267" spans="1:9" s="3" customFormat="1">
+      <c r="J266" s="29">
+        <v>13355</v>
+      </c>
+    </row>
+    <row r="267" spans="1:10" s="3" customFormat="1">
       <c r="A267" s="12" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="B267" s="11" t="s">
         <v>263</v>
       </c>
       <c r="C267" s="21">
         <v>110</v>
       </c>
       <c r="D267" s="21">
         <v>98</v>
       </c>
       <c r="E267" s="21">
         <v>92</v>
       </c>
       <c r="F267" s="24">
         <v>73</v>
       </c>
       <c r="G267" s="21">
         <v>87</v>
       </c>
       <c r="H267" s="21">
         <v>43</v>
       </c>
-      <c r="I267" s="21">
+      <c r="I267" s="29">
         <v>48</v>
       </c>
-    </row>
-    <row r="268" spans="1:9" s="3" customFormat="1">
+      <c r="J267" s="29">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="268" spans="1:10" s="3" customFormat="1">
       <c r="A268" s="12" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="B268" s="11" t="s">
         <v>264</v>
       </c>
       <c r="C268" s="21">
         <v>180</v>
       </c>
       <c r="D268" s="21">
         <v>220</v>
       </c>
       <c r="E268" s="21">
         <v>214</v>
       </c>
       <c r="F268" s="24">
         <v>174</v>
       </c>
       <c r="G268" s="21">
         <v>203</v>
       </c>
       <c r="H268" s="21">
         <v>176</v>
       </c>
-      <c r="I268" s="21">
+      <c r="I268" s="29">
         <v>169</v>
       </c>
-    </row>
-    <row r="269" spans="1:9" s="3" customFormat="1">
+      <c r="J268" s="29">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="269" spans="1:10" s="3" customFormat="1">
       <c r="A269" s="12" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="B269" s="11" t="s">
         <v>265</v>
       </c>
       <c r="C269" s="21">
         <v>4611</v>
       </c>
       <c r="D269" s="21">
         <v>5026</v>
       </c>
       <c r="E269" s="21">
         <v>4860</v>
       </c>
       <c r="F269" s="24">
         <v>3422</v>
       </c>
       <c r="G269" s="21">
         <v>3448</v>
       </c>
       <c r="H269" s="21">
         <v>2650</v>
       </c>
-      <c r="I269" s="21">
+      <c r="I269" s="29">
         <v>2941</v>
       </c>
-    </row>
-    <row r="270" spans="1:9" s="3" customFormat="1">
+      <c r="J269" s="29">
+        <v>3665</v>
+      </c>
+    </row>
+    <row r="270" spans="1:10" s="3" customFormat="1">
       <c r="A270" s="12" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="B270" s="11" t="s">
         <v>266</v>
       </c>
       <c r="C270" s="21">
         <v>353</v>
       </c>
       <c r="D270" s="21">
         <v>448</v>
       </c>
       <c r="E270" s="21">
         <v>320</v>
       </c>
       <c r="F270" s="24">
         <v>186</v>
       </c>
       <c r="G270" s="21">
         <v>167</v>
       </c>
       <c r="H270" s="21">
         <v>123</v>
       </c>
-      <c r="I270" s="21">
+      <c r="I270" s="29">
         <v>169</v>
       </c>
-    </row>
-    <row r="271" spans="1:9" s="3" customFormat="1">
+      <c r="J270" s="29">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="271" spans="1:10" s="3" customFormat="1">
       <c r="A271" s="12" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="B271" s="11" t="s">
         <v>267</v>
       </c>
       <c r="C271" s="21">
         <v>26</v>
       </c>
       <c r="D271" s="21">
         <v>7</v>
       </c>
       <c r="E271" s="21">
         <v>14</v>
       </c>
       <c r="F271" s="24">
         <v>12</v>
       </c>
       <c r="G271" s="21">
         <v>16</v>
       </c>
       <c r="H271" s="21">
         <v>10</v>
       </c>
-      <c r="I271" s="21">
+      <c r="I271" s="29">
         <v>11</v>
       </c>
-    </row>
-    <row r="272" spans="1:9" s="3" customFormat="1">
+      <c r="J271" s="29">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="272" spans="1:10" s="3" customFormat="1">
       <c r="A272" s="12" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="B272" s="11" t="s">
         <v>268</v>
       </c>
       <c r="C272" s="21">
         <v>687</v>
       </c>
       <c r="D272" s="21">
         <v>681</v>
       </c>
       <c r="E272" s="21">
         <v>667</v>
       </c>
       <c r="F272" s="24">
         <v>516</v>
       </c>
       <c r="G272" s="21">
         <v>579</v>
       </c>
       <c r="H272" s="21">
         <v>458</v>
       </c>
-      <c r="I272" s="21">
+      <c r="I272" s="29">
         <v>506</v>
       </c>
-    </row>
-    <row r="273" spans="1:9" s="3" customFormat="1">
+      <c r="J272" s="29">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="273" spans="1:10" s="3" customFormat="1">
       <c r="A273" s="12" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="B273" s="11" t="s">
         <v>269</v>
       </c>
       <c r="C273" s="21">
         <v>376</v>
       </c>
       <c r="D273" s="21">
         <v>347</v>
       </c>
       <c r="E273" s="21">
         <v>347</v>
       </c>
       <c r="F273" s="24">
         <v>260</v>
       </c>
       <c r="G273" s="21">
         <v>239</v>
       </c>
       <c r="H273" s="21">
         <v>199</v>
       </c>
-      <c r="I273" s="21">
+      <c r="I273" s="29">
         <v>255</v>
       </c>
-    </row>
-    <row r="274" spans="1:9" s="3" customFormat="1">
+      <c r="J273" s="29">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="274" spans="1:10" s="3" customFormat="1">
       <c r="A274" s="12" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="B274" s="11" t="s">
         <v>270</v>
       </c>
       <c r="C274" s="21">
         <v>1246</v>
       </c>
       <c r="D274" s="21">
         <v>1263</v>
       </c>
       <c r="E274" s="21">
         <v>1167</v>
       </c>
       <c r="F274" s="24">
         <v>937</v>
       </c>
       <c r="G274" s="21">
         <v>950</v>
       </c>
       <c r="H274" s="21">
         <v>848</v>
       </c>
-      <c r="I274" s="21">
+      <c r="I274" s="29">
         <v>952</v>
       </c>
-    </row>
-    <row r="275" spans="1:9" s="3" customFormat="1">
+      <c r="J274" s="29">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="275" spans="1:10" s="3" customFormat="1">
       <c r="A275" s="12" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="B275" s="11" t="s">
         <v>271</v>
       </c>
       <c r="C275" s="21">
         <v>49</v>
       </c>
       <c r="D275" s="21">
         <v>53</v>
       </c>
       <c r="E275" s="21">
         <v>56</v>
       </c>
       <c r="F275" s="24">
         <v>37</v>
       </c>
       <c r="G275" s="21">
         <v>54</v>
       </c>
       <c r="H275" s="21">
         <v>29</v>
       </c>
-      <c r="I275" s="21">
+      <c r="I275" s="29">
         <v>39</v>
       </c>
-    </row>
-    <row r="276" spans="1:9" s="3" customFormat="1">
+      <c r="J275" s="29">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="276" spans="1:10" s="3" customFormat="1">
       <c r="A276" s="12" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="B276" s="11" t="s">
         <v>272</v>
       </c>
       <c r="C276" s="21">
         <v>174</v>
       </c>
       <c r="D276" s="21">
         <v>222</v>
       </c>
       <c r="E276" s="21">
         <v>219</v>
       </c>
       <c r="F276" s="24">
         <v>197</v>
       </c>
       <c r="G276" s="21">
         <v>168</v>
       </c>
       <c r="H276" s="21">
         <v>77</v>
       </c>
-      <c r="I276" s="21">
+      <c r="I276" s="29">
         <v>116</v>
       </c>
-    </row>
-    <row r="277" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J276" s="29">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="277" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A277" s="12" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="B277" s="11" t="s">
         <v>273</v>
       </c>
       <c r="C277" s="21">
         <v>966</v>
       </c>
       <c r="D277" s="21">
         <v>940</v>
       </c>
       <c r="E277" s="21">
         <v>888</v>
       </c>
       <c r="F277" s="24">
         <v>665</v>
       </c>
       <c r="G277" s="21">
         <v>799</v>
       </c>
       <c r="H277" s="21">
         <v>660</v>
       </c>
-      <c r="I277" s="21">
+      <c r="I277" s="29">
         <v>692</v>
       </c>
-    </row>
-    <row r="278" spans="1:9" s="3" customFormat="1">
+      <c r="J277" s="29">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="278" spans="1:10" s="3" customFormat="1">
       <c r="A278" s="12" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="B278" s="11" t="s">
         <v>274</v>
       </c>
       <c r="C278" s="21">
         <v>2067</v>
       </c>
       <c r="D278" s="21">
         <v>1902</v>
       </c>
       <c r="E278" s="21">
         <v>2194</v>
       </c>
       <c r="F278" s="24">
         <v>1517</v>
       </c>
       <c r="G278" s="21">
         <v>1903</v>
       </c>
       <c r="H278" s="21">
         <v>1526</v>
       </c>
-      <c r="I278" s="21">
+      <c r="I278" s="29">
         <v>1860</v>
       </c>
-    </row>
-    <row r="279" spans="1:9" s="3" customFormat="1">
+      <c r="J278" s="29">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="279" spans="1:10" s="3" customFormat="1">
       <c r="A279" s="12" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="B279" s="11" t="s">
         <v>275</v>
       </c>
       <c r="C279" s="21">
         <v>175</v>
       </c>
       <c r="D279" s="21">
         <v>222</v>
       </c>
       <c r="E279" s="21">
         <v>180</v>
       </c>
       <c r="F279" s="24">
         <v>153</v>
       </c>
       <c r="G279" s="21">
         <v>137</v>
       </c>
       <c r="H279" s="21">
         <v>119</v>
       </c>
-      <c r="I279" s="21">
+      <c r="I279" s="29">
         <v>151</v>
       </c>
-    </row>
-    <row r="280" spans="1:9" s="3" customFormat="1">
+      <c r="J279" s="29">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="280" spans="1:10" s="3" customFormat="1">
       <c r="A280" s="12" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="B280" s="11" t="s">
         <v>276</v>
       </c>
       <c r="C280" s="21">
         <v>26696</v>
       </c>
       <c r="D280" s="21">
         <v>26488</v>
       </c>
       <c r="E280" s="21">
         <v>29045</v>
       </c>
       <c r="F280" s="24">
         <v>23007</v>
       </c>
       <c r="G280" s="21">
         <v>30019</v>
       </c>
       <c r="H280" s="21">
         <v>23435</v>
       </c>
-      <c r="I280" s="21">
+      <c r="I280" s="29">
         <v>29930</v>
       </c>
-    </row>
-    <row r="281" spans="1:9" s="3" customFormat="1">
+      <c r="J280" s="29">
+        <v>32417</v>
+      </c>
+    </row>
+    <row r="281" spans="1:10" s="3" customFormat="1">
       <c r="A281" s="12" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="B281" s="11" t="s">
         <v>277</v>
       </c>
       <c r="C281" s="21">
         <v>13806</v>
       </c>
       <c r="D281" s="21">
         <v>15520</v>
       </c>
       <c r="E281" s="21">
         <v>17013</v>
       </c>
       <c r="F281" s="24">
         <v>17851</v>
       </c>
       <c r="G281" s="21">
         <v>18948</v>
       </c>
       <c r="H281" s="21">
         <v>14589</v>
       </c>
-      <c r="I281" s="21">
+      <c r="I281" s="29">
         <v>20848</v>
       </c>
-    </row>
-    <row r="282" spans="1:9" s="3" customFormat="1">
+      <c r="J281" s="29">
+        <v>23971</v>
+      </c>
+    </row>
+    <row r="282" spans="1:10" s="3" customFormat="1">
       <c r="A282" s="12" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="B282" s="11" t="s">
         <v>278</v>
       </c>
       <c r="C282" s="21">
         <v>11</v>
       </c>
       <c r="D282" s="21">
         <v>4</v>
       </c>
       <c r="E282" s="21">
         <v>4</v>
       </c>
       <c r="F282" s="24">
         <v>6</v>
       </c>
       <c r="G282" s="21">
         <v>4</v>
       </c>
       <c r="H282" s="21">
         <v>7</v>
       </c>
-      <c r="I282" s="21">
+      <c r="I282" s="29">
         <v>52</v>
       </c>
-    </row>
-    <row r="283" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J282" s="29">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="283" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A283" s="12" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B283" s="11" t="s">
         <v>279</v>
       </c>
       <c r="C283" s="21">
         <v>162018</v>
       </c>
       <c r="D283" s="21">
         <v>166152</v>
       </c>
       <c r="E283" s="21">
         <v>169331</v>
       </c>
       <c r="F283" s="24">
         <v>131163</v>
       </c>
       <c r="G283" s="21">
         <v>167474</v>
       </c>
       <c r="H283" s="21">
         <v>136083</v>
       </c>
-      <c r="I283" s="21">
+      <c r="I283" s="29">
         <v>174706</v>
       </c>
-    </row>
-    <row r="284" spans="1:9" s="3" customFormat="1">
+      <c r="J283" s="29">
+        <v>190374</v>
+      </c>
+    </row>
+    <row r="284" spans="1:10" s="3" customFormat="1">
       <c r="A284" s="12" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="B284" s="11" t="s">
         <v>280</v>
       </c>
       <c r="C284" s="21">
         <v>1021</v>
       </c>
       <c r="D284" s="21">
         <v>996</v>
       </c>
       <c r="E284" s="21">
         <v>1039</v>
       </c>
       <c r="F284" s="24">
         <v>829</v>
       </c>
       <c r="G284" s="21">
         <v>883</v>
       </c>
       <c r="H284" s="21">
         <v>816</v>
       </c>
-      <c r="I284" s="21">
+      <c r="I284" s="29">
         <v>963</v>
       </c>
-    </row>
-    <row r="285" spans="1:9" s="3" customFormat="1">
+      <c r="J284" s="29">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="285" spans="1:10" s="3" customFormat="1">
       <c r="A285" s="12" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="B285" s="11" t="s">
         <v>281</v>
       </c>
       <c r="C285" s="21">
         <v>4230</v>
       </c>
       <c r="D285" s="21">
         <v>4384</v>
       </c>
       <c r="E285" s="21">
         <v>3972</v>
       </c>
       <c r="F285" s="24">
         <v>3339</v>
       </c>
       <c r="G285" s="21">
         <v>3582</v>
       </c>
       <c r="H285" s="21">
         <v>3226</v>
       </c>
-      <c r="I285" s="21">
+      <c r="I285" s="29">
         <v>4062</v>
       </c>
-    </row>
-    <row r="286" spans="1:9" s="3" customFormat="1">
+      <c r="J285" s="29">
+        <v>4431</v>
+      </c>
+    </row>
+    <row r="286" spans="1:10" s="3" customFormat="1">
       <c r="A286" s="12" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="B286" s="11" t="s">
         <v>282</v>
       </c>
       <c r="C286" s="21">
         <v>10884</v>
       </c>
       <c r="D286" s="21">
         <v>11190</v>
       </c>
       <c r="E286" s="21">
         <v>10744</v>
       </c>
       <c r="F286" s="24">
         <v>9982</v>
       </c>
       <c r="G286" s="21">
         <v>10066</v>
       </c>
       <c r="H286" s="21">
         <v>10452</v>
       </c>
-      <c r="I286" s="21">
+      <c r="I286" s="29">
         <v>11442</v>
       </c>
-    </row>
-    <row r="287" spans="1:9" s="3" customFormat="1">
+      <c r="J286" s="29">
+        <v>11764</v>
+      </c>
+    </row>
+    <row r="287" spans="1:10" s="3" customFormat="1">
       <c r="A287" s="12" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="B287" s="11" t="s">
         <v>283</v>
       </c>
       <c r="C287" s="21">
         <v>21188</v>
       </c>
       <c r="D287" s="21">
         <v>22112</v>
       </c>
       <c r="E287" s="21">
         <v>22548</v>
       </c>
       <c r="F287" s="24">
         <v>17983</v>
       </c>
       <c r="G287" s="21">
         <v>20830</v>
       </c>
       <c r="H287" s="21">
         <v>18229</v>
       </c>
-      <c r="I287" s="21">
+      <c r="I287" s="29">
         <v>23288</v>
       </c>
-    </row>
-    <row r="288" spans="1:9" s="3" customFormat="1">
+      <c r="J287" s="29">
+        <v>24421</v>
+      </c>
+    </row>
+    <row r="288" spans="1:10" s="3" customFormat="1">
       <c r="A288" s="12" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="B288" s="11" t="s">
         <v>284</v>
       </c>
       <c r="C288" s="21">
         <v>3</v>
       </c>
       <c r="D288" s="21">
         <v>15</v>
       </c>
       <c r="E288" s="21">
         <v>18</v>
       </c>
       <c r="F288" s="24">
         <v>13</v>
       </c>
       <c r="G288" s="21">
         <v>15</v>
       </c>
       <c r="H288" s="21">
         <v>3</v>
       </c>
-      <c r="I288" s="21">
+      <c r="I288" s="29">
         <v>14</v>
       </c>
-    </row>
-    <row r="289" spans="1:9" s="3" customFormat="1">
+      <c r="J288" s="29">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="289" spans="1:10" s="3" customFormat="1">
       <c r="A289" s="12" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B289" s="11" t="s">
         <v>285</v>
       </c>
       <c r="C289" s="21">
         <v>4518</v>
       </c>
       <c r="D289" s="21">
         <v>4395</v>
       </c>
       <c r="E289" s="21">
         <v>4397</v>
       </c>
       <c r="F289" s="24">
         <v>3026</v>
       </c>
       <c r="G289" s="21">
         <v>3923</v>
       </c>
       <c r="H289" s="21">
         <v>3077</v>
       </c>
-      <c r="I289" s="21">
+      <c r="I289" s="29">
         <v>3969</v>
       </c>
-    </row>
-    <row r="290" spans="1:9" s="3" customFormat="1">
+      <c r="J289" s="29">
+        <v>4434</v>
+      </c>
+    </row>
+    <row r="290" spans="1:10" s="3" customFormat="1">
       <c r="A290" s="12" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="B290" s="11" t="s">
         <v>286</v>
       </c>
       <c r="C290" s="21">
         <v>224</v>
       </c>
       <c r="D290" s="21">
         <v>255</v>
       </c>
       <c r="E290" s="21">
         <v>218</v>
       </c>
       <c r="F290" s="24">
         <v>177</v>
       </c>
       <c r="G290" s="21">
         <v>210</v>
       </c>
       <c r="H290" s="21">
         <v>166</v>
       </c>
-      <c r="I290" s="21">
+      <c r="I290" s="29">
         <v>205</v>
       </c>
-    </row>
-    <row r="291" spans="1:9" s="3" customFormat="1">
+      <c r="J290" s="29">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="291" spans="1:10" s="3" customFormat="1">
       <c r="A291" s="12" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="B291" s="11" t="s">
         <v>287</v>
       </c>
       <c r="C291" s="21">
         <v>14038</v>
       </c>
       <c r="D291" s="21">
         <v>14294</v>
       </c>
       <c r="E291" s="21">
         <v>14685</v>
       </c>
       <c r="F291" s="24">
         <v>12831</v>
       </c>
       <c r="G291" s="21">
         <v>14308</v>
       </c>
       <c r="H291" s="21">
         <v>11484</v>
       </c>
-      <c r="I291" s="21">
+      <c r="I291" s="29">
         <v>14198</v>
       </c>
-    </row>
-    <row r="292" spans="1:9" s="3" customFormat="1">
+      <c r="J291" s="29">
+        <v>15847</v>
+      </c>
+    </row>
+    <row r="292" spans="1:10" s="3" customFormat="1">
       <c r="A292" s="12" t="s">
-        <v>598</v>
+        <v>597</v>
       </c>
       <c r="B292" s="11" t="s">
         <v>288</v>
       </c>
       <c r="C292" s="21">
         <v>292</v>
       </c>
       <c r="D292" s="21">
         <v>259</v>
       </c>
       <c r="E292" s="21">
         <v>283</v>
       </c>
       <c r="F292" s="24">
         <v>275</v>
       </c>
       <c r="G292" s="21">
         <v>263</v>
       </c>
       <c r="H292" s="21">
         <v>237</v>
       </c>
-      <c r="I292" s="21">
+      <c r="I292" s="29">
         <v>232</v>
       </c>
-    </row>
-    <row r="293" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J292" s="29">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="293" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A293" s="12" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="B293" s="11" t="s">
         <v>289</v>
       </c>
       <c r="C293" s="21">
         <v>1073</v>
       </c>
       <c r="D293" s="21">
         <v>1011</v>
       </c>
       <c r="E293" s="21">
         <v>1019</v>
       </c>
       <c r="F293" s="24">
         <v>880</v>
       </c>
       <c r="G293" s="21">
         <v>1009</v>
       </c>
       <c r="H293" s="21">
         <v>937</v>
       </c>
-      <c r="I293" s="21">
+      <c r="I293" s="29">
         <v>1007</v>
       </c>
-    </row>
-    <row r="294" spans="1:9" s="3" customFormat="1" ht="52.8">
+      <c r="J293" s="29">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="294" spans="1:10" s="3" customFormat="1" ht="63.75">
       <c r="A294" s="12" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="B294" s="13" t="s">
         <v>290</v>
       </c>
       <c r="C294" s="21">
         <v>20086</v>
       </c>
       <c r="D294" s="21">
         <v>21183</v>
       </c>
       <c r="E294" s="21">
         <v>21930</v>
       </c>
       <c r="F294" s="24">
         <v>17996</v>
       </c>
       <c r="G294" s="21">
         <v>20884</v>
       </c>
       <c r="H294" s="21">
         <v>17320</v>
       </c>
-      <c r="I294" s="21">
+      <c r="I294" s="29">
         <v>20643</v>
       </c>
-    </row>
-    <row r="295" spans="1:9" s="3" customFormat="1">
+      <c r="J294" s="29">
+        <v>21701</v>
+      </c>
+    </row>
+    <row r="295" spans="1:10" s="3" customFormat="1">
       <c r="A295" s="12" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="B295" s="13" t="s">
         <v>291</v>
       </c>
       <c r="C295" s="21">
         <v>2586</v>
       </c>
       <c r="D295" s="21">
         <v>2472</v>
       </c>
       <c r="E295" s="21">
         <v>2520</v>
       </c>
       <c r="F295" s="24">
         <v>2298</v>
       </c>
       <c r="G295" s="21">
         <v>2515</v>
       </c>
       <c r="H295" s="21">
         <v>1936</v>
       </c>
-      <c r="I295" s="21">
+      <c r="I295" s="29">
         <v>2275</v>
       </c>
-    </row>
-    <row r="296" spans="1:9" s="3" customFormat="1">
+      <c r="J295" s="29">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="296" spans="1:10" s="3" customFormat="1">
       <c r="A296" s="12" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="B296" s="13" t="s">
         <v>292</v>
       </c>
       <c r="C296" s="21">
         <v>1136</v>
       </c>
       <c r="D296" s="21">
         <v>1221</v>
       </c>
       <c r="E296" s="21">
         <v>1242</v>
       </c>
       <c r="F296" s="24">
         <v>1040</v>
       </c>
       <c r="G296" s="21">
         <v>1065</v>
       </c>
       <c r="H296" s="21">
         <v>866</v>
       </c>
-      <c r="I296" s="21">
+      <c r="I296" s="29">
         <v>1075</v>
       </c>
-    </row>
-    <row r="297" spans="1:9" s="3" customFormat="1">
+      <c r="J296" s="29">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="297" spans="1:10" s="3" customFormat="1">
       <c r="A297" s="12" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="B297" s="13" t="s">
         <v>293</v>
       </c>
       <c r="C297" s="21">
         <v>2483</v>
       </c>
       <c r="D297" s="21">
         <v>2575</v>
       </c>
       <c r="E297" s="21">
         <v>2625</v>
       </c>
       <c r="F297" s="24">
         <v>2246</v>
       </c>
       <c r="G297" s="21">
         <v>2336</v>
       </c>
       <c r="H297" s="21">
         <v>2146</v>
       </c>
-      <c r="I297" s="21">
+      <c r="I297" s="29">
         <v>2640</v>
       </c>
-    </row>
-    <row r="298" spans="1:9" s="3" customFormat="1">
+      <c r="J297" s="29">
+        <v>2709</v>
+      </c>
+    </row>
+    <row r="298" spans="1:10" s="3" customFormat="1">
       <c r="A298" s="12" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="B298" s="13" t="s">
         <v>294</v>
       </c>
       <c r="C298" s="21">
         <v>363</v>
       </c>
       <c r="D298" s="21">
         <v>365</v>
       </c>
       <c r="E298" s="21">
         <v>414</v>
       </c>
       <c r="F298" s="24">
         <v>393</v>
       </c>
       <c r="G298" s="21">
         <v>437</v>
       </c>
       <c r="H298" s="21">
         <v>429</v>
       </c>
-      <c r="I298" s="21">
+      <c r="I298" s="29">
         <v>427</v>
       </c>
-    </row>
-    <row r="299" spans="1:9" s="3" customFormat="1">
+      <c r="J298" s="29">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="299" spans="1:10" s="3" customFormat="1">
       <c r="A299" s="12" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="B299" s="13" t="s">
         <v>295</v>
       </c>
       <c r="C299" s="21">
         <v>701</v>
       </c>
       <c r="D299" s="21">
         <v>1006</v>
       </c>
       <c r="E299" s="21">
         <v>853</v>
       </c>
       <c r="F299" s="24">
         <v>723</v>
       </c>
       <c r="G299" s="21">
         <v>1294</v>
       </c>
       <c r="H299" s="21">
         <v>1299</v>
       </c>
-      <c r="I299" s="21">
+      <c r="I299" s="29">
         <v>1260</v>
       </c>
-    </row>
-    <row r="300" spans="1:9" s="3" customFormat="1">
+      <c r="J299" s="29">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="300" spans="1:10" s="3" customFormat="1">
       <c r="A300" s="12" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B300" s="13" t="s">
         <v>296</v>
       </c>
       <c r="C300" s="21">
         <v>2310</v>
       </c>
       <c r="D300" s="21">
         <v>2388</v>
       </c>
       <c r="E300" s="21">
         <v>2255</v>
       </c>
       <c r="F300" s="24">
         <v>1873</v>
       </c>
       <c r="G300" s="21">
         <v>2532</v>
       </c>
       <c r="H300" s="21">
         <v>2006</v>
       </c>
-      <c r="I300" s="21">
+      <c r="I300" s="29">
         <v>2624</v>
       </c>
-    </row>
-    <row r="301" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J300" s="29">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="301" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A301" s="12" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="B301" s="13" t="s">
         <v>297</v>
       </c>
       <c r="C301" s="21">
         <v>9669</v>
       </c>
       <c r="D301" s="21">
         <v>9922</v>
       </c>
       <c r="E301" s="21">
         <v>10561</v>
       </c>
       <c r="F301" s="24">
         <v>10719</v>
       </c>
       <c r="G301" s="21">
         <v>13532</v>
       </c>
       <c r="H301" s="21">
         <v>10547</v>
       </c>
-      <c r="I301" s="21">
+      <c r="I301" s="29">
         <v>13086</v>
       </c>
-    </row>
-    <row r="302" spans="1:9" s="3" customFormat="1" ht="26.4">
+      <c r="J301" s="29">
+        <v>15012</v>
+      </c>
+    </row>
+    <row r="302" spans="1:10" s="3" customFormat="1" ht="25.5">
       <c r="A302" s="12" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="B302" s="13" t="s">
         <v>298</v>
       </c>
       <c r="C302" s="21">
         <v>94</v>
       </c>
       <c r="D302" s="21">
         <v>100</v>
       </c>
       <c r="E302" s="21">
         <v>125</v>
       </c>
       <c r="F302" s="24">
         <v>133</v>
       </c>
       <c r="G302" s="21">
         <v>115</v>
       </c>
       <c r="H302" s="21">
         <v>109</v>
       </c>
-      <c r="I302" s="21">
+      <c r="I302" s="29">
         <v>128</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A303" s="12" t="s">
+      <c r="J302" s="29">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="303" spans="1:10" s="3" customFormat="1">
+      <c r="A303" s="32" t="s">
+        <v>620</v>
+      </c>
+      <c r="B303" s="33" t="s">
+        <v>621</v>
+      </c>
+      <c r="C303" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="D303" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="E303" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="F303" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="G303" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="H303" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="I303" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="J303" s="29">
+        <v>17834</v>
+      </c>
+    </row>
+    <row r="304" spans="1:10" s="3" customFormat="1">
+      <c r="A304" s="32" t="s">
+        <v>622</v>
+      </c>
+      <c r="B304" s="33" t="s">
+        <v>623</v>
+      </c>
+      <c r="C304" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="D304" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="E304" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="F304" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="G304" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="H304" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="I304" s="30" t="s">
+        <v>619</v>
+      </c>
+      <c r="J304" s="29">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="305" spans="1:10" s="3" customFormat="1">
+      <c r="A305" s="12" t="s">
+        <v>608</v>
+      </c>
+      <c r="B305" s="13" t="s">
+        <v>299</v>
+      </c>
+      <c r="C305" s="21">
+        <v>51239</v>
+      </c>
+      <c r="D305" s="21">
+        <v>55129</v>
+      </c>
+      <c r="E305" s="21">
+        <v>56278</v>
+      </c>
+      <c r="F305" s="24">
+        <v>43686</v>
+      </c>
+      <c r="G305" s="21">
+        <v>54053</v>
+      </c>
+      <c r="H305" s="21">
+        <v>45358</v>
+      </c>
+      <c r="I305" s="29">
+        <v>51871</v>
+      </c>
+      <c r="J305" s="29">
+        <v>56455</v>
+      </c>
+    </row>
+    <row r="306" spans="1:10" s="3" customFormat="1">
+      <c r="A306" s="12" t="s">
         <v>609</v>
       </c>
-      <c r="B303" s="13" t="s">
-[...25 lines deleted...]
-      <c r="A304" s="12" t="s">
+      <c r="B306" s="13" t="s">
+        <v>300</v>
+      </c>
+      <c r="C306" s="21">
+        <v>15</v>
+      </c>
+      <c r="D306" s="21">
+        <v>24</v>
+      </c>
+      <c r="E306" s="21">
+        <v>16</v>
+      </c>
+      <c r="F306" s="24">
+        <v>16</v>
+      </c>
+      <c r="G306" s="21">
+        <v>14</v>
+      </c>
+      <c r="H306" s="21">
+        <v>6</v>
+      </c>
+      <c r="I306" s="29">
+        <v>7</v>
+      </c>
+      <c r="J306" s="29">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="307" spans="1:10" s="3" customFormat="1" ht="25.5">
+      <c r="A307" s="12" t="s">
         <v>610</v>
       </c>
-      <c r="B304" s="13" t="s">
-[...14 lines deleted...]
-      <c r="G304" s="21">
+      <c r="B307" s="13" t="s">
+        <v>301</v>
+      </c>
+      <c r="C307" s="21">
+        <v>1127</v>
+      </c>
+      <c r="D307" s="21">
+        <v>1015</v>
+      </c>
+      <c r="E307" s="21">
+        <v>1059</v>
+      </c>
+      <c r="F307" s="24">
+        <v>733</v>
+      </c>
+      <c r="G307" s="21">
+        <v>663</v>
+      </c>
+      <c r="H307" s="21">
+        <v>522</v>
+      </c>
+      <c r="I307" s="29">
+        <v>642</v>
+      </c>
+      <c r="J307" s="29">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="308" spans="1:10" s="3" customFormat="1">
+      <c r="A308" s="12" t="s">
+        <v>611</v>
+      </c>
+      <c r="B308" s="13" t="s">
+        <v>302</v>
+      </c>
+      <c r="C308" s="21">
+        <v>235</v>
+      </c>
+      <c r="D308" s="21">
+        <v>241</v>
+      </c>
+      <c r="E308" s="21">
+        <v>285</v>
+      </c>
+      <c r="F308" s="24">
+        <v>173</v>
+      </c>
+      <c r="G308" s="21">
+        <v>254</v>
+      </c>
+      <c r="H308" s="21">
+        <v>217</v>
+      </c>
+      <c r="I308" s="29">
+        <v>211</v>
+      </c>
+      <c r="J308" s="29">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="309" spans="1:10" s="3" customFormat="1">
+      <c r="A309" s="12" t="s">
+        <v>612</v>
+      </c>
+      <c r="B309" s="13" t="s">
+        <v>303</v>
+      </c>
+      <c r="C309" s="21">
+        <v>9103</v>
+      </c>
+      <c r="D309" s="21">
+        <v>10689</v>
+      </c>
+      <c r="E309" s="21">
+        <v>9862</v>
+      </c>
+      <c r="F309" s="24">
+        <v>7233</v>
+      </c>
+      <c r="G309" s="21">
+        <v>6940</v>
+      </c>
+      <c r="H309" s="21">
+        <v>6077</v>
+      </c>
+      <c r="I309" s="29">
+        <v>6555</v>
+      </c>
+      <c r="J309" s="29">
+        <v>7627</v>
+      </c>
+    </row>
+    <row r="310" spans="1:10" s="3" customFormat="1">
+      <c r="A310" s="12" t="s">
+        <v>613</v>
+      </c>
+      <c r="B310" s="13" t="s">
+        <v>304</v>
+      </c>
+      <c r="C310" s="21">
+        <v>16083</v>
+      </c>
+      <c r="D310" s="21">
+        <v>15632</v>
+      </c>
+      <c r="E310" s="21">
+        <v>16080</v>
+      </c>
+      <c r="F310" s="24">
+        <v>12267</v>
+      </c>
+      <c r="G310" s="21">
+        <v>9845</v>
+      </c>
+      <c r="H310" s="21">
+        <v>8326</v>
+      </c>
+      <c r="I310" s="29">
+        <v>8521</v>
+      </c>
+      <c r="J310" s="29">
+        <v>9075</v>
+      </c>
+    </row>
+    <row r="311" spans="1:10" s="3" customFormat="1">
+      <c r="A311" s="12" t="s">
+        <v>614</v>
+      </c>
+      <c r="B311" s="13" t="s">
+        <v>305</v>
+      </c>
+      <c r="C311" s="21">
+        <v>2</v>
+      </c>
+      <c r="D311" s="21">
+        <v>6</v>
+      </c>
+      <c r="E311" s="21">
+        <v>5</v>
+      </c>
+      <c r="F311" s="24">
+        <v>5</v>
+      </c>
+      <c r="G311" s="21">
+        <v>2</v>
+      </c>
+      <c r="H311" s="21">
+        <v>2</v>
+      </c>
+      <c r="I311" s="29">
+        <v>7</v>
+      </c>
+      <c r="J311" s="29">
         <v>14</v>
       </c>
-      <c r="H304" s="21">
-[...123 lines deleted...]
-      <c r="A309" s="12" t="s">
+    </row>
+    <row r="312" spans="1:10" s="3" customFormat="1" ht="25.5">
+      <c r="A312" s="12" t="s">
         <v>615</v>
       </c>
-      <c r="B309" s="13" t="s">
-[...25 lines deleted...]
-      <c r="A310" s="12" t="s">
+      <c r="B312" s="13" t="s">
+        <v>306</v>
+      </c>
+      <c r="C312" s="21">
+        <v>13549</v>
+      </c>
+      <c r="D312" s="21">
+        <v>12269</v>
+      </c>
+      <c r="E312" s="21">
+        <v>10841</v>
+      </c>
+      <c r="F312" s="24">
+        <v>8796</v>
+      </c>
+      <c r="G312" s="21">
+        <v>12100</v>
+      </c>
+      <c r="H312" s="21">
+        <v>7262</v>
+      </c>
+      <c r="I312" s="29">
+        <v>9604</v>
+      </c>
+      <c r="J312" s="29">
+        <v>12411</v>
+      </c>
+    </row>
+    <row r="313" spans="1:10" s="3" customFormat="1">
+      <c r="A313" s="12" t="s">
         <v>616</v>
       </c>
-      <c r="B310" s="13" t="s">
-[...25 lines deleted...]
-      <c r="A311" s="12" t="s">
+      <c r="B313" s="13" t="s">
+        <v>307</v>
+      </c>
+      <c r="C313" s="21">
+        <v>19706</v>
+      </c>
+      <c r="D313" s="21">
+        <v>20660</v>
+      </c>
+      <c r="E313" s="21">
+        <v>19930</v>
+      </c>
+      <c r="F313" s="24">
+        <v>17081</v>
+      </c>
+      <c r="G313" s="21">
+        <v>19265</v>
+      </c>
+      <c r="H313" s="21">
+        <v>18337</v>
+      </c>
+      <c r="I313" s="29">
+        <v>21776</v>
+      </c>
+      <c r="J313" s="29">
+        <v>21559</v>
+      </c>
+    </row>
+    <row r="314" spans="1:10" s="3" customFormat="1">
+      <c r="A314" s="12" t="s">
         <v>617</v>
       </c>
-      <c r="B311" s="13" t="s">
-[...25 lines deleted...]
-      <c r="A312" s="12" t="s">
+      <c r="B314" s="13"/>
+      <c r="C314" s="21">
+        <v>11173</v>
+      </c>
+      <c r="D314" s="21">
+        <v>8502</v>
+      </c>
+      <c r="E314" s="21">
+        <v>2829</v>
+      </c>
+      <c r="F314" s="24">
+        <v>1999</v>
+      </c>
+      <c r="G314" s="21">
+        <v>1720</v>
+      </c>
+      <c r="H314" s="21">
+        <v>2227</v>
+      </c>
+      <c r="I314" s="29">
+        <v>969</v>
+      </c>
+      <c r="J314" s="29">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="315" spans="1:10">
+      <c r="A315" s="28" t="s">
         <v>618</v>
       </c>
-      <c r="B312" s="13"/>
-[...27 lines deleted...]
-      <c r="C313" s="23">
+      <c r="B315" s="9"/>
+      <c r="C315" s="23">
         <v>1809770</v>
       </c>
-      <c r="D313" s="23">
+      <c r="D315" s="23">
         <v>1827130</v>
       </c>
-      <c r="E313" s="23">
+      <c r="E315" s="23">
         <v>1879483</v>
       </c>
-      <c r="F313" s="26">
+      <c r="F315" s="26">
         <v>1597505</v>
       </c>
-      <c r="G313" s="23">
+      <c r="G315" s="23">
         <v>1809260</v>
       </c>
-      <c r="H313" s="23">
+      <c r="H315" s="23">
         <v>1641002</v>
       </c>
-      <c r="I313" s="23">
+      <c r="I315" s="31">
         <v>1905905</v>
       </c>
-    </row>
-[...14 lines deleted...]
-    <row r="316" spans="1:9">
+      <c r="J315" s="31">
+        <v>2015954</v>
+      </c>
+    </row>
+    <row r="316" spans="1:10">
       <c r="A316" s="5"/>
       <c r="B316" s="16"/>
-      <c r="C316" s="15"/>
+      <c r="C316" s="4"/>
+    </row>
+    <row r="317" spans="1:10" ht="180" customHeight="1">
+      <c r="A317" s="40" t="s">
+        <v>627</v>
+      </c>
+      <c r="B317" s="40"/>
+      <c r="C317" s="34"/>
+      <c r="D317" s="34"/>
+      <c r="E317" s="1"/>
+    </row>
+    <row r="318" spans="1:10">
+      <c r="A318" s="5"/>
+      <c r="B318" s="16"/>
+      <c r="C318" s="15"/>
+    </row>
+    <row r="319" spans="1:10">
+      <c r="A319" s="2" t="s">
+        <v>626</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A1:D1"/>
-    <mergeCell ref="A315:D315"/>
+    <mergeCell ref="A317:B317"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="1" footer="1"/>
   <pageSetup paperSize="9" scale="53" fitToHeight="0" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="100" max="3" man="1"/>
     <brk id="197" max="3" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>