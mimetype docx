--- v0 (2025-11-05)
+++ v1 (2025-12-13)
@@ -1,46 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14916" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -69,92 +64,92 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FCF2294" w14:textId="77777777" w:rsidR="00431AB6" w:rsidRDefault="00431AB6" w:rsidP="00E7025E">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="786E7E13" w14:textId="77777777" w:rsidR="00431AB6" w:rsidRDefault="003B77D5" w:rsidP="00843C45">
+          <w:p w14:paraId="786E7E13" w14:textId="77777777" w:rsidR="00431AB6" w:rsidRDefault="002F26BA" w:rsidP="00843C45">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="2A910D12">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-47pt;width:133.5pt;height:63pt;z-index:251694080;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-relative:page;mso-height-relative:page" wrapcoords="-121 0 -121 21343 21600 21343 21600 0 -121 0" filled="t">
                   <v:imagedata r:id="rId8" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                   <w10:wrap type="tight"/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1035" DrawAspect="Content" ObjectID="_1814945958" r:id="rId9"/>
+                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1035" DrawAspect="Content" ObjectID="_1824886154" r:id="rId9"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3326" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41E797E9" w14:textId="77777777" w:rsidR="00431AB6" w:rsidRPr="00481B40" w:rsidRDefault="00431AB6" w:rsidP="00431AB6">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
@@ -244,85 +239,59 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>App.</w:t>
             </w:r>
             <w:r w:rsidRPr="00431AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35D38901" w14:textId="77777777" w:rsidR="00431AB6" w:rsidRPr="00431AB6" w:rsidRDefault="003B77D5" w:rsidP="00431AB6">
+          <w:p w14:paraId="35D38901" w14:textId="1431A75D" w:rsidR="00431AB6" w:rsidRPr="00431AB6" w:rsidRDefault="00431AB6" w:rsidP="00431AB6">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...24 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431AB6" w14:paraId="72F0EE9D" w14:textId="77777777" w:rsidTr="00431AB6">
         <w:trPr>
           <w:trHeight w:val="379"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="024B761A" w14:textId="77777777" w:rsidR="00431AB6" w:rsidRDefault="00431AB6" w:rsidP="00E7025E">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
@@ -1217,50 +1186,53 @@
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">                       from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="zh-HK"/>
             </w:rPr>
             <w:alias w:val="C_AdmDate_From"/>
             <w:tag w:val="C_AdmDate_From"/>
             <w:id w:val="-1317802566"/>
             <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="5801F4AFEF154BBD9DCC616AE907ED4C"/>
+            </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2157" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5EBE5640" w14:textId="77777777" w:rsidR="00A82329" w:rsidRPr="00C65703" w:rsidRDefault="00A82329" w:rsidP="00EF174A">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
@@ -1313,75 +1285,78 @@
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BF23FBF" w14:textId="77777777" w:rsidR="00A82329" w:rsidRPr="00C65703" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="5BF23FBF" w14:textId="77777777" w:rsidR="00A82329" w:rsidRPr="00C65703" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmDate_To"/>
                 <w:tag w:val="C_AdmDate_To"/>
                 <w:id w:val="1568533697"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="9DE2CB9431BE4CA4B07B72B2744FB780"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A82329" w:rsidRPr="0013503F">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
@@ -1485,59 +1460,71 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E97ED4C" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="000A4824" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="826" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15773974" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="000A4824" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
@@ -1550,59 +1537,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="19E3DD80" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="00AE1BFE" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55B5407B" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="000A4824" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
@@ -1746,51 +1745,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33DB30E1" w14:textId="77777777" w:rsidR="00A82329" w:rsidRPr="007770F0" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="33DB30E1" w14:textId="77777777" w:rsidR="00A82329" w:rsidRPr="007770F0" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="70" w:left="168"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmAge_No"/>
                 <w:tag w:val="CO_AdmAge_No"/>
                 <w:id w:val="-1690137916"/>
@@ -1898,51 +1897,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EEE32FF" w14:textId="77777777" w:rsidR="00A82329" w:rsidRPr="007770F0" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="3EEE32FF" w14:textId="77777777" w:rsidR="00A82329" w:rsidRPr="007770F0" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmAge_Yes"/>
                 <w:tag w:val="CO_AdmAge_Yes"/>
                 <w:id w:val="152102176"/>
                 <w:lock w:val="sdtLocked"/>
@@ -2098,63 +2097,76 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Please specify the required range of age for data extraction:</w:t>
             </w:r>
             <w:r w:rsidR="0030660A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0030660A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="0030660A" w:rsidRPr="00087D63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="0030660A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="0030660A" w:rsidRPr="00087D63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">Please select the appropriate </w:t>
             </w:r>
             <w:r w:rsidR="0030660A" w:rsidRPr="0030660A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2299,51 +2311,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1120FD0F" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="003B77D5" w:rsidP="007946B8">
+          <w:p w14:paraId="1120FD0F" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="002F26BA" w:rsidP="007946B8">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_From"/>
@@ -2361,51 +2373,51 @@
                     <w:kern w:val="0"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1577" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3998F567" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="003B77D5" w:rsidP="007946B8">
+          <w:p w14:paraId="3998F567" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="002F26BA" w:rsidP="007946B8">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_FromUnit"/>
                 <w:tag w:val="C_AdmAge_FromUnit"/>
                 <w:id w:val="1774283893"/>
@@ -2461,51 +2473,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="158ED5C9" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="003B77D5" w:rsidP="007946B8">
+          <w:p w14:paraId="158ED5C9" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="002F26BA" w:rsidP="007946B8">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_To"/>
@@ -2523,51 +2535,51 @@
                     <w:kern w:val="0"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23AC342C" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="003B77D5" w:rsidP="007946B8">
+          <w:p w14:paraId="23AC342C" w14:textId="77777777" w:rsidR="00CD421A" w:rsidRPr="00C65703" w:rsidRDefault="002F26BA" w:rsidP="007946B8">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_ToUnit"/>
                 <w:tag w:val="C_AdmAge_ToUnit"/>
                 <w:id w:val="1919053795"/>
@@ -2707,71 +2719,93 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24833FBD" w14:textId="77777777" w:rsidR="001A75F0" w:rsidRPr="00C65703" w:rsidRDefault="0078594F" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="55" w:left="132" w:firstLineChars="78" w:firstLine="147"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>(Age in Months: 0 – 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003C7995">
+              <w:t xml:space="preserve">(Age in Months: 0 – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00812D9D">
+            <w:r w:rsidR="003C7995">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years: </w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00812D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00812D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years: </w:t>
             </w:r>
             <w:r w:rsidR="0030660A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="002A121B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -2948,51 +2982,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5810DD8F" w14:textId="77777777" w:rsidR="00F35418" w:rsidRPr="007770F0" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="5810DD8F" w14:textId="77777777" w:rsidR="00F35418" w:rsidRPr="007770F0" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Specialty_No"/>
                 <w:tag w:val="CO_Specialty_No"/>
                 <w:id w:val="916989980"/>
@@ -3096,51 +3130,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="676" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CED94C0" w14:textId="77777777" w:rsidR="00F35418" w:rsidRPr="007770F0" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="0CED94C0" w14:textId="77777777" w:rsidR="00F35418" w:rsidRPr="007770F0" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Specialty_Yes"/>
                 <w:tag w:val="CO_Specialty_Yes"/>
                 <w:id w:val="-34274969"/>
                 <w:lock w:val="sdtLocked"/>
@@ -3322,51 +3356,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lease specify</w:t>
             </w:r>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> the required </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>specialty(ies) for data extraction</w:t>
+              <w:t>specialty(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C65703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C65703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>) for data extraction</w:t>
             </w:r>
             <w:r w:rsidR="00FB7365">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D602E" w:rsidRPr="008A3A56" w14:paraId="35D4AB14" w14:textId="77777777" w:rsidTr="007762E6">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3388,51 +3446,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12541" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0372D2" w14:textId="77777777" w:rsidR="00FB7365" w:rsidRPr="00C65703" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="1E0372D2" w14:textId="77777777" w:rsidR="00FB7365" w:rsidRPr="00C65703" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Specialty_ANA"/>
                 <w:tag w:val="C_Specialty_ANA"/>
                 <w:id w:val="1770658695"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4052,51 +4110,51 @@
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FB7365" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> OPH</w:t>
             </w:r>
             <w:r w:rsidR="00FB7365" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0558AC3F" w14:textId="77777777" w:rsidR="003D602E" w:rsidRPr="00C65703" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="0558AC3F" w14:textId="77777777" w:rsidR="003D602E" w:rsidRPr="00C65703" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Specialty_ORT"/>
                 <w:tag w:val="C_Specialty_ORT"/>
                 <w:id w:val="1530680430"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4786,51 +4844,51 @@
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007770F0" w:rsidRPr="008A3A56" w14:paraId="2BD669CA" w14:textId="77777777" w:rsidTr="00B9521F">
         <w:trPr>
           <w:trHeight w:val="1264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3385442A" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="3385442A" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="76" w:firstLine="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="D_SOPatten"/>
                 <w:tag w:val="D_SOPatten"/>
                 <w:id w:val="647328390"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -5349,51 +5407,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2D15" w:rsidRPr="00853AFE" w14:paraId="446B309E" w14:textId="77777777" w:rsidTr="006F2D15">
         <w:trPr>
           <w:trHeight w:val="482"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6854052B" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00E319C8" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="6854052B" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00E319C8" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="60" w:left="392" w:hangingChars="118" w:hanging="248"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmAge"/>
                 <w:tag w:val="G_AdmAge"/>
                 <w:id w:val="1220026674"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5545,51 +5603,77 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> in </w:t>
             </w:r>
             <w:hyperlink w:anchor="Age" w:history="1">
               <w:r w:rsidRPr="006837B1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
-                <w:t>Note (i)</w:t>
+                <w:t>Note (</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>i</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ED6DF67" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="547" w:hanging="547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
@@ -5608,51 +5692,51 @@
           <w:p w14:paraId="14455F71" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="547" w:hanging="547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2D15" w:rsidRPr="00853AFE" w14:paraId="07FD8524" w14:textId="77777777" w:rsidTr="006F2D15">
         <w:trPr>
           <w:trHeight w:val="136"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F34EA93" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00745E31" w:rsidRDefault="003B77D5" w:rsidP="006F2D15">
+          <w:p w14:paraId="5F34EA93" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00745E31" w:rsidRDefault="002F26BA" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Gender"/>
                 <w:tag w:val="G_Gender"/>
                 <w:id w:val="-1062559414"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5767,51 +5851,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0943C587" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2D15" w:rsidRPr="00853AFE" w14:paraId="140C491F" w14:textId="77777777" w:rsidTr="001472C6">
         <w:trPr>
           <w:trHeight w:val="130"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23E9794A" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="004B056D" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="23E9794A" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="004B056D" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="61" w:left="297" w:hangingChars="72" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_DistrictResidence"/>
                 <w:tag w:val="G_DistrictResidence"/>
                 <w:id w:val="141630797"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -5899,51 +5983,51 @@
           </w:tcPr>
           <w:p w14:paraId="40D705F4" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2D15" w:rsidRPr="00853AFE" w14:paraId="09AAEAED" w14:textId="77777777" w:rsidTr="00350E78">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="365DD7D2" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00E319C8" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="365DD7D2" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00E319C8" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate"/>
                 <w:tag w:val="G_AdmDate"/>
                 <w:id w:val="1334874741"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5959,68 +6043,79 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F2D15" w:rsidRPr="008A3A56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F2D15">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Date of attendance</w:t>
+              <w:t xml:space="preserve">Date of </w:t>
+            </w:r>
+            <w:r w:rsidR="006F2D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="492D578C" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00EC2EE4" w:rsidRDefault="003B77D5" w:rsidP="006F2D15">
+          <w:p w14:paraId="492D578C" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00EC2EE4" w:rsidRDefault="002F26BA" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_1"/>
                 <w:tag w:val="G_AdmDate_1"/>
                 <w:id w:val="-268705668"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6037,100 +6132,122 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Date (yyyy-mm-dd)</w:t>
+              <w:t>Date (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B8481E7" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00350E78" w:rsidRDefault="006F2D15" w:rsidP="006F2D15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55787846" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00350E78" w:rsidRDefault="006F2D15" w:rsidP="006F2D15"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2D15" w:rsidRPr="00350E78" w14:paraId="4EC64568" w14:textId="77777777" w:rsidTr="00350E78">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D03433C" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00350E78" w:rsidRDefault="006F2D15" w:rsidP="006F2D15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01375D65" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="003B77D5" w:rsidP="006F2D15">
+          <w:p w14:paraId="01375D65" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="002F26BA" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_2"/>
                 <w:tag w:val="G_AdmDate_2"/>
                 <w:id w:val="1898011247"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6150,51 +6267,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Week (start from Sun to Sat)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4406A443" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="003B77D5" w:rsidP="006F2D15">
+          <w:p w14:paraId="4406A443" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="002F26BA" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_3"/>
                 <w:tag w:val="G_AdmDate_3"/>
                 <w:id w:val="-1431898731"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6211,54 +6328,76 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Month (yyyy-mm)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4DD87D80" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRDefault="003B77D5" w:rsidP="006F2D15">
+              <w:t>Month (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD87D80" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRDefault="002F26BA" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_4"/>
                 <w:tag w:val="G_AdmDate_4"/>
                 <w:id w:val="-718585865"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6278,51 +6417,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F2D15" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Calendar year</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="055370AB" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRDefault="003B77D5" w:rsidP="006F2D15">
+          <w:p w14:paraId="055370AB" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRDefault="002F26BA" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_5"/>
                 <w:tag w:val="G_AdmDate_5"/>
                 <w:id w:val="904184743"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6417,51 +6556,51 @@
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="thinDiagStripe" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01750C2C" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00350E78" w:rsidRDefault="006F2D15" w:rsidP="006F2D15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0260987B" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00350E78" w:rsidRDefault="006F2D15" w:rsidP="006F2D15"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2D15" w:rsidRPr="00853AFE" w14:paraId="15FE40E0" w14:textId="77777777" w:rsidTr="00350E78">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="276177E4" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="008A3A56" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="276177E4" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="008A3A56" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Specialty"/>
                 <w:tag w:val="G_Specialty"/>
                 <w:id w:val="-1565021578"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -6508,51 +6647,69 @@
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61412D88" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00A85296" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A85296">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Appointment specialty(ies)</w:t>
+              <w:t>Appointment specialty(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A85296">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A85296">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C7CB418" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6562,51 +6719,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7715AF98" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F2D15" w:rsidRPr="00853AFE" w14:paraId="02AF8AA3" w14:textId="77777777" w:rsidTr="00350E78">
         <w:trPr>
           <w:trHeight w:val="599"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560B7F28" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="560B7F28" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="395" w:hangingChars="117" w:hanging="246"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_FirstOrFU"/>
                 <w:tag w:val="G_FirstOrFU"/>
                 <w:id w:val="1031149627"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -6706,51 +6863,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41375473" w14:textId="77777777" w:rsidR="006F2D15" w:rsidRPr="00853AFE" w:rsidRDefault="006F2D15" w:rsidP="006F2D15">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE162D" w:rsidRPr="00853AFE" w14:paraId="04ADEB6D" w14:textId="77777777" w:rsidTr="00EE162D">
         <w:trPr>
           <w:trHeight w:val="346"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23662DF0" w14:textId="77777777" w:rsidR="00EE162D" w:rsidRDefault="003B77D5" w:rsidP="00743388">
+          <w:p w14:paraId="23662DF0" w14:textId="77777777" w:rsidR="00EE162D" w:rsidRDefault="002F26BA" w:rsidP="00743388">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="395" w:hangingChars="117" w:hanging="246"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_PublicAssistance"/>
                 <w:tag w:val="G_PublicAssistance"/>
                 <w:id w:val="-305556107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
@@ -7213,190 +7370,207 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047324E" w:rsidRPr="008A3A56" w14:paraId="58968B3D" w14:textId="77777777" w:rsidTr="00156B15">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9928" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="383EB445" w14:textId="77777777" w:rsidR="0047324E" w:rsidRPr="008A3A56" w:rsidRDefault="0047324E" w:rsidP="00156B15">
+          <w:p w14:paraId="383EB445" w14:textId="77777777" w:rsidR="0047324E" w:rsidRPr="007972C2" w:rsidRDefault="0047324E" w:rsidP="00156B15">
             <w:pPr>
               <w:ind w:leftChars="65" w:left="157" w:hanging="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007972C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Entity</w:t>
             </w:r>
-            <w:r w:rsidR="00156B15">
+            <w:r w:rsidR="00156B15" w:rsidRPr="007972C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00156B15" w:rsidRPr="004C216A">
+            <w:r w:rsidR="00156B15" w:rsidRPr="007972C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
-                <w:highlight w:val="yellow"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>Note (ii)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="007972C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00156B15" w:rsidRPr="008A3A56" w14:paraId="1F9B6323" w14:textId="77777777" w:rsidTr="00156B15">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9928" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22688AA3" w14:textId="77777777" w:rsidR="00156B15" w:rsidRPr="00156B15" w:rsidRDefault="00156B15" w:rsidP="00156B15">
+          <w:p w14:paraId="22688AA3" w14:textId="77777777" w:rsidR="00156B15" w:rsidRPr="007972C2" w:rsidRDefault="00156B15" w:rsidP="00156B15">
             <w:pPr>
               <w:ind w:leftChars="65" w:left="157" w:hanging="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004C216A">
+            <w:r w:rsidRPr="007972C2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Note (ii): Please state the full name of the entity, such as a university or charitable institution or organization.  Names which only contain a faculty, department or division of any university, institution or organization are not acceptable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2736F9FA" w14:textId="77777777" w:rsidR="0029736D" w:rsidRDefault="0029736D" w:rsidP="0029736D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0320B182" w14:textId="77777777" w:rsidR="001B24A1" w:rsidRPr="001472C6" w:rsidRDefault="001B24A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:sectPr w:rsidR="001B24A1" w:rsidRPr="001472C6" w:rsidSect="00F46091">
-          <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="851" w:footer="742" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="linesAndChars" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="184678DC" w14:textId="77777777" w:rsidR="006837B1" w:rsidRPr="000D51A7" w:rsidRDefault="006837B1" w:rsidP="006837B1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Age"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Note (i): </w:t>
+        <w:t>Note (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>Classification level</w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7583,71 +7757,93 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Attendance</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40B5BD10" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00A42505" w:rsidRDefault="00BE396C" w:rsidP="007058DC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>(Age in Months: 0 – 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007058DC">
+              <w:t xml:space="preserve">(Age in Months: 0 – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D30C71">
+            <w:r w:rsidR="007058DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years:</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
@@ -7784,51 +7980,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="7629D762" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DA04171" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="3DA04171" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_1"/>
                 <w:tag w:val="L_AdmAge_Fmt_1"/>
                 <w:id w:val="-1608804845"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00003FA1">
                   <w:rPr>
@@ -7929,51 +8125,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD76C27" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="0FD76C27" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_1"/>
                 <w:tag w:val="L_AdmAge_FromUnit_1"/>
                 <w:id w:val="-1084838667"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -8078,51 +8274,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42F618FF" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="42F618FF" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_1"/>
                 <w:tag w:val="L_AdmAge_ToUnit_1"/>
                 <w:id w:val="-559012545"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -8145,51 +8341,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="3BEEF244" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E38C842" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="3E38C842" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="808080"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_2"/>
                 <w:tag w:val="L_AdmAge_Fmt_2"/>
                 <w:id w:val="-1704240771"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="000A62B9">
                   <w:rPr>
@@ -8290,51 +8486,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E80AE34" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="4E80AE34" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_2"/>
                 <w:tag w:val="L_AdmAge_FromUnit_2"/>
                 <w:id w:val="768355314"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -8439,51 +8635,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78FA7888" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="78FA7888" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_2"/>
                 <w:tag w:val="L_AdmAge_ToUnit_2"/>
                 <w:id w:val="-406537381"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -8506,72 +8702,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="597E9BFD" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D0F417" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="58D0F417" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_3"/>
                 <w:tag w:val="L_AdmAge_Fmt_3"/>
                 <w:id w:val="569078929"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="620F0B1A40C541DBB27AFAB8FE620B74"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text</w:t>
                 </w:r>
                 <w:r w:rsidR="00BE396C">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8652,51 +8851,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B7DB1AA" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="6B7DB1AA" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_3"/>
                 <w:tag w:val="L_AdmAge_FromUnit_3"/>
                 <w:id w:val="-404600935"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -8801,51 +9000,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6AD51D" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="6C6AD51D" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_3"/>
                 <w:tag w:val="L_AdmAge_ToUnit_3"/>
                 <w:id w:val="1109402786"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -8868,72 +9067,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="1B32AE17" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69332CD2" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="69332CD2" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_4"/>
                 <w:tag w:val="L_AdmAge_Fmt_4"/>
                 <w:id w:val="-915624846"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="4AB3C3BF50924194800AD74BD6EB6076"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -9008,51 +9210,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48BDF793" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="48BDF793" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_4"/>
                 <w:tag w:val="L_AdmAge_FromUnit_4"/>
                 <w:id w:val="1526218288"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9157,51 +9359,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A3981BB" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="4A3981BB" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_4"/>
                 <w:tag w:val="L_AdmAge_ToUnit_4"/>
                 <w:id w:val="1256484052"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9224,72 +9426,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="58DA9FA2" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="024D62F4" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="024D62F4" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_5"/>
                 <w:tag w:val="L_AdmAge_Fmt_5"/>
                 <w:id w:val="1389292951"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="BA04199AF1434426B13D0300FCAD5844"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -9364,51 +9569,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A6A33BA" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="5A6A33BA" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_5"/>
                 <w:tag w:val="L_AdmAge_FromUnit_5"/>
                 <w:id w:val="-1147045424"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9513,51 +9718,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77B43ED0" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="77B43ED0" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_5"/>
                 <w:tag w:val="L_AdmAge_ToUnit_5"/>
                 <w:id w:val="-1044528080"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9580,72 +9785,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="034001A9" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="562ADD3F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="562ADD3F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_6"/>
                 <w:tag w:val="L_AdmAge_Fmt_6"/>
                 <w:id w:val="-1658073850"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="EE72600F0BD5426D8DB59527F5886DFC"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -9720,51 +9928,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72026D3F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="72026D3F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_6"/>
                 <w:tag w:val="L_AdmAge_FromUnit_6"/>
                 <w:id w:val="-1003421580"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9869,51 +10077,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="678C0F9E" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="678C0F9E" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_6"/>
                 <w:tag w:val="L_AdmAge_ToUnit_6"/>
                 <w:id w:val="72027423"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9936,71 +10144,74 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="239F85BF" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="498C5B07" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="498C5B07" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_7"/>
                 <w:tag w:val="L_AdmAge_Fmt_7"/>
                 <w:id w:val="2045019254"/>
+                <w:placeholder>
+                  <w:docPart w:val="B534AF1F1EC24AAC81B8DCF6F34B815E"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -10074,51 +10285,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44B6E1DE" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="44B6E1DE" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_7"/>
                 <w:tag w:val="L_AdmAge_FromUnit_7"/>
                 <w:id w:val="-203940065"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -10222,51 +10433,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BCE47A6" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="2BCE47A6" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_7"/>
                 <w:tag w:val="L_AdmAge_ToUnit_7"/>
                 <w:id w:val="999082955"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
                   <w:listItem w:displayText="Year(s)" w:value="Year(s)"/>
@@ -10288,71 +10499,74 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="43741A18" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39DAAD14" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="39DAAD14" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_8"/>
                 <w:tag w:val="L_AdmAge_Fmt_8"/>
                 <w:id w:val="-715357034"/>
+                <w:placeholder>
+                  <w:docPart w:val="E50CAC6D63C04240B48B050141D78983"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -10426,51 +10640,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C313EF2" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="3C313EF2" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_8"/>
                 <w:tag w:val="L_AdmAge_FromUnit_8"/>
                 <w:id w:val="-1826732346"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
                   <w:listItem w:displayText="Year(s)" w:value="Year(s)"/>
@@ -10573,51 +10787,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25297B83" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="25297B83" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_8"/>
                 <w:tag w:val="L_AdmAge_ToUnit_8"/>
                 <w:id w:val="1001545408"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
                   <w:listItem w:displayText="Year(s)" w:value="Year(s)"/>
@@ -10639,71 +10853,74 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="64ABBF18" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5819EBD3" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="5819EBD3" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_9"/>
                 <w:tag w:val="L_AdmAge_Fmt_9"/>
                 <w:id w:val="-831675108"/>
+                <w:placeholder>
+                  <w:docPart w:val="3821B0D1670347C39A920044B32BFBB6"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -10777,51 +10994,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A45B38C" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="3A45B38C" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_9"/>
                 <w:tag w:val="L_AdmAge_FromUnit_9"/>
                 <w:id w:val="-1520226890"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
                   <w:listItem w:displayText="Year(s)" w:value="Year(s)"/>
@@ -10925,51 +11142,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC4CAFA" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="3CC4CAFA" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_9"/>
                 <w:tag w:val="L_AdmAge_ToUnit_9"/>
                 <w:id w:val="542332231"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -10992,72 +11209,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="4F026464" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BCEF99A" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="2BCEF99A" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_10"/>
                 <w:tag w:val="L_AdmAge_Fmt_10"/>
                 <w:id w:val="160441466"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="38D43E18C45F446384E5B1C377EAA9C8"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -11132,51 +11352,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E2C28F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="41E2C28F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_10"/>
                 <w:tag w:val="L_AdmAge_FromUnit_10"/>
                 <w:id w:val="194587573"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11281,51 +11501,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71B1D9EE" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="71B1D9EE" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_10"/>
                 <w:tag w:val="L_AdmAge_ToUnit_10"/>
                 <w:id w:val="-2008745644"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11348,72 +11568,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="6B49146B" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D21D95" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="29D21D95" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_11"/>
                 <w:tag w:val="L_AdmAge_Fmt_11"/>
                 <w:id w:val="1235659990"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="1455AC0701EF48D1A000EF14637ACF32"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -11488,51 +11711,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43D8EA01" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="43D8EA01" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_11"/>
                 <w:tag w:val="L_AdmAge_FromUnit_11"/>
                 <w:id w:val="-1824961597"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11637,51 +11860,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3592AE" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="5D3592AE" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_11"/>
                 <w:tag w:val="L_AdmAge_ToUnit_11"/>
                 <w:id w:val="-1721129420"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11704,72 +11927,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="2CC2F401" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA14CB2" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="6DA14CB2" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_12"/>
                 <w:tag w:val="L_AdmAge_Fmt_12"/>
                 <w:id w:val="-1975063354"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="A09563F06AC44A1BBD37746F2D940E84"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -11844,51 +12070,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3833C628" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="3833C628" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_12"/>
                 <w:tag w:val="L_AdmAge_FromUnit_12"/>
                 <w:id w:val="364492512"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11993,51 +12219,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA1B5A9" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="4EA1B5A9" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_12"/>
                 <w:tag w:val="L_AdmAge_ToUnit_12"/>
                 <w:id w:val="-610121967"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12060,72 +12286,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="751D41E3" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E179B83" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="4E179B83" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_13"/>
                 <w:tag w:val="L_AdmAge_Fmt_13"/>
                 <w:id w:val="1664511046"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="62FF9B8709E5496CA66D275299FF8B3B"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -12200,51 +12429,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2982E263" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="2982E263" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_13"/>
                 <w:tag w:val="L_AdmAge_FromUnit_13"/>
                 <w:id w:val="919906695"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12349,51 +12578,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64539237" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="64539237" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_13"/>
                 <w:tag w:val="L_AdmAge_ToUnit_13"/>
                 <w:id w:val="-1196070719"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12416,72 +12645,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="76C5A0B0" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E758F9B" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="7E758F9B" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_14"/>
                 <w:tag w:val="L_AdmAge_Fmt_14"/>
                 <w:id w:val="61155389"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="69E3D06D74A24A03B42A6B8EBF4CEF5E"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -12556,51 +12788,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDCCB4E" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="1DDCCB4E" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_14"/>
                 <w:tag w:val="L_AdmAge_FromUnit_14"/>
                 <w:id w:val="836271173"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12705,51 +12937,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC0428A" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="7CC0428A" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_14"/>
                 <w:tag w:val="L_AdmAge_ToUnit_14"/>
                 <w:id w:val="1561745937"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12772,72 +13004,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="1F59C30A" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16B28A2F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="16B28A2F" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_15"/>
                 <w:tag w:val="L_AdmAge_Fmt_15"/>
                 <w:id w:val="1169139282"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="79BAD97A30884AFB90BAE1D07F85D459"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -12912,51 +13147,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78500A5B" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="78500A5B" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_15"/>
                 <w:tag w:val="L_AdmAge_FromUnit_15"/>
                 <w:id w:val="1617101022"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13061,51 +13296,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9A73CF" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="6B9A73CF" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_15"/>
                 <w:tag w:val="L_AdmAge_ToUnit_15"/>
                 <w:id w:val="-2020917651"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13128,72 +13363,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="6ED960CF" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="519C0D68" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="519C0D68" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_16"/>
                 <w:tag w:val="L_AdmAge_Fmt_16"/>
                 <w:id w:val="2102987932"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="CB9800210BEB4FEF880C296E2879810C"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -13268,51 +13506,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27CD5C0D" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="27CD5C0D" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_16"/>
                 <w:tag w:val="L_AdmAge_FromUnit_16"/>
                 <w:id w:val="1596675120"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13417,51 +13655,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DEED7CC" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="1DEED7CC" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_16"/>
                 <w:tag w:val="L_AdmAge_ToUnit_16"/>
                 <w:id w:val="5717960"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13484,72 +13722,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="4B547A39" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2463CBC7" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="2463CBC7" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_17"/>
                 <w:tag w:val="L_AdmAge_Fmt_17"/>
                 <w:id w:val="-881480041"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="F0893370A3574E88A50A5B8C5F0AAD4E"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -13624,51 +13865,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="016B1F03" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="016B1F03" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_17"/>
                 <w:tag w:val="L_AdmAge_FromUnit_17"/>
                 <w:id w:val="465933421"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13773,51 +14014,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37FBA0CC" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="37FBA0CC" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_17"/>
                 <w:tag w:val="L_AdmAge_ToUnit_17"/>
                 <w:id w:val="247401868"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13840,72 +14081,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="1ABD43C8" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E1BB92" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="02E1BB92" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_18"/>
                 <w:tag w:val="L_AdmAge_Fmt_18"/>
                 <w:id w:val="1248386789"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="B7A7A7B9CF64436C8AA37868BDDB8893"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -13980,51 +14224,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07B3F37A" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="07B3F37A" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_18"/>
                 <w:tag w:val="L_AdmAge_FromUnit_18"/>
                 <w:id w:val="1041093964"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14129,51 +14373,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42178104" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="42178104" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_18"/>
                 <w:tag w:val="L_AdmAge_ToUnit_18"/>
                 <w:id w:val="1968692986"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14196,72 +14440,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="49FA75C6" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69DE1483" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="69DE1483" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_19"/>
                 <w:tag w:val="L_AdmAge_Fmt_19"/>
                 <w:id w:val="-261603164"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="D7A8BDB04BDE4F8D8462266BFF9A2F40"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -14336,51 +14583,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA31334" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="4DA31334" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_19"/>
                 <w:tag w:val="L_AdmAge_FromUnit_19"/>
                 <w:id w:val="-1248644867"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14485,51 +14732,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08DAB911" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="08DAB911" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_19"/>
                 <w:tag w:val="L_AdmAge_ToUnit_19"/>
                 <w:id w:val="-251667611"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14552,72 +14799,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE396C" w:rsidRPr="004B056D" w14:paraId="490A5EDF" w14:textId="77777777" w:rsidTr="00EF174A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28851A67" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="28851A67" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00AB23BA" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_20"/>
                 <w:tag w:val="L_AdmAge_Fmt_20"/>
                 <w:id w:val="723638798"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="2F8A73B4502040DDB482A79786B68847"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BE396C" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -14692,51 +14942,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E51ADE8" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="1E51ADE8" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_20"/>
                 <w:tag w:val="L_AdmAge_FromUnit_20"/>
                 <w:id w:val="-2006815045"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14841,51 +15091,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36648335" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="003B77D5" w:rsidP="00EF174A">
+          <w:p w14:paraId="36648335" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="00155D98" w:rsidRDefault="002F26BA" w:rsidP="00EF174A">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_20"/>
                 <w:tag w:val="L_AdmAge_ToUnit_20"/>
                 <w:id w:val="1975019946"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15278,69 +15528,81 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5C7433A9" w14:textId="77777777" w:rsidR="00BE396C" w:rsidRPr="004B056D" w:rsidRDefault="00BE396C" w:rsidP="007115C3">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Age in Months: 0 – </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007115C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years:</w:t>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
@@ -15850,71 +16112,71 @@
       <w:r w:rsidRPr="00BE0732">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Illustration of Data Output:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C215305" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19AF37BE" wp14:editId="71FA4372">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19AF37BE" wp14:editId="4E6E44ED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-2540</wp:posOffset>
+                  <wp:posOffset>-1270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>158115</wp:posOffset>
+                  <wp:posOffset>74931</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2590800" cy="276225"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:extent cx="2590800" cy="361950"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Text Box 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2590800" cy="276225"/>
+                          <a:ext cx="2590800" cy="361950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="9525" cmpd="sng">
                           <a:solidFill>
                             <a:schemeClr val="lt1">
                               <a:shade val="50000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:effectRef>
@@ -15934,193 +16196,502 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="0000FF"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                               <w:t>Classification variable(s</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="0000FF"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="19AF37BE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-.2pt;margin-top:12.45pt;width:204pt;height:21.75pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDOZ7CKGQIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtg1kK4N4hRoi+5l&#10;WIe1+wBFl1iobqPU2NnXj5ITJ+meOswPssXLIXlIenkzWEO2EqL2rqUXs5oS6bgX2m1a+vP54dMV&#10;JTExJ5jxTrZ0JyO9WX38sOzDQja+80ZIIAji4qIPLe1SCouqiryTlsWZD9KhUnmwLOEVNpUA1iO6&#10;NVVT15dV70EE8FzGiNL7UUlXBV8pydOjUlEmYlqKuaVyQjnX+axWS7bYAAud5vs02D9kYZl2GHSC&#10;umeJkVfQf0FZzcFHr9KMe1t5pTSXpQas5qJ+U81Tx4IstSA5MUw0xf8Hy79tn8J3IGm49QM2MBPS&#10;h7iIKMz1DApsfmOmBPVI4W6iTQ6JcBQ28+v6qkYVR13z+bJp5hmmOnoHiOmL9Jbkj5YCtqWwxbZf&#10;YxpNDyY5WPRGiwdtTLnkUZB3BsiWYRNNKjki+JmVcaRv6fUcQxNug2hpdJsS48yszNU5WInRMSFH&#10;/HmNzz79yboUcwKE0Y1D4ZGp8pV2RmY4435IRbQohI01wGadSxgnD1cD2TrMXwFDh2yosOh3+u5d&#10;srcsA/9O/8mpxPcuTf5WOw8jh+c9EC+HHqjR/kDFSEDmIg3rARk4mai1FzscNPxXpEc8lPHYMG50&#10;oKTz8PutrMedxCb+emUgKYFk7vy4wsxxtEfXBKVNORouR2nRfpHz9p3eS3rH383qDwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhALbjGofdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjlFLwzAUhd8F/0O4&#10;gm9b2pnVWXs7RHAg+LIp22vaxLbY3JQkXbt/b3yaj4dz+M5XbGfTs7N2vrOEkC4TYJpqqzpqEL4+&#10;3xYbYD5IUrK3pBEu2sO2vL0pZK7sRHt9PoSGRQj5XCK0IQw5575utZF+aQdNsfu2zsgQo2u4cnKK&#10;cNPzVZJk3MiO4kMrB/3a6vrnMBqEKvXrh9P7RXykx3HeTftmt3YT4v3d/PIMLOg5XMfwpx/VoYxO&#10;lR1JedYjLEQcIqzEE7BYi+QxA1YhZBsBvCz4f//yFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAM5nsIoZAgAAtgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhALbjGofdAAAABwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-.1pt;margin-top:5.9pt;width:204pt;height:28.5pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuby0UKAIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L3YypGiCOEXXorsM&#10;67BuD6DoJxYmi5qkxM6efpQUJ0136lAfZIvkx5+PpFc3Q2fIXvqgwTZ0OqkpkZaD0Hbb0J8/Hj5c&#10;UxIis4IZsLKhBxnozfr9u1XvlnIGLRghPUEnNix719A2RresqsBb2bEwASctKhX4jkW8+m0lPOvR&#10;e2eqWV1fVT144TxwGQJK74uSrrN/pSSPj0oFGYlpKOYW8+nzuUlntV6x5dYz12p+TIP9RxYd0xaD&#10;nlzds8jIzut/XHWaewig4oRDV4FSmstcA1YzrV9U89QyJ3MtSE5wJ5rC27nlX/dP7psncfgEAzYw&#10;EdK7sAwoTPUMynfpjZkS1COFhxNtcoiEo3A2X9TXNao46j5eTRfzzGt1Rjsf4mcJHUkfDfXYlswW&#10;238JESOi6WiSggUwWjxoY/IljYK8M57sGTbRxJwjIi6sjCV9Qxfz2RzT6JxoaLDbHOPCLM/VpbMc&#10;o2VCFv/zGp/EQoowhi63c1aoMxaFZ6byVzwYmdwZ+10qokUmrNTgt5tUQpk8XA1ka5y/7AwByVBh&#10;0a/EHiEJLfPAvxJ/AuX4YOMJ32kLvnA4ElE4Er/GHqhiP1JRCEhcxGEzIAPPJmoD4oCDhv+K+IiH&#10;MoAN40Y7Slrwf17KetxJbOLvHfOSEh/NHZQVZpajPUJjyc3C7S6C0nmOUugS6JgSrk1u3nHF014+&#10;v2er849o/RcAAP//AwBQSwMEFAAGAAgAAAAhAIJ8w9PdAAAABwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNy2tGMbVWk6ISQmIXHZmMY1bUxb0ThVkq7dv8ec4Gb7PT1/r9jNthcX&#10;9KFzpCBdJiCQamc6ahScPl4XGYgQNRndO0IFVwywK29vCp0bN9EBL8fYCA6hkGsFbYxDLmWoW7Q6&#10;LN2AxNqX81ZHXn0jjdcTh9terpJkK63uiD+0esCXFuvv42gVVGnYPHy+Xdfv6Xmc99Oh2W/8pNT9&#10;3fz8BCLiHP/M8IvP6FAyU+VGMkH0ChYrNvI55QIsr5NHHioF2ywDWRbyP3/5AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAC5vLRQoAgAA0AQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAIJ8w9PdAAAABwEAAA8AAAAAAAAAAAAAAAAAggQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7D459604" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="0000FF"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Classification variable(s</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="0000FF"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="157AA768" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B"/>
-    <w:p w14:paraId="1D750A4A" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="006F7665" w:rsidP="00DD5A3B">
+    <w:p w14:paraId="1D750A4A" w14:textId="747C49E4" w:rsidR="00DD5A3B" w:rsidRDefault="002F26BA" w:rsidP="00DD5A3B">
+      <w:r w:rsidRPr="002F26BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251645440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27D18231" wp14:editId="28B9C3EA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>8056880</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>608330</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1616075" cy="695325"/>
+                <wp:effectExtent l="38100" t="76200" r="22225" b="123825"/>
+                <wp:wrapNone/>
+                <wp:docPr id="12" name="Group 12"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1616075" cy="695325"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1616078" cy="695325"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="13" name="Straight Arrow Connector 13"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="523875" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="14" name="Straight Arrow Connector 14"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="228600"/>
+                            <a:ext cx="523875" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="15" name="Straight Arrow Connector 15"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="438150"/>
+                            <a:ext cx="523240" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="16" name="Straight Arrow Connector 16"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="9525" y="695325"/>
+                            <a:ext cx="513080" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="18" name="Text Box 18"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="523875" y="190500"/>
+                            <a:ext cx="1092203" cy="361950"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="9525" cmpd="sng">
+                            <a:solidFill>
+                              <a:schemeClr val="lt1">
+                                <a:shade val="50000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="dk1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="5DE85151" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:eastAsia="zh-HK"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:lang w:eastAsia="zh-HK"/>
+                                </w:rPr>
+                                <w:t>Data line</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="27D18231" id="Group 12" o:spid="_x0000_s1027" style="position:absolute;margin-left:634.4pt;margin-top:47.9pt;width:127.25pt;height:54.75pt;z-index:251645440;mso-width-relative:margin;mso-height-relative:margin" coordsize="16160,6953" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANj77trwMAAFERAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNty0zAQfWeGf9D4nfqSxCSZJh0oUB6A&#10;MrR8gCrLl0GWhKTWDl/PSrbcJDRJLzM85UWJZe1qdXy0OqvTs7Zm6I4qXQm+COKTKECUE5FVvFgE&#10;P68/vZkGSBvMM8wEp4tgRXVwtnz96rSRc5qIUrCMKgROuJ43chGUxsh5GGpS0hrrEyEph5e5UDU2&#10;8KiKMFO4Ae81C5MoSsNGqEwqQajW0Puhexksnf88p8Rc5rmmBrFFALEZ1yrX3tg2XJ7ieaGwLCvS&#10;h4GfEUWNKw6TDq4+YIPRrar+cVVXRAktcnNCRB2KPK8IdWuA1cTR1moulLiVbi3FvCnkABNAu4XT&#10;s92Sb3cXSl7J7wqQaGQBWLgnu5Y2V7X9hShR6yBbDZDR1iACnXEap9HbSYAIvEtnk1Ey6TAlJQD/&#10;jxkpP24YAjs2DUM/bbgRTCOBHvoeAf0yBK5KLKkDVs8Bge8KVRmsZRQgjmtg6ZVRuCpKg94pJRp0&#10;LjgHJgmFYIjDyZmd8x41PdcAoIcM5aySn8GdI8Q+8CbJaOqxc1QcVo/nUmlzQUWN7J9FoPuIhlA6&#10;7/juizYQERh6AxsG47bVglXZp4ox92B3FD1nCt1h2AuYEMpN6kJkt/VXkXX9bydR5ENxm9CaOP8b&#10;3gyu2EeeIbOSABe2KFlgIAw7NXw7D4n7Z1aMdmH9oDlAbXnjZh5mWA8qHjzBaGuWwxIGw+iwYT/e&#10;mlKXAp5iPFi4mQU3g3FdcaEemt20PuS8G+8R6NZtIbgR2cqRxUEDTLab7X9QenyY0uMXUTpJpmnH&#10;GEC739uTI68f2GyeJIwfef34M3BHqoYT51CqdgeR3WWQ4Z+eqsejaTzp9cEar5MxqAh7ZPkk6Q9J&#10;n36P+fqYrx+j7XbwOj3M6/SZ+Xo2AW2GtmTaQO14FE2P1N7SR8eU3ddhT6ovdlAbtH6Xsq8t6d6L&#10;FsXTNSrbGgSZFvqtOuxV9rqutoKsV9NeYACZ41kEktWOv9cfcTRLkgjUvE3UozSedYl8t7pWoO6d&#10;stuhpze075ZoZcazZGMU46hZBN2eI7WE8kLzolOPe2S5dWZXokuc0U4UW0HuD5th6m1F/njh7fWz&#10;Km4s2btSGApK2Pu+IHbO9mmU/baH5fd++2co8OyX/wY7Fbhpb1pX5Q1yt9Pk9vLCXEKTMwEfjEDt&#10;FqBSqD/bfQ1cEsBH/H2LFQ2QMuxcdHcKmBMYD6ZGWRreK3xXwkLd7j5Wf8dgLwbWn934+5uQ5V8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC5nU8r4gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMw&#10;EITvhb6D2EJvjfyDQ+paDiG0PYVCk0LpbWNtbBNLMpZiO2/fzak9DcMMs98W69l0YqTBt84qiBcR&#10;CLKV062tFXwd3p5WIHxAq7FzlhRcycO6vL8rMNdusp807kMteMT6HBU0IfS5lL5qyKBfuJ4sZyc3&#10;GAxsh1rqASceN51MomgpDbaWLzTY07ah6ry/GAXvE06bNH4dd+fT9vpzyD6+dzEp9fgwb15ABJrD&#10;Xxlu+IwOJTMd3cVqLzr2yXLF7EHBc8Z6a2RJmoI4KkiiLAVZFvL/E+UvAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAA2Pvu2vAwAAUREAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhALmdTyviAAAADAEAAA8AAAAAAAAAAAAAAAAACQYAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAYBwAAAAA=&#10;">
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="Straight Arrow Connector 13" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;width:5238;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCh6740xgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/Na8JA&#10;EMXvgv/DMkIvUje2UCS6CaUfoOjBaC/ehuw0SZudDdk1H/99Vyh4m+G9eb83m3QwteiodZVlBctF&#10;BII4t7riQsHX+fNxBcJ5ZI21ZVIwkoM0mU42GGvbc0bdyRcihLCLUUHpfRNL6fKSDLqFbYiD9m1b&#10;gz6sbSF1i30IN7V8iqIXabDiQCixobeS8t/T1SjYb+dLez587HcBnOnL+L46dj9KPcyG1zUIT4O/&#10;m/+vtzrUf4bbL2EAmfwBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoeu+NMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 14" o:spid="_x0000_s1029" type="#_x0000_t32" style="position:absolute;top:2286;width:5238;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuAiZAxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/Na8JA&#10;EMXvgv/DMkIvUjeWUiS6CaUfoOjBaC/ehuw0SZudDdk1H/99Vyh4m+G9eb83m3QwteiodZVlBctF&#10;BII4t7riQsHX+fNxBcJ5ZI21ZVIwkoM0mU42GGvbc0bdyRcihLCLUUHpfRNL6fKSDLqFbYiD9m1b&#10;gz6sbSF1i30IN7V8iqIXabDiQCixobeS8t/T1SjYb+dLez587HcBnOnL+L46dj9KPcyG1zUIT4O/&#10;m/+vtzrUf4bbL2EAmfwBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALgImQMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 15" o:spid="_x0000_s1030" type="#_x0000_t32" style="position:absolute;top:4381;width:5232;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBBToPbxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/Na8JA&#10;EMXvgv/DMkIvUjcWWiS6CaUfoOjBaC/ehuw0SZudDdk1H/99Vyh4m+G9eb83m3QwteiodZVlBctF&#10;BII4t7riQsHX+fNxBcJ5ZI21ZVIwkoM0mU42GGvbc0bdyRcihLCLUUHpfRNL6fKSDLqFbYiD9m1b&#10;gz6sbSF1i30IN7V8iqIXabDiQCixobeS8t/T1SjYb+dLez587HcBnOnL+L46dj9KPcyG1zUIT4O/&#10;m/+vtzrUf4bbL2EAmfwBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQU6D28YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 16" o:spid="_x0000_s1031" type="#_x0000_t32" style="position:absolute;left:95;top:6953;width:5131;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCxnB2sxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;EMXvC36HMIKXxaZ6EKmmIv4BxT2suhdvQzO21WZSmljrtzcLC3ub4b15vzfzRWcq0VLjSssKRlEM&#10;gjizuuRcwc95O5yCcB5ZY2WZFLzIwSLtfcwx0fbJR2pPPhchhF2CCgrv60RKlxVk0EW2Jg7a1TYG&#10;fVibXOoGnyHcVHIcxxNpsORAKLCmVUHZ/fQwCg67z5E9f20O+wA+6strPf1ub0oN+t1yBsJT5//N&#10;f9c7HepP4PeXMIBM3wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCxnB2sxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Text Box 18" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:5238;top:1905;width:10922;height:3619;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARp45IxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMoXedBP/lJK6ShGUCr2opV7H7DQJzc6G3dXEb985FHqb4b157zfL9eBadaMQG88G8kkG&#10;irj0tuHKwOdpO34BFROyxdYzGbhThPXqYbTEwvqeD3Q7pkpJCMcCDdQpdYXWsazJYZz4jli0bx8c&#10;JllDpW3AXsJdq6dZ9qwdNiwNNXa0qan8OV6dgUseF7Pz/j7/yL+uw64/VLtF6I15ehzeXkElGtK/&#10;+e/63Qq+wMovMoBe/QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQARp45IxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="5DE85151" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:eastAsia="zh-HK"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                            <w:lang w:eastAsia="zh-HK"/>
+                          </w:rPr>
+                          <w:t>Data line</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28FA5AEF" wp14:editId="277F59AB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28FA5AEF" wp14:editId="73E86FD3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>6771005</wp:posOffset>
+                  <wp:posOffset>6723380</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>217805</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1571625" cy="1839595"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="27305"/>
                 <wp:wrapNone/>
                 <wp:docPr id="28" name="Group 28"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1571625" cy="1839595"/>
-                          <a:chOff x="0" y="-80644"/>
+                          <a:chOff x="-76200" y="-80644"/>
                           <a:chExt cx="1571625" cy="1840261"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="29" name="Rounded Rectangle 29"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="200025" y="-80644"/>
                             <a:ext cx="1009650" cy="1305337"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="2">
                             <a:schemeClr val="accent1">
                               <a:shade val="50000"/>
                             </a:schemeClr>
                           </a:lnRef>
                           <a:fillRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="lt1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="30" name="Text Box 30"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="0" y="1428209"/>
+                            <a:off x="-76200" y="1428209"/>
                             <a:ext cx="1571625" cy="331408"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="9525" cmpd="sng">
                             <a:solidFill>
                               <a:schemeClr val="lt1">
                                 <a:shade val="50000"/>
                               </a:schemeClr>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:scrgbClr r="0" g="0" b="0"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:scrgbClr r="0" g="0" b="0"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:scrgbClr r="0" g="0" b="0"/>
@@ -16138,145 +16709,144 @@
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:lang w:eastAsia="zh-HK"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:color w:val="FF0000"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:eastAsia="zh-HK"/>
                                 </w:rPr>
                                 <w:t>Data Measurement</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="31" name="Straight Arrow Connector 31"/>
-                        <wps:cNvCnPr/>
+                        <wps:cNvCnPr>
+                          <a:stCxn id="30" idx="0"/>
+                          <a:endCxn id="29" idx="2"/>
+                        </wps:cNvCnPr>
                         <wps:spPr>
-                          <a:xfrm flipV="1">
-[...1 lines deleted...]
-                            <a:ext cx="0" cy="216078"/>
+                          <a:xfrm flipH="1" flipV="1">
+                            <a:off x="704850" y="1224693"/>
+                            <a:ext cx="4763" cy="203516"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="FF0000"/>
                             </a:solidFill>
                             <a:tailEnd type="arrow"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="28FA5AEF" id="Group 28" o:spid="_x0000_s1027" style="position:absolute;margin-left:533.15pt;margin-top:17.15pt;width:123.75pt;height:144.85pt;z-index:251673600;mso-width-relative:margin;mso-height-relative:margin" coordorigin=",-806" coordsize="15716,18402" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeWr+GuQMAAL0LAAAOAAAAZHJzL2Uyb0RvYy54bWzMVtlu2zgUfR9g/oHQe6PFS2whStGmTV6K&#10;aZF0+s5Q1IKhSJakI7lfP5ekKNupW7sZoJgX2dzucnjOvbx6PXQMPVGlW8GLKL1IIkQ5EWXL6yL6&#10;+/Ptq1WEtMG8xExwWkRbqqPX13/+cdXLnGaiEaykCoERrvNeFlFjjMzjWJOGdlhfCEk5LFZCddjA&#10;UNVxqXAP1jsWZ0myjHuhSqkEoVrD7Du/GF07+1VFiflYVZoaxIoIYjPuq9z30X7j6yuc1wrLpiVj&#10;GPgFUXS45eB0MvUOG4w2qv3OVNcSJbSozAURXSyqqiXU5QDZpMmzbO6U2EiXS533tZxgAmif4fRi&#10;s+SvpzslH+QnBUj0sgYs3MjmMlSqs78QJRocZNsJMjoYRGAyXVymy2wRIQJr6Wq2XqwXHlTSAPK7&#10;c69WyXI+D0vvjx+fJ9kytXvi4D0+iKmXwBK9A0L/NyAeGiypw1fnAMQnhdqyiLJ1hDjugKz3YsNL&#10;WqJ7oBHmNaMI1hxObv+Ems41AHgEMmBoYsEBbPbzn8BLkvVyAbR04M2SxWx2eZA9zqXS5o6KDtk/&#10;RQSE4KUNx5ENP33QxqMV9tkguLhtGYN5nDNuv1qwtrRzbqDqxxum0BMGSdzeQoROBYD43jYY2aOA&#10;fsjN/TNbRr3Ze1oBWECAzEXi9Eons5gQyk3qlxpcUu9tse/MKtyecJfNOBi0liuIcrI9Ggg7vZFg&#10;2+c97rdHqZP7dDj5WWD+8HTCeRbcTIe7lgt1zACDrEbPfn8AyUNjUXoU5RaoBEXRfIRPxURfRIS1&#10;MkKNUN+ezynDboSvTpgT2FFExrkYyW5l+RtYPwMaetZ/tvR8KwYEU5Cq9Q7isGRHZoB50HmY/wHt&#10;wZStBvNslSVOMHA5xwQ/m6XzZDXiGapNYHJg/Amy75EWGHxIld1lHexiHMGNrBeubHUSJK957S/7&#10;QCjfG7M80efwec/f+VIKjB0F6rsU1HqAM/QqZ+yYVM47e1otP/f9AsGU/5wUjBkeB195A69+UUI9&#10;9G+4xK8brGiEjgiKGC9mLt5sjKhaVzR3Wh01DJ3ld4ktDWJ7MAq3dWPQG6VEj24E50B4odBsEhmI&#10;74aP/TlUY98eUQVV5YvVoyXm2KYv59na9hSrwHS9TLPxkRMUCEu23WTpMrk8oT09BjdF5R39oO28&#10;tNfg3OCWveclMlsJXRdbJMaicGYTOqNRHO8wQTZjL/o/dBgznBSMl4dtQ1OPcO8keCO6bjq+Z+0j&#10;dH/s9u9e3df/AgAA//8DAFBLAwQUAAYACAAAACEAz+HhZOEAAAAMAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwWrDMBBE74X+g9hAb43kKDXFsRxCaHsKhSaF0ptibWwTSzKWYjt/382pOS2zO8y+ydeT&#10;bdmAfWi8U5DMBTB0pTeNqxR8H96fX4GFqJ3RrXeo4IoB1sXjQ64z40f3hcM+VoxCXMi0gjrGLuM8&#10;lDVaHea+Q0e3k++tjiT7iptejxRuW74QIuVWN44+1LrDbY3leX+xCj5GPW5k8jbszqft9ffw8vmz&#10;S1Cpp9m0WQGLOMV/M9zwCR0KYjr6izOBtaRFmkryKpBLmjeHTCS1OdJmsRTAi5zflyj+AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5av4a5AwAAvQsAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM/h4WThAAAADAEAAA8AAAAAAAAAAAAAAAAAEwYA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAhBwAAAAA=&#10;">
-[...1 lines deleted...]
-                <v:shape id="Text Box 30" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;top:14282;width:15716;height:3314;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkZN4uwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDrjTtDqKVKMMA4oDbnyg22tzpy3T3JQk2vr3ZiG4PJz3YtWZWtzJ+cqygnSYgCDOra64&#10;UHA6rgczED4ga6wtk4IHeVgtP3oLzLRteU/3QyhEDGGfoYIyhCaT0uclGfRD2xBH7s86gyFCV0jt&#10;sI3hppajJJlKgxXHhhIb+ikp/z/cjIJr6ifjy+/ja5eeb92m3RebiWuV6n9233MQgbrwFr/cW61g&#10;HNfHL/EHyOUTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApGTeLsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:group w14:anchorId="28FA5AEF" id="Group 28" o:spid="_x0000_s1033" style="position:absolute;margin-left:529.4pt;margin-top:17.15pt;width:123.75pt;height:144.85pt;z-index:251667968;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-762,-806" coordsize="15716,18402" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5U9IP4QMAABYMAAAOAAAAZHJzL2Uyb0RvYy54bWzMVttu2zgQfV+g/0DwPdHNkm0hStG6TfZh&#10;sS2S7r4zEnVBKVJL0pHcr98hKcl26ibeLFD0hRJvw5nDc2Z49XZoGXqkUjWCZzi49DGiPBdFw6sM&#10;//Xl5mKFkdKEF4QJTjO8owq/vX7z21XfpTQUtWAFlQiMcJX2XYZrrbvU81Re05aoS9FRDpOlkC3R&#10;0JWVV0jSg/WWeaHvJ14vZNFJkVOlYPSDm8TX1n5Z0lx/KktFNWIZBt+0baVtH0zrXV+RtJKkq5t8&#10;dIO8wouWNBwOnU19IJqgrWy+M9U2uRRKlPoyF60nyrLJqY0Bogn8J9HcSrHtbCxV2lfdDBNA+wSn&#10;V5vN/3y8ld1991kCEn1XARa2Z2IZStmaL3iJBgvZboaMDhrlMBjEyyAJY4xymAtW0Tpexw7UvAbk&#10;zb6LZQI3hREsuFj5yWIxzX88bWPhh0lg1niTC96RY30HVFF7NNT/Q+O+Jh21IKsU0PgsUVNkOFxj&#10;xEkLjL0TW17QAt0BlwivGEUwZ8Gy62foVKoAxRO4QfC+QehJ/DOCvr9OYsDHIhj5cRQtj6InaSeV&#10;vqWiReYnw8AKXhh3LOPI4x9KO7SmdcYJLm4axmCcpIybVgnWFGbMdmT1sGESPRLQxc0NeGilAIgf&#10;LIOe2QroT7HZP71j1Jm9oyWABVccWk+saOlsluQ55TpwUzUpqDstPjzMyNzssJfNOBg0lkvwcrY9&#10;GphWOiOTbRf3uN5spVbz82b/Ocfc5nmHPVlwPW9uGy7kKQMMohpPdusnkBw0BqUHUeyASpAZ9Sdo&#10;Sib6DOes6TCqhfz2dExqthEuRRGew4oMa3vESHajzZ/A+gho6Fj/xdDzvRgQDEGo5nQQhyE70gOM&#10;g9in8R/Q/kD2wSJchb5VDdzQKdVHUbDwVyOoU96Z6DzR/gXGHzAXaHzMl/2NHa1iHMG1rGObwNoO&#10;dK945W78SC3fGzNkUeeQ+uC88/U00XZUqatXkPXheqaqZY2d0st5e1+WzPNnv0I1xdcXVaOHh8Gl&#10;34lc/1FHPVRyuMR/tkRSjE6oKtdO0Vy822pRNjZz7gU7ChnKy89SXDAp7l5L0lS1Ru+kFD3aCM6B&#10;8EKiaFYaKHDDXY1RejNwC5XRrE3C42OG8mKaMkVszM8mXY0idiZM51C5qITk9LuRtf372/wZko/F&#10;f+kvVqZImSofhotkHZkb2qt5sUwiV8JCP4qD5HkpqzHWOUh31g9K2WvrF0k1adhHXiC966CSEwPs&#10;6NiZhe2M4nO6ak0qHOvbr1C19PCi/pzaJq5YFdi3Fzw+bYUeH8rmdXvYt9zaP+ev/wUAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAIN18rzhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odl&#10;Cr3V3RgVidmISNuTFKqF4m1MxiSY3Q3ZNYn/vuOp3ubNPN58L12PphE9db52VkM0USDI5q6obanh&#10;5/DxtgThA9oCG2dJw408rLPnpxSTwg32m/p9KAWHWJ+ghiqENpHS5xUZ9BPXkuXb2XUGA8uulEWH&#10;A4ebRk6VWkiDteUPFba0rSi/7K9Gw+eAwyaO3vvd5by9HQ/zr99dRFq/voybFYhAY/g3wx2f0SFj&#10;ppO72sKLhrWaL5k9aIhnMYi7I1YLnk68mc4UyCyVjyWyPwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB5U9IP4QMAABYMAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCDdfK84QAAAAwBAAAPAAAAAAAAAAAAAAAAADsGAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASQcAAAAA&#10;">
+                <v:roundrect id="Rounded Rectangle 29" o:spid="_x0000_s1034" style="position:absolute;left:2000;top:-806;width:10096;height:13052;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0Ez2sxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6kYPaY2uIotiofTQ6A94ZJ9JNPs2ZFeN/nq3IHgcZuYbZr7sbSMu1PnasYLxKAFB&#10;XDhTc6lgv9t8fIHwAdlg45gU3MjDcjF4m2Nm3JX/6JKHUkQI+wwVVCG0mZS+qMiiH7mWOHoH11kM&#10;UXalNB1eI9w2cpIkqbRYc1yosCVdUXHKz1bBYd8c9f22TZOz/l3XepP/pJ9aqfdhv5qBCNSHV/jZ&#10;/jYKJlP4/xJ/gFw8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALQTPazEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2pt"/>
+                <v:shape id="Text Box 30" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:-762;top:14282;width:15716;height:3314;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkZN4uwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDrjTtDqKVKMMA4oDbnyg22tzpy3T3JQk2vr3ZiG4PJz3YtWZWtzJ+cqygnSYgCDOra64&#10;UHA6rgczED4ga6wtk4IHeVgtP3oLzLRteU/3QyhEDGGfoYIyhCaT0uclGfRD2xBH7s86gyFCV0jt&#10;sI3hppajJJlKgxXHhhIb+ikp/z/cjIJr6ifjy+/ja5eeb92m3RebiWuV6n9233MQgbrwFr/cW61g&#10;HNfHL/EHyOUTAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApGTeLsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="1A97897C" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:eastAsia="zh-HK"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="FF0000"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:eastAsia="zh-HK"/>
                           </w:rPr>
                           <w:t>Data Measurement</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...3 lines deleted...]
-                <v:shape id="Straight Arrow Connector 31" o:spid="_x0000_s1030" type="#_x0000_t32" style="position:absolute;left:7429;top:11961;width:0;height:2160;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3mM8RxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oReSt2khRJSVymi4i1t9KC3R/aZhGbfhuyajf++Wyj0OMzMN8xyPZlOjDS41rKCdJGA&#10;IK6sbrlWcDrunjMQziNr7CyTgjs5WK9mD0vMtQ38RWPpaxEh7HJU0Hjf51K6qiGDbmF74uhd7WDQ&#10;RznUUg8YItx08iVJ3qTBluNCgz1tGqq+y5tRMO6Lm00vT+fwSdtr2GfFxW8LpR7n08c7CE+T/w//&#10;tQ9awWsKv1/iD5CrHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA3mM8RxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="red">
+                <v:shape id="Straight Arrow Connector 31" o:spid="_x0000_s1036" type="#_x0000_t32" style="position:absolute;left:7048;top:12246;width:48;height:2036;flip:x y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVbGktxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcoTelGZjCiKpq4ggzY3Qqg9wzJ78tLtnQ3ZN4tu7hUIvh5n5hllvJ2vEQL1vHStYJCkI&#10;4tLplmsFl/PhdQXCB2SNxjEpuJOH7Wb2tMZcu5G/aDiFWkQI+xwVNCF0uZS+bMiiT1xHHL3K9RZD&#10;lH0tdY9jhFsjszRdSostx4UGO9o3VP6cblaBf7kdP67dnrJP810tM5MWx+Ki1PN82r2DCDSF//Bf&#10;u9AK3hbw+yX+ALl5AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANVsaS3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="red">
                   <v:stroke endarrow="open"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DD5A3B">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B9FBC9A" wp14:editId="1A1344BA">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B9FBC9A" wp14:editId="1C63F2DE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1217930</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>3175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="233680"/>
                 <wp:effectExtent l="95250" t="0" r="57150" b="52070"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="直線單箭頭接點 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="233680"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -16290,764 +16860,493 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3791EF99" id="直線單箭頭接點 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:95.9pt;margin-top:.25pt;width:0;height:18.4pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGCG3zywEAAPsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RdabWqmu5Dl/KC&#10;YMXlA1zHTizZHmtsmuTvGTttCgtCApGHiS9zZuacGe8eR2fZWWE04Bu+XtWcKS+hNb5r+NcvxzcP&#10;nMUkfCsseNXwSUX+uH/9ajeErdpAD7ZVyCiIj9shNLxPKWyrKspeORFXEJSnSw3oRKItdlWLYqDo&#10;zlabur6vBsA2IEgVI50+zZd8X+JrrWT6qHVUidmGU22pWCz2lG2134lthyL0Rl7KEP9QhRPGU9Il&#10;1JNIgn1D80soZyRCBJ1WElwFWhupCgdis65fsPnci6AKFxInhkWm+P/Cyg/ng39GkmEIcRvDM2YW&#10;o0aX/1QfG4tY0yKWGhOT86Gk083d3f1D0bG64QLG9E6BY3nR8JhQmK5PB/CeOgK4LlqJ8/uYKDMB&#10;r4Cc1PpsI1jTHo21ZYPd6WCRnUVuI33HY+4cAX9yS8LYt75laQo0agIRhotbjlndGJZVmqya831S&#10;mpmWOM11leFTSz4hpfJpvUQi7wzTVNsCrAuhPwIv/hmqymD+DXhBlMzg0wJ2xgP+LnsaryXr2f+q&#10;wMw7S3CCdiq9L9LQhBVJL68hj/CP+wK/vdn9dwAAAP//AwBQSwMEFAAGAAgAAAAhAErijCLdAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMjl1PwjAYhe9N+A/NS+KNgQ4XP5jrCBhMDPHGjcTbsr5u&#10;g/ZtsxaY/nqLN3r55Jyc8+SLwWh2wt53lgTMpgkwpNqqjhoB2+pl8gjMB0lKakso4As9LIrRVS4z&#10;Zc/0jqcyNCyOkM+kgDYEl3Hu6xaN9FPrkGL2aXsjQ8S+4aqX5zhuNL9NkntuZEfxoZUOn1usD+XR&#10;CHDV23L14dK1/r55daXf7OfVei/E9XhYPgELOIS/Mlz0ozoU0Wlnj6Q805Hns6geBNwBu8S/uBOQ&#10;PqTAi5z/9y9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYIbfPLAQAA+wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAErijCLdAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="blue">
+              <v:shape w14:anchorId="4221C7B4" id="直線單箭頭接點 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:95.9pt;margin-top:.25pt;width:0;height:18.4pt;z-index:251672064;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGCG3zywEAAPsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RdabWqmu5Dl/KC&#10;YMXlA1zHTizZHmtsmuTvGTttCgtCApGHiS9zZuacGe8eR2fZWWE04Bu+XtWcKS+hNb5r+NcvxzcP&#10;nMUkfCsseNXwSUX+uH/9ajeErdpAD7ZVyCiIj9shNLxPKWyrKspeORFXEJSnSw3oRKItdlWLYqDo&#10;zlabur6vBsA2IEgVI50+zZd8X+JrrWT6qHVUidmGU22pWCz2lG2134lthyL0Rl7KEP9QhRPGU9Il&#10;1JNIgn1D80soZyRCBJ1WElwFWhupCgdis65fsPnci6AKFxInhkWm+P/Cyg/ng39GkmEIcRvDM2YW&#10;o0aX/1QfG4tY0yKWGhOT86Gk083d3f1D0bG64QLG9E6BY3nR8JhQmK5PB/CeOgK4LlqJ8/uYKDMB&#10;r4Cc1PpsI1jTHo21ZYPd6WCRnUVuI33HY+4cAX9yS8LYt75laQo0agIRhotbjlndGJZVmqya831S&#10;mpmWOM11leFTSz4hpfJpvUQi7wzTVNsCrAuhPwIv/hmqymD+DXhBlMzg0wJ2xgP+LnsaryXr2f+q&#10;wMw7S3CCdiq9L9LQhBVJL68hj/CP+wK/vdn9dwAAAP//AwBQSwMEFAAGAAgAAAAhAErijCLdAAAA&#10;BwEAAA8AAABkcnMvZG93bnJldi54bWxMjl1PwjAYhe9N+A/NS+KNgQ4XP5jrCBhMDPHGjcTbsr5u&#10;g/ZtsxaY/nqLN3r55Jyc8+SLwWh2wt53lgTMpgkwpNqqjhoB2+pl8gjMB0lKakso4As9LIrRVS4z&#10;Zc/0jqcyNCyOkM+kgDYEl3Hu6xaN9FPrkGL2aXsjQ8S+4aqX5zhuNL9NkntuZEfxoZUOn1usD+XR&#10;CHDV23L14dK1/r55daXf7OfVei/E9XhYPgELOIS/Mlz0ozoU0Wlnj6Q805Hns6geBNwBu8S/uBOQ&#10;PqTAi5z/9y9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYIbfPLAQAA+wMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAErijCLdAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="blue">
                 <v:stroke endarrow="open"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="12559" w:type="dxa"/>
         <w:tblInd w:w="28" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2155"/>
         <w:gridCol w:w="2321"/>
         <w:gridCol w:w="1010"/>
         <w:gridCol w:w="1877"/>
         <w:gridCol w:w="1010"/>
         <w:gridCol w:w="2742"/>
         <w:gridCol w:w="1444"/>
       </w:tblGrid>
       <w:tr w:rsidR="006F7665" w:rsidRPr="00BE0732" w14:paraId="16E5B92E" w14:textId="77777777" w:rsidTr="006F7665">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E1873A1" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="006F7665" w:rsidP="006F7665">
+          <w:p w14:paraId="2E1873A1" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="006F7665" w:rsidP="006F7665">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="704052CF" wp14:editId="6EB5B4B9">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="704052CF" wp14:editId="27EBD58D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-38100</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-7620</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="6890385" cy="344170"/>
-                      <wp:effectExtent l="0" t="0" r="24765" b="17780"/>
+                      <wp:extent cx="6772275" cy="257175"/>
+                      <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                       <wp:wrapNone/>
                       <wp:docPr id="5" name="Rounded Rectangle 5"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="6890385" cy="344170"/>
+                                <a:ext cx="6772275" cy="257175"/>
                               </a:xfrm>
                               <a:prstGeom prst="roundRect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:solidFill>
                                   <a:srgbClr val="0000FF"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:roundrect w14:anchorId="2106176A" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3pt;margin-top:-.6pt;width:542.55pt;height:27.1pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsrS5Z/gEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+ykH8uMOD20yC7D&#10;WrTdD1BkKhYgi4Kkxsl+/SjZcYpu2KFoDopIke+Rj5JXN4fOsD34oNHWfD4rOQMrsdF2V/Nfz5sv&#10;S85CFLYRBi3U/AiB36w/f1r1roIFtmga8IxAbKh6V/M2RlcVRZAtdCLM0IGlQ4W+E5FMvysaL3pC&#10;70yxKMvrokffOI8SQiDv3XDI1xlfKZDxXqkAkZmaU20xrz6v27QW65Wodl64VsuxDPGOKjqhLZFO&#10;UHciCvbi9V9QnZYeA6o4k9gVqJSWkHugbublm26eWuEg90LiBDfJFD4OVv7cP7kHTzL0LlSBtqmL&#10;g/Jd+qf62CGLdZzEgkNkkpzXy2/lxfKKM0lnF5eX869ZzeKc7XyI3wE7ljY19/him0eaSBZK7H+E&#10;SLQUf4pLjBY32pg8FWOTI6DRTfJlw++2t8azvUjjpN9mkyZIGK/CyEqpxbmhvItHAwnD2EdQTDfU&#10;wiJXku8aTLBCSrBxPhy1ooGB7SrRncjS7UwZmToDJmRFVU7YI8ApcgA5YQ81j/EpFfJVnZLL/xU2&#10;JE8ZmRltnJI7bdH/C8BQVyPzEH8SaZAmqbTF5vhA+oKP97Qog33NpdGOsxb977c+H80tDi9LWEkR&#10;NY+ZImHRjc36jK8rPYnXdiY/fwPWfwAAAP//AwBQSwMEFAAGAAgAAAAhAMpKoX7iAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj1FrwjAUhd8H+w/hDvYyNGlFN7um4gaOgeCw82VvMbm2xeamNFG7&#10;f7/4NJ8Ol3M55zv5YrAtO2PvG0cSkrEAhqSdaaiSsPtejV6A+aDIqNYRSvhFD4vi/i5XmXEX2uK5&#10;DBWLIeQzJaEOocs497pGq/zYdUjRO7jeqhDPvuKmV5cYblueCjHjVjUUG2rV4XuN+lierITuc7fV&#10;YvP1s/rQb9PJ07xMD+tSyseHYfkKLOAQ/p/hih/RoYhMe3ci41krYTSLU0LUJAV29cXzPAG2lzCd&#10;COBFzm8XFH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbK0uWf4BAABLBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAykqhfuIAAAAJAQAADwAA&#10;AAAAAAAAAAAAAABYBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
+                    <v:roundrect w14:anchorId="73350BC8" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3pt;margin-top:-.6pt;width:533.25pt;height:20.25pt;z-index:251651584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiZZN0+gEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc612v5LiyvM4hkXOp&#10;mihpfwBmBy8SyyAgXru/vgP74SiteqjiA4Zh5r15D9jt7bkz7AQ+aLQ1Xy5KzsBKbLQ91vznj/2X&#10;r5yFKGwjDFqo+QUCv919/rTt3QYqbNE04BmB2LDpXc3bGN2mKIJsoRNhgQ4sbSr0nYi09Mei8aIn&#10;9M4UVVneFD36xnmUEAJF74dNvsv4SoGMj0oFiMzUnHqLefR5PKSx2G3F5uiFa7Uc2xD/0UUntCXS&#10;GepeRMFevf4DqtPSY0AVFxK7ApXSErIGUrMs36l5aYWDrIXMCW62KXwcrPx+enFPnmzoXdgEmiYV&#10;Z+W79E/9sXM26zKbBefIJAVv1uuqWq84k7RXrdZLmhNMca12PsQHwI6lSc09vtrmmU4kGyVO30Ic&#10;8qe8xGhxr43Jp2JsCgQ0ukmxvPDHw53x7CTScdJvvx8536RRB6m0uArKs3gxkDCMfQbFdEMSqtxJ&#10;vmswwwopwcblsNWKBga2VaKbyNLtTBVZbgZMyIq6nLFHgClzAJmwB91jfiqFfFXn4vJfjQ3Fc0Vm&#10;Rhvn4k5b9H8DMKRqZB7yJ5MGa5JLB2wuT+Qv+PhIgzLY11wa7Thr0f96H/PR3OHwsoSVlFHzmCkS&#10;Ft3Y7M/4utKTeLvO5NdvwO43AAAA//8DAFBLAwQUAAYACAAAACEAD86DcuIAAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwWrDMBBE74X8g9hCLiWRYhPTuJZDG0gpFFri5tKbIm1sE2tlLCVx/77K&#10;qT0Nyywzb4r1aDt2wcG3jiQs5gIYknampVrC/ms7ewTmgyKjOkco4Qc9rMvJXaFy4660w0sVahZD&#10;yOdKQhNCn3PudYNW+bnrkaJ3dINVIZ5Dzc2grjHcdjwRIuNWtRQbGtXjpkF9qs5WQv+232nx8fm9&#10;fdUvy/RhVSXH90rK6f34/AQs4Bj+nuGGH9GhjEwHdybjWSdhlsUpIeoiAXbzRSaWwA4S0lUKvCz4&#10;/wXlLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCiZZN0+gEAAEsEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAPzoNy4gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAFQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidR="00DD5A3B" w:rsidRPr="00BE0732">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidR="00DD5A3B" w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B18AA8C" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
+          <w:p w14:paraId="7B18AA8C" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="002F26BA">
             <w:pPr>
               <w:widowControl/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Age in years</w:t>
             </w:r>
-            <w:r w:rsidR="0078594F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0078594F" w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/ months</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE0732">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> at attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C53AC80" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
+          <w:p w14:paraId="7C53AC80" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="310D9D37" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
+          <w:p w14:paraId="310D9D37" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>District of residence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7255246A" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
+          <w:p w14:paraId="7255246A" w14:textId="021D2F50" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="002F26BA" w:rsidP="006F7665">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...279 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE32234" wp14:editId="63A40E9D">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE32234" wp14:editId="3352393A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>533400</wp:posOffset>
+                        <wp:posOffset>467995</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>13335</wp:posOffset>
+                        <wp:posOffset>259080</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1642110" cy="1553845"/>
-                      <wp:effectExtent l="0" t="0" r="15240" b="27305"/>
+                      <wp:extent cx="1456055" cy="1564005"/>
+                      <wp:effectExtent l="0" t="0" r="10795" b="17145"/>
                       <wp:wrapNone/>
                       <wp:docPr id="11" name="Group 11"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1642110" cy="1553845"/>
-[...1 lines deleted...]
-                                <a:chExt cx="1642110" cy="1553945"/>
+                                <a:ext cx="1456055" cy="1564005"/>
+                                <a:chOff x="-57150" y="133414"/>
+                                <a:chExt cx="1456055" cy="1564770"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <wps:wsp>
                               <wps:cNvPr id="9" name="Rounded Rectangle 9"/>
                               <wps:cNvSpPr/>
                               <wps:spPr>
                                 <a:xfrm>
-                                  <a:off x="0" y="0"/>
-                                  <a:ext cx="1642110" cy="933450"/>
+                                  <a:off x="-1" y="133414"/>
+                                  <a:ext cx="1362075" cy="914810"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="roundRect">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln>
                                   <a:solidFill>
                                     <a:srgbClr val="00B050"/>
                                   </a:solidFill>
                                 </a:ln>
                               </wps:spPr>
                               <wps:style>
                                 <a:lnRef idx="2">
                                   <a:schemeClr val="accent1">
                                     <a:shade val="50000"/>
                                   </a:schemeClr>
                                 </a:lnRef>
                                 <a:fillRef idx="1">
                                   <a:schemeClr val="accent1"/>
                                 </a:fillRef>
                                 <a:effectRef idx="0">
                                   <a:schemeClr val="accent1"/>
                                 </a:effectRef>
                                 <a:fontRef idx="minor">
                                   <a:schemeClr val="lt1"/>
                                 </a:fontRef>
                               </wps:style>
                               <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                             </wps:wsp>
                             <wps:wsp>
                               <wps:cNvPr id="21" name="Straight Arrow Connector 21"/>
-                              <wps:cNvCnPr/>
+                              <wps:cNvCnPr>
+                                <a:stCxn id="9" idx="2"/>
+                                <a:endCxn id="10" idx="0"/>
+                              </wps:cNvCnPr>
                               <wps:spPr>
-                                <a:xfrm>
-[...1 lines deleted...]
-                                  <a:ext cx="0" cy="257175"/>
+                                <a:xfrm flipH="1">
+                                  <a:off x="670878" y="1048224"/>
+                                  <a:ext cx="10159" cy="319123"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="straightConnector1">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:ln>
                                   <a:solidFill>
                                     <a:srgbClr val="00B050"/>
                                   </a:solidFill>
                                   <a:tailEnd type="arrow"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:style>
                                 <a:lnRef idx="1">
                                   <a:schemeClr val="accent1"/>
                                 </a:lnRef>
                                 <a:fillRef idx="0">
                                   <a:schemeClr val="accent1"/>
                                 </a:fillRef>
                                 <a:effectRef idx="0">
                                   <a:schemeClr val="accent1"/>
                                 </a:effectRef>
                                 <a:fontRef idx="minor">
                                   <a:schemeClr val="tx1"/>
                                 </a:fontRef>
                               </wps:style>
                               <wps:bodyPr/>
                             </wps:wsp>
                             <wps:wsp>
                               <wps:cNvPr id="10" name="Text Box 10"/>
                               <wps:cNvSpPr txBox="1"/>
                               <wps:spPr>
                                 <a:xfrm>
-                                  <a:off x="0" y="1223108"/>
+                                  <a:off x="-57150" y="1367347"/>
                                   <a:ext cx="1456055" cy="330837"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:solidFill>
                                   <a:schemeClr val="lt1"/>
                                 </a:solidFill>
                                 <a:ln w="9525" cmpd="sng">
                                   <a:solidFill>
                                     <a:schemeClr val="lt1">
                                       <a:shade val="50000"/>
                                     </a:schemeClr>
                                   </a:solidFill>
                                 </a:ln>
                               </wps:spPr>
                               <wps:style>
                                 <a:lnRef idx="0">
                                   <a:scrgbClr r="0" g="0" b="0"/>
                                 </a:lnRef>
                                 <a:fillRef idx="0">
                                   <a:scrgbClr r="0" g="0" b="0"/>
                                 </a:fillRef>
                                 <a:effectRef idx="0">
                                   <a:scrgbClr r="0" g="0" b="0"/>
@@ -17075,1266 +17374,1318 @@
                                         <w:sz w:val="22"/>
                                         <w:szCs w:val="22"/>
                                         <w:lang w:eastAsia="zh-HK"/>
                                       </w:rPr>
                                       <w:t>Classification level</w:t>
                                     </w:r>
                                   </w:p>
                                 </w:txbxContent>
                               </wps:txbx>
                               <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="4BE32234" id="Group 11" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:1.05pt;width:129.3pt;height:122.35pt;z-index:251672576;mso-width-relative:margin;mso-height-relative:margin" coordsize="16421,15539" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdxiSPkAMAAIYLAAAOAAAAZHJzL2Uyb0RvYy54bWy8Vtty3CgQfU9V/oHiPdZtZHtUllMbJ/HL&#10;Vpyysx+AEbrUImABW5r9+m1A0ozvs5NK/CCPUHfTfTh96LOPY8/RPdOmk6LEyVGMERNUVp1oSvzX&#10;j68fTjEyloiKcClYiTfM4I/n79+dDapgqWwlr5hGEESYYlAlbq1VRRQZ2rKemCOpmICPtdQ9sfCq&#10;m6jSZIDoPY/SOD6OBqkrpSVlxsDq5/ARn/v4dc2ovaprwyziJYbcrH9q/7x1z+j8jBSNJqrt6JQG&#10;OSCLnnQCNl1CfSaWoDvdPQnVd1RLI2t7RGUfybruKPM1QDVJ/KiaSy3vlK+lKYZGLTABtI9wOjgs&#10;/XZ/qdWN+q4BiUE1gIV/c7WMte7df8gSjR6yzQIZGy2isJgcr9IkAWQpfEvyPDtd5QFU2gLyT/xo&#10;++Ulz3XwjOaNowfpDAoIYrYYmJ/D4KYlinloTQEYfNeoq0q8xkiQHmh6Le9ExSp0DQQiouEMrV1V&#10;LgmwXuAyhQHkDsJqnWWr3PNvKZgUSht7yWSP3I8Sw/GLyqXgqUXu/zQWkgD72c7tLOTXjnPPYy7c&#10;gpG8q9yaf9HN7QXX6J64Bog/xcueO2YQ0bkC4HNB/pfdcOZicHHNasAHjjv1mfjuZEtYQikTNgmf&#10;WlKxsFsew59DDcIvHv7NB3SRa8hyiT0FcJ3/NHYIM9k7V+abe3GOX0ssOC8efmcp7OLcd0Lq5wJw&#10;qGraOdjPIAVoHEq3stoAe0AC7RU8ai6HElPeKYxaqf99vKYtv5BBi4igYFFi67dwsYDfgWO/nOhp&#10;MjP9xmrSNa1Ff2gtB3QhhQDCSY3ABEp3aQHjL8QkEDNB5iZd1OEkWWUnOUYgA1tqwzFN3T4pRJqf&#10;JGAVMJ31ZWbzxHozZbSkEojxAv0P5TwpLOn4F1Ehu1HQ8cSVPyW2ZzPsQdjnmb4HWX830+24J9Pd&#10;0f1errrbJajyD8emT3JEsLTlplNjZEdYhxtoXn9Vl5M0zZL41NluGZqs8uM4Bwa7myzL4tPsZKLD&#10;CzzVbwjzjsDuCGDQxq2wPLDiAoF6rPPUpdEruJGMaIIwPRD1hxrpgrlKzD7au7Pf/rI/E3a6TML8&#10;BFMInMw8RflgoKheXHdlfT/ft/n++t4HiHv195uUt+Pt6AeDbObV/5T7ASZLOMR/7ohmGD0j/tRq&#10;z7KlpfzUA8OevyinwdRNk7vvvgW34/P5fwAAAP//AwBQSwMEFAAGAAgAAAAhADa1r6/eAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0Frg0AUhO+F/IflBXprVo0Vsa4hhLanUGhSKL296ItK3F1x&#10;N2r+fV9PzXGYYeabfDPrTow0uNYaBeEqAEGmtFVragVfx7enFITzaCrsrCEFN3KwKRYPOWaVncwn&#10;jQdfCy4xLkMFjfd9JqUrG9LoVrYnw97ZDho9y6GW1YATl+tORkGQSI2t4YUGe9o1VF4OV63gfcJp&#10;uw5fx/3lvLv9HJ8/vvchKfW4nLcvIDzN/j8Mf/iMDgUznezVVE50CtKYr3gFUQiC7XUcJSBOrOMk&#10;BVnk8v5A8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdxiSPkAMAAIYLAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA2ta+v3gAAAAgBAAAPAAAA&#10;AAAAAAAAAAAAAOoFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA9QYAAAAA&#10;">
-[...1 lines deleted...]
-                      <v:shape id="Straight Arrow Connector 21" o:spid="_x0000_s1033" type="#_x0000_t32" style="position:absolute;left:7143;top:9334;width:0;height:2572;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCfvhCexAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba4NA&#10;FITvgfyH5QV6i2sCLWJdRQIhLbSHJkV7fLivKnHfirtN7L/vFgI5DjPzDZMVsxnEhSbXW1awiWIQ&#10;xI3VPbcKPk/7dQLCeWSNg2VS8EsOiny5yDDV9sofdDn6VgQIuxQVdN6PqZSu6cigi+xIHLxvOxn0&#10;QU6t1BNeA9wMchvHT9Jgz2Ghw5F2HTXn449RUCePQ/wqK2vf6+Qwf1VvZdk3Sj2s5vIZhKfZ38O3&#10;9otWsN3A/5fwA2T+BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ++EJ7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="#00b050">
+                    <v:group w14:anchorId="4BE32234" id="Group 11" o:spid="_x0000_s1037" style="position:absolute;left:0;text-align:left;margin-left:36.85pt;margin-top:20.4pt;width:114.65pt;height:123.15pt;z-index:251662848;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-571,1334" coordsize="14560,15647" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDzjnzH1gMAAOsLAAAOAAAAZHJzL2Uyb0RvYy54bWy8Vttu2zgQfS+w/0DoPdHN8kWIUmzdNvtQ&#10;bIqk/QBGoi5YitSSTCTv1+8MKSl24jZuijYPikkOhzOHZ87w4u3QcvLAlG6kyLzwPPAIE7ksGlFl&#10;3tcvH8/WHtGGioJyKVjm7Zj23l7+8eai71IWyVrygikCToRO+y7zamO61Pd1XrOW6nPZMQGLpVQt&#10;NTBUlV8o2oP3lvtRECz9XqqiUzJnWsPse7foXVr/Zclyc12WmhnCMw9iM/ar7PcOv/7lBU0rRbu6&#10;yccw6CuiaGkj4NDZ1XtqKLlXzTNXbZMrqWVpznPZ+rIsm5zZHCCbMHiSzZWS953NpUr7qpthAmif&#10;4PRqt/nfD1equ+0+K0Ci7yrAwo4wl6FULf6HKMlgIdvNkLHBkBwmw0WyDJLEIzmshclyEQSJAzWv&#10;AXncd5aswgSwR4M4XoSLaf3Dt3ysVvZi/CkE/yCwvgOq6Ec09M+hcVvTjlmQdQpofFakKTJv4xFB&#10;WyDsjbwXBSvIDVCJioozssH4MQiwnoHTqQYMj6B2Fj7LfMYuXkbBasRuEy7W4WHaNO2UNldMtgR/&#10;ZB7QQRQYiKUaffikDYQCME12eL6QHxvOLa+5wAkteVPgnB2o6m7LFXmgWBDBuwBuxvnYMwOPuBVg&#10;n9Kyv8yOM/TBxQ0rASW428hGYquVzW5pnjNhQrdU04K505IA/qbDsL5xhw3fOkTPJUQ5+x4dTJbO&#10;yeTbxTza41Zmi33eHHwvMLd53mFPlsLMm9tGSHXMAYesxpOd/QSSgwZRupPFDjgEkmiu4VNy2Wde&#10;zpvOI7VU/z2dU4ZvpdMmKnKwyDxjj0BfwHLHtF9O9whY6vh+axRtqtqQP5WSPdlKIYBwUhEwgdQx&#10;LOD9Vjiya7MdxFQwIyPACq5DFNMKsNqRxV3+gQcc7BcOKQGpv0AoLPqj8CxXwXoFfQQFJFiso2hU&#10;kLmOgjCBekUFisNNGMXjHU36NVXHWEV6zHBOzR32jXJ6bQ3R1NCGfxAFMbsOdIQinGNgJxbXCQVw&#10;vHJOIP/vrhwznFg5WF6/l/vIT8f9L8iod3IgTohHpqLGEzPAPPJyrIF90iLfR6oe9LrlKl6scAOU&#10;w7FWF8fBOrYGc6d7lPJJ8l9Q+z3VBqU/1MpHtTqw4oKAJG2SCDtP20Gz06JyanfQKZ47w0z0KYK+&#10;d97pvWRi7dih3CMNnjpwPdNTzToDmcZADnrFaXtfJv33z35Fxyj+eZH3ZrgbrIRa3ULS/WAP6eH5&#10;Cpf47z1VzCNHOkpulFWeua7sgwpelLb7jq9ffLLuj20dPr7RL/8HAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUYsG14AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hmYI3u5tGTUkzKaWo&#10;pyK0FcTbNpkmodndkN0m6b93POlxeI8335etJ9OKgXrfOIsQzRUIsoUrG1shfB7fHpcgfNC21K2z&#10;hHAjD+v8/i7TaelGu6fhECrBI9anGqEOoUul9EVNRvu568hydna90YHPvpJlr0ceN61cKPUijW4s&#10;f6h1R9uaisvhahDeRz1u4uh12F3O29v38fnjaxcR4sNs2qxABJrCXxl+8RkdcmY6uastvWgRkjjh&#10;JsKTYgPOYxWz2wlhsUwikHkm/xvkPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzjnzH&#10;1gMAAOsLAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBU&#10;YsG14AAAAAkBAAAPAAAAAAAAAAAAAAAAADAGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPQcAAAAA&#10;">
+                      <v:roundrect id="Rounded Rectangle 9" o:spid="_x0000_s1038" style="position:absolute;top:1334;width:13620;height:9148;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIRa84wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbTd2DrNUoIq64N1dF8PZsnk2xeSlNrN1/bxYWPA4z8w0zX3a2Ei01vnSsYJykIIhz&#10;p0suFJyOX6NPED4ga6wck4Jf8rBc9HtzzLR78g+1h1CICGGfoQITQp1J6XNDFn3iauLo3VxjMUTZ&#10;FFI3+IxwW8mPNJ1IiyXHBYM1rQ3l98PDKgh0L6rN/rse++ut3V6cNX5yVmo46FYzEIG68A7/t3da&#10;wRT+rsQbIBcvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMhFrzjBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+                      <v:shape id="Straight Arrow Connector 21" o:spid="_x0000_s1039" type="#_x0000_t32" style="position:absolute;left:6708;top:10482;width:102;height:3191;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDufu/5wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EBvjZzQmuJENkmgpqdCnH7AYm1sE2ulWnJi9+urQiHHYWbeMNtiMr240uA7ywpWywQE&#10;cW11x42Cr9P78xsIH5A19pZJwUweivzxYYuZtjc+0rUKjYgQ9hkqaENwmZS+bsmgX1pHHL2zHQyG&#10;KIdG6gFvEW56uU6SVBrsOC606OjQUn2pRqPA7V/c59wlPLmyPKWvZ/wZx2+lnhbTbgMi0BTu4f/2&#10;h1awXsHfl/gDZP4LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7n7v+cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#00b050">
                         <v:stroke endarrow="open"/>
                       </v:shape>
-                      <v:shape id="Text Box 10" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;top:12231;width:14560;height:3308;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDv0YJOxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMoXedBP/lJK6ShGUCr2opV7H7DQJzc6G3dXEb985FHqb4b157zfL9eBadaMQG88G8kkG&#10;irj0tuHKwOdpO34BFROyxdYzGbhThPXqYbTEwvqeD3Q7pkpJCMcCDdQpdYXWsazJYZz4jli0bx8c&#10;JllDpW3AXsJdq6dZ9qwdNiwNNXa0qan8OV6dgUseF7Pz/j7/yL+uw64/VLtF6I15ehzeXkElGtK/&#10;+e/63Qq+0MsvMoBe/QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDv0YJOxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+                      <v:shape id="Text Box 10" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:-571;top:13673;width:14560;height:3308;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDv0YJOxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMoXedBP/lJK6ShGUCr2opV7H7DQJzc6G3dXEb985FHqb4b157zfL9eBadaMQG88G8kkG&#10;irj0tuHKwOdpO34BFROyxdYzGbhThPXqYbTEwvqeD3Q7pkpJCMcCDdQpdYXWsazJYZz4jli0bx8c&#10;JllDpW3AXsJdq6dZ9qwdNiwNNXa0qan8OV6dgUseF7Pz/j7/yL+uw64/VLtF6I15ehzeXkElGtK/&#10;+e/63Qq+0MsvMoBe/QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDv0YJOxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                         <v:textbox>
                           <w:txbxContent>
                             <w:p w14:paraId="15F6B532" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B">
                               <w:pPr>
                                 <w:pStyle w:val="NormalWeb"/>
                                 <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:lang w:eastAsia="zh-HK"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:color w:val="00B050"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:eastAsia="zh-HK"/>
                                 </w:rPr>
                                 <w:t>Classification level</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </v:textbox>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidR="00DD5A3B" w:rsidRPr="00BE0732">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidR="00DD5A3B" w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Specialty</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2742" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4762E3C1" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>First / follow-up attendance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37C836A9" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="006F7665">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SOP attendance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w14:paraId="3B12B740" w14:textId="77777777" w:rsidTr="006F7665">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05FDCDA4" w14:textId="470BCDE4" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="007972C2" w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74C6BB55" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0-64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="070D92E9" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC99ED5" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Yuen Long</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07DF0EF9" w14:textId="5ABF90A7" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="134E25C6" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="134E25C6" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="380BE310" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00097889" w:rsidP="000B5B7E">
+          <w:p w14:paraId="380BE310" w14:textId="1536DB00" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="22"/>
-[...301 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w14:paraId="5AE2B9D5" w14:textId="77777777" w:rsidTr="006F7665">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="580CF54E" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="580CF54E" w14:textId="53F4F6FB" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="007972C2" w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="042B9020" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="042B9020" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1644C67D" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="1644C67D" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="677F58FD" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="677F58FD" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B85C8DD" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="1B85C8DD" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76778FC9" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="76778FC9" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63D4197D" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="63D4197D" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w14:paraId="11F88CA0" w14:textId="77777777" w:rsidTr="006F7665">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47001006" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="47001006" w14:textId="3E5AB756" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="007972C2" w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68738261" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="68738261" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="325DB907" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="325DB907" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="509009B3" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="509009B3" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40D0EECB" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="40D0EECB" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A65C8A0" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="2A65C8A0" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1st</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DCE64AA" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="1DCE64AA" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w14:paraId="11631C6F" w14:textId="77777777" w:rsidTr="006F7665">
         <w:trPr>
           <w:trHeight w:val="375"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="073798D1" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="073798D1" w14:textId="22C2357D" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="007972C2" w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2321" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AEE305C" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="7AEE305C" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EC24098" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="1EC24098" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D34D4C6" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="1D34D4C6" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ED36355" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="0ED36355" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E967E95" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="5E967E95" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E82F7A4" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00BE0732" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
+          <w:p w14:paraId="4E82F7A4" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="002F26BA" w:rsidRDefault="00DD5A3B" w:rsidP="000B5B7E">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2246773D" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00236229" w:rsidRDefault="00DD5A3B" w:rsidP="00DD5A3B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04591962" w14:textId="77777777" w:rsidR="00F46091" w:rsidRDefault="00F46091" w:rsidP="00B9521F">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="692F7D3F" w14:textId="77777777" w:rsidR="00F46091" w:rsidRPr="00F46091" w:rsidRDefault="00F46091" w:rsidP="00F46091">
@@ -18448,58 +18799,58 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="777A5162" w14:textId="77777777" w:rsidR="00DD5A3B" w:rsidRPr="00F46091" w:rsidRDefault="00DD5A3B" w:rsidP="00F46091">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DD5A3B" w:rsidRPr="00F46091" w:rsidSect="00F46091">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="851" w:footer="740" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="580D0D2B" w14:textId="77777777" w:rsidR="00B87345" w:rsidRDefault="00B87345" w:rsidP="00EE44D0">
+    <w:p w14:paraId="53111485" w14:textId="77777777" w:rsidR="005662BC" w:rsidRDefault="005662BC" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="483FFBD6" w14:textId="77777777" w:rsidR="00B87345" w:rsidRDefault="00B87345" w:rsidP="00EE44D0">
+    <w:p w14:paraId="16E60907" w14:textId="77777777" w:rsidR="005662BC" w:rsidRDefault="005662BC" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B334AAFF" w:usb1="F9DFFFFF" w:usb2="0000003E" w:usb3="00000000" w:csb0="001F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -18522,79 +18873,75 @@
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3ACD48F3" w14:textId="77777777" w:rsidR="003B77D5" w:rsidRDefault="003B77D5">
-[...9 lines deleted...]
-  <w:p w14:paraId="639658A2" w14:textId="37B18D4D" w:rsidR="00EE44D0" w:rsidRDefault="00156B15" w:rsidP="00431AB6">
+  <w:p w14:paraId="639658A2" w14:textId="61BD4630" w:rsidR="00EE44D0" w:rsidRDefault="00156B15" w:rsidP="00431AB6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:wordWrap w:val="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>DRAF(A-SOP) (0</w:t>
+      <w:t xml:space="preserve">DRAF(A-SOP) </w:t>
     </w:r>
-    <w:r w:rsidR="003B77D5">
+    <w:r w:rsidRPr="00327E3D">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>(</w:t>
     </w:r>
-    <w:r w:rsidR="004644E2">
+    <w:r w:rsidR="007972C2" w:rsidRPr="00327E3D">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="004644E2" w:rsidRPr="00327E3D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>/2025</w:t>
     </w:r>
     <w:r w:rsidR="00431AB6" w:rsidRPr="00431AB6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidR="00431AB6">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00431AB6">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="860082579"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
@@ -18683,107 +19030,67 @@
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00431AB6" w:rsidRPr="00EE44D0">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00431AB6">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EC6DC98" w14:textId="77777777" w:rsidR="00B87345" w:rsidRDefault="00B87345" w:rsidP="00EE44D0">
+    <w:p w14:paraId="01501E94" w14:textId="77777777" w:rsidR="005662BC" w:rsidRDefault="005662BC" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E24F940" w14:textId="77777777" w:rsidR="00B87345" w:rsidRDefault="00B87345" w:rsidP="00EE44D0">
+    <w:p w14:paraId="36772D34" w14:textId="77777777" w:rsidR="005662BC" w:rsidRDefault="005662BC" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DB686A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDC65C6A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
@@ -19723,120 +20030,122 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="807667543">
+  <w:num w:numId="1" w16cid:durableId="1036470967">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="556165463">
+  <w:num w:numId="2" w16cid:durableId="177694695">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="354312923">
+  <w:num w:numId="3" w16cid:durableId="2076774921">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2015063359">
+  <w:num w:numId="4" w16cid:durableId="1390420413">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1874220792">
+  <w:num w:numId="5" w16cid:durableId="1246841671">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1067074978">
+  <w:num w:numId="6" w16cid:durableId="1096898437">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1624531847">
+  <w:num w:numId="7" w16cid:durableId="540410061">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="822233000">
+  <w:num w:numId="8" w16cid:durableId="877812679">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="214515161">
+  <w:num w:numId="9" w16cid:durableId="669059715">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="427238066">
+  <w:num w:numId="10" w16cid:durableId="329482216">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2041317207">
+  <w:num w:numId="11" w16cid:durableId="545220405">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1278415300">
+  <w:num w:numId="12" w16cid:durableId="1641766508">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D3F9F"/>
+    <w:rsid w:val="000043ED"/>
     <w:rsid w:val="00006EFB"/>
     <w:rsid w:val="0001199E"/>
     <w:rsid w:val="00017DB6"/>
     <w:rsid w:val="00030CE6"/>
     <w:rsid w:val="00031EA5"/>
     <w:rsid w:val="000345FE"/>
     <w:rsid w:val="0004133E"/>
     <w:rsid w:val="00062EBD"/>
     <w:rsid w:val="00066B48"/>
     <w:rsid w:val="00072A7D"/>
     <w:rsid w:val="000736C1"/>
     <w:rsid w:val="00084C5B"/>
     <w:rsid w:val="0009423B"/>
     <w:rsid w:val="000950DC"/>
     <w:rsid w:val="00097305"/>
     <w:rsid w:val="00097889"/>
     <w:rsid w:val="000A4824"/>
     <w:rsid w:val="000A7C97"/>
     <w:rsid w:val="000B2C6C"/>
     <w:rsid w:val="000C4397"/>
     <w:rsid w:val="000D2F2C"/>
     <w:rsid w:val="000D33B5"/>
     <w:rsid w:val="000D5B21"/>
     <w:rsid w:val="000F36B3"/>
     <w:rsid w:val="000F500F"/>
@@ -19862,55 +20171,57 @@
     <w:rsid w:val="001D6115"/>
     <w:rsid w:val="001D7659"/>
     <w:rsid w:val="001E3435"/>
     <w:rsid w:val="001F1DB7"/>
     <w:rsid w:val="001F37C3"/>
     <w:rsid w:val="001F4921"/>
     <w:rsid w:val="0020511B"/>
     <w:rsid w:val="00224177"/>
     <w:rsid w:val="0023115F"/>
     <w:rsid w:val="0023211E"/>
     <w:rsid w:val="00235788"/>
     <w:rsid w:val="00242416"/>
     <w:rsid w:val="00260C08"/>
     <w:rsid w:val="00282907"/>
     <w:rsid w:val="00293297"/>
     <w:rsid w:val="0029736D"/>
     <w:rsid w:val="002A121B"/>
     <w:rsid w:val="002A4D5A"/>
     <w:rsid w:val="002A664E"/>
     <w:rsid w:val="002B5C6B"/>
     <w:rsid w:val="002B7202"/>
     <w:rsid w:val="002C4245"/>
     <w:rsid w:val="002C48E8"/>
     <w:rsid w:val="002E17DA"/>
     <w:rsid w:val="002E7763"/>
+    <w:rsid w:val="002F26BA"/>
     <w:rsid w:val="002F71D2"/>
     <w:rsid w:val="0030660A"/>
     <w:rsid w:val="00316665"/>
     <w:rsid w:val="0032447F"/>
     <w:rsid w:val="00325D38"/>
+    <w:rsid w:val="00327E3D"/>
     <w:rsid w:val="00335292"/>
     <w:rsid w:val="00350E78"/>
     <w:rsid w:val="00353420"/>
     <w:rsid w:val="00370AB3"/>
     <w:rsid w:val="003762D2"/>
     <w:rsid w:val="00382A57"/>
     <w:rsid w:val="003843BD"/>
     <w:rsid w:val="003A12EA"/>
     <w:rsid w:val="003A6EC7"/>
     <w:rsid w:val="003B17D8"/>
     <w:rsid w:val="003B2C54"/>
     <w:rsid w:val="003B330A"/>
     <w:rsid w:val="003B3B02"/>
     <w:rsid w:val="003B77D5"/>
     <w:rsid w:val="003C2C01"/>
     <w:rsid w:val="003C4B01"/>
     <w:rsid w:val="003C5BEF"/>
     <w:rsid w:val="003C7995"/>
     <w:rsid w:val="003D2202"/>
     <w:rsid w:val="003D3F9F"/>
     <w:rsid w:val="003D602E"/>
     <w:rsid w:val="003E667D"/>
     <w:rsid w:val="003F76B1"/>
     <w:rsid w:val="003F78E6"/>
     <w:rsid w:val="004038F6"/>
@@ -19926,50 +20237,51 @@
     <w:rsid w:val="00466F81"/>
     <w:rsid w:val="0047324E"/>
     <w:rsid w:val="004849F0"/>
     <w:rsid w:val="004A131F"/>
     <w:rsid w:val="004A4788"/>
     <w:rsid w:val="004A54BB"/>
     <w:rsid w:val="004B0202"/>
     <w:rsid w:val="004B056D"/>
     <w:rsid w:val="004B366B"/>
     <w:rsid w:val="004C216A"/>
     <w:rsid w:val="004D43CC"/>
     <w:rsid w:val="004D4C75"/>
     <w:rsid w:val="004E0F0E"/>
     <w:rsid w:val="004E6431"/>
     <w:rsid w:val="004F075F"/>
     <w:rsid w:val="005139BA"/>
     <w:rsid w:val="00513AC0"/>
     <w:rsid w:val="00520DD5"/>
     <w:rsid w:val="00521F22"/>
     <w:rsid w:val="0052301A"/>
     <w:rsid w:val="0054133A"/>
     <w:rsid w:val="005448EC"/>
     <w:rsid w:val="00545AE6"/>
     <w:rsid w:val="005469F8"/>
     <w:rsid w:val="00556A78"/>
+    <w:rsid w:val="005662BC"/>
     <w:rsid w:val="00590BD9"/>
     <w:rsid w:val="0059758B"/>
     <w:rsid w:val="005A48B6"/>
     <w:rsid w:val="005B12A9"/>
     <w:rsid w:val="005B4CAD"/>
     <w:rsid w:val="005C55F9"/>
     <w:rsid w:val="005C7CCB"/>
     <w:rsid w:val="005D1815"/>
     <w:rsid w:val="00621C20"/>
     <w:rsid w:val="0063229E"/>
     <w:rsid w:val="0064048E"/>
     <w:rsid w:val="006439B1"/>
     <w:rsid w:val="00647B66"/>
     <w:rsid w:val="00650BE3"/>
     <w:rsid w:val="0065433A"/>
     <w:rsid w:val="0066314C"/>
     <w:rsid w:val="00664A34"/>
     <w:rsid w:val="00672694"/>
     <w:rsid w:val="00676429"/>
     <w:rsid w:val="00680B2A"/>
     <w:rsid w:val="006837B1"/>
     <w:rsid w:val="00685520"/>
     <w:rsid w:val="00686FAC"/>
     <w:rsid w:val="006913D2"/>
     <w:rsid w:val="006A7EB1"/>
@@ -19985,55 +20297,57 @@
     <w:rsid w:val="006F7665"/>
     <w:rsid w:val="00702543"/>
     <w:rsid w:val="007035DD"/>
     <w:rsid w:val="007058DC"/>
     <w:rsid w:val="007115C3"/>
     <w:rsid w:val="00715FDD"/>
     <w:rsid w:val="00721277"/>
     <w:rsid w:val="0072688F"/>
     <w:rsid w:val="00735382"/>
     <w:rsid w:val="00735D96"/>
     <w:rsid w:val="0074078A"/>
     <w:rsid w:val="00741A0F"/>
     <w:rsid w:val="00743129"/>
     <w:rsid w:val="00743388"/>
     <w:rsid w:val="00745D48"/>
     <w:rsid w:val="00745E31"/>
     <w:rsid w:val="007518D8"/>
     <w:rsid w:val="007700C6"/>
     <w:rsid w:val="00773105"/>
     <w:rsid w:val="007762E6"/>
     <w:rsid w:val="007770F0"/>
     <w:rsid w:val="007808F4"/>
     <w:rsid w:val="0078594F"/>
     <w:rsid w:val="0079374C"/>
     <w:rsid w:val="0079725D"/>
+    <w:rsid w:val="007972C2"/>
     <w:rsid w:val="007A2EE9"/>
     <w:rsid w:val="007A7657"/>
     <w:rsid w:val="007B6C4B"/>
     <w:rsid w:val="007D4A6D"/>
     <w:rsid w:val="007D79CA"/>
+    <w:rsid w:val="007E0149"/>
     <w:rsid w:val="007E0CA4"/>
     <w:rsid w:val="007E2410"/>
     <w:rsid w:val="007E5BC8"/>
     <w:rsid w:val="007E64CF"/>
     <w:rsid w:val="007E68C9"/>
     <w:rsid w:val="007F09DC"/>
     <w:rsid w:val="007F53A0"/>
     <w:rsid w:val="00805429"/>
     <w:rsid w:val="00814AAB"/>
     <w:rsid w:val="00814AB3"/>
     <w:rsid w:val="0082027A"/>
     <w:rsid w:val="00827654"/>
     <w:rsid w:val="008418C7"/>
     <w:rsid w:val="008418D0"/>
     <w:rsid w:val="00843C45"/>
     <w:rsid w:val="00853AFE"/>
     <w:rsid w:val="00873B1E"/>
     <w:rsid w:val="008A0191"/>
     <w:rsid w:val="008A3A56"/>
     <w:rsid w:val="008A7663"/>
     <w:rsid w:val="008B1A16"/>
     <w:rsid w:val="008B1BFF"/>
     <w:rsid w:val="008B60B5"/>
     <w:rsid w:val="008B7574"/>
     <w:rsid w:val="008C318A"/>
@@ -20062,50 +20376,51 @@
     <w:rsid w:val="00A92FC5"/>
     <w:rsid w:val="00A94C3B"/>
     <w:rsid w:val="00AC4EB4"/>
     <w:rsid w:val="00AC7D96"/>
     <w:rsid w:val="00AD16C4"/>
     <w:rsid w:val="00AD1C7C"/>
     <w:rsid w:val="00AE1BFE"/>
     <w:rsid w:val="00AF57F7"/>
     <w:rsid w:val="00AF7371"/>
     <w:rsid w:val="00B04E9D"/>
     <w:rsid w:val="00B122FB"/>
     <w:rsid w:val="00B24293"/>
     <w:rsid w:val="00B2698D"/>
     <w:rsid w:val="00B31E6B"/>
     <w:rsid w:val="00B626BB"/>
     <w:rsid w:val="00B62801"/>
     <w:rsid w:val="00B67074"/>
     <w:rsid w:val="00B74E5B"/>
     <w:rsid w:val="00B7639E"/>
     <w:rsid w:val="00B87345"/>
     <w:rsid w:val="00B87798"/>
     <w:rsid w:val="00B916F5"/>
     <w:rsid w:val="00B9521F"/>
     <w:rsid w:val="00B95A7F"/>
     <w:rsid w:val="00BC0DF6"/>
+    <w:rsid w:val="00BC60AE"/>
     <w:rsid w:val="00BC60BB"/>
     <w:rsid w:val="00BD25D9"/>
     <w:rsid w:val="00BD2D30"/>
     <w:rsid w:val="00BE0FBB"/>
     <w:rsid w:val="00BE396C"/>
     <w:rsid w:val="00BE6FA4"/>
     <w:rsid w:val="00BF3DBB"/>
     <w:rsid w:val="00C12FBD"/>
     <w:rsid w:val="00C42914"/>
     <w:rsid w:val="00C5088E"/>
     <w:rsid w:val="00C55811"/>
     <w:rsid w:val="00C607D7"/>
     <w:rsid w:val="00C6343C"/>
     <w:rsid w:val="00C65703"/>
     <w:rsid w:val="00C731AD"/>
     <w:rsid w:val="00C8328C"/>
     <w:rsid w:val="00C914B1"/>
     <w:rsid w:val="00C97C04"/>
     <w:rsid w:val="00CA5A3A"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CB65D6"/>
     <w:rsid w:val="00CD080C"/>
     <w:rsid w:val="00CD421A"/>
     <w:rsid w:val="00CE4F84"/>
     <w:rsid w:val="00CF3233"/>
@@ -20848,82 +21163,678 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2045446053">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{69BED226-F681-416F-97E7-C3259FE091EE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00020CAA" w:rsidRDefault="00836048">
           <w:r w:rsidRPr="00434516">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5801F4AFEF154BBD9DCC616AE907ED4C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{92524F70-0A41-4D72-9CD1-427132A614EA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="5801F4AFEF154BBD9DCC616AE907ED4C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0013503F">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              <w:lang w:eastAsia="zh-HK"/>
+            </w:rPr>
+            <w:t xml:space="preserve">      </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9DE2CB9431BE4CA4B07B72B2744FB780"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{769CCAC0-C044-419D-B65D-CCF7C3FAA994}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="9DE2CB9431BE4CA4B07B72B2744FB780"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0013503F">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              <w:lang w:eastAsia="zh-HK"/>
+            </w:rPr>
+            <w:t xml:space="preserve">      </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="620F0B1A40C541DBB27AFAB8FE620B74"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{22750CD3-7B5A-4903-8ACC-DFB61D0CE46E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="620F0B1A40C541DBB27AFAB8FE620B74"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4AB3C3BF50924194800AD74BD6EB6076"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{70B2F20F-58D9-404E-AD2B-85E8EFC53FDF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="4AB3C3BF50924194800AD74BD6EB6076"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BA04199AF1434426B13D0300FCAD5844"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0B34394E-003D-445B-BD6A-ED76A99089A5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="BA04199AF1434426B13D0300FCAD5844"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EE72600F0BD5426D8DB59527F5886DFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AD6B8705-44F3-4961-B027-2A8AB8ED274A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="EE72600F0BD5426D8DB59527F5886DFC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B534AF1F1EC24AAC81B8DCF6F34B815E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{948C43A1-7854-49D5-A819-B332EFE8ED5F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="B534AF1F1EC24AAC81B8DCF6F34B815E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E50CAC6D63C04240B48B050141D78983"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{15F3152A-66B3-4A9E-9F60-A66A6BAD7387}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="E50CAC6D63C04240B48B050141D78983"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3821B0D1670347C39A920044B32BFBB6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F170E041-A74F-4EA6-B144-0D0D17E9A137}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="3821B0D1670347C39A920044B32BFBB6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="38D43E18C45F446384E5B1C377EAA9C8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5433B6EB-8F86-44AD-921A-4AF0A5A2BE14}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="38D43E18C45F446384E5B1C377EAA9C8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1455AC0701EF48D1A000EF14637ACF32"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7D648700-EFB7-470F-8C16-55D92A64EEFF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="1455AC0701EF48D1A000EF14637ACF32"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A09563F06AC44A1BBD37746F2D940E84"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{889E784B-8B16-4015-B330-AE3AF795931C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="A09563F06AC44A1BBD37746F2D940E84"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="62FF9B8709E5496CA66D275299FF8B3B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{70F29A30-06DE-4C42-BF14-8B49293B90DA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="62FF9B8709E5496CA66D275299FF8B3B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="69E3D06D74A24A03B42A6B8EBF4CEF5E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D1C2F95A-F6E8-4207-9052-DD1AA40B03D0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="69E3D06D74A24A03B42A6B8EBF4CEF5E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="79BAD97A30884AFB90BAE1D07F85D459"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ED0FE892-950C-47B3-B228-4E3817BB90C8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="79BAD97A30884AFB90BAE1D07F85D459"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CB9800210BEB4FEF880C296E2879810C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D36D5D95-029B-475F-8D77-A4B91BF51825}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="CB9800210BEB4FEF880C296E2879810C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F0893370A3574E88A50A5B8C5F0AAD4E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{09A24FCA-73BD-4237-8938-04FDA6FEDD47}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="F0893370A3574E88A50A5B8C5F0AAD4E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B7A7A7B9CF64436C8AA37868BDDB8893"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C142D47E-C539-4718-9A9C-2C71F294766E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="B7A7A7B9CF64436C8AA37868BDDB8893"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D7A8BDB04BDE4F8D8462266BFF9A2F40"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{025D9378-0D58-4C76-A6D1-A6237B07E4F3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="D7A8BDB04BDE4F8D8462266BFF9A2F40"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2F8A73B4502040DDB482A79786B68847"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7FD393B5-44BA-437C-A780-5D8982D688A5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00ED046B" w:rsidRDefault="00ED046B" w:rsidP="00ED046B">
+          <w:pPr>
+            <w:pStyle w:val="2F8A73B4502040DDB482A79786B68847"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B334AAFF" w:usb1="F9DFFFFF" w:usb2="0000003E" w:usb3="00000000" w:csb0="001F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -20989,67 +21900,71 @@
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0026455C"/>
     <w:rsid w:val="00020CAA"/>
     <w:rsid w:val="00145387"/>
     <w:rsid w:val="00192651"/>
     <w:rsid w:val="001F6F62"/>
     <w:rsid w:val="0026455C"/>
     <w:rsid w:val="00287B1C"/>
     <w:rsid w:val="002A4D5A"/>
     <w:rsid w:val="003832E2"/>
+    <w:rsid w:val="003A6403"/>
     <w:rsid w:val="004F503B"/>
     <w:rsid w:val="004F566D"/>
+    <w:rsid w:val="005F7C50"/>
     <w:rsid w:val="006C10DA"/>
     <w:rsid w:val="00783D6A"/>
     <w:rsid w:val="007F6B05"/>
     <w:rsid w:val="00836048"/>
     <w:rsid w:val="00863F34"/>
     <w:rsid w:val="00967373"/>
     <w:rsid w:val="00992C7F"/>
     <w:rsid w:val="009E6D13"/>
     <w:rsid w:val="00AA012F"/>
     <w:rsid w:val="00B337BA"/>
+    <w:rsid w:val="00BC60AE"/>
     <w:rsid w:val="00DB28C6"/>
     <w:rsid w:val="00E46B9B"/>
     <w:rsid w:val="00E870D0"/>
     <w:rsid w:val="00EB0121"/>
     <w:rsid w:val="00EC5EFE"/>
+    <w:rsid w:val="00ED046B"/>
     <w:rsid w:val="00EE4CEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
@@ -21459,54 +22374,194 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EE4CEA"/>
+    <w:rsid w:val="00ED046B"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5801F4AFEF154BBD9DCC616AE907ED4C">
+    <w:name w:val="5801F4AFEF154BBD9DCC616AE907ED4C"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE2CB9431BE4CA4B07B72B2744FB780">
+    <w:name w:val="9DE2CB9431BE4CA4B07B72B2744FB780"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="620F0B1A40C541DBB27AFAB8FE620B74">
+    <w:name w:val="620F0B1A40C541DBB27AFAB8FE620B74"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4AB3C3BF50924194800AD74BD6EB6076">
+    <w:name w:val="4AB3C3BF50924194800AD74BD6EB6076"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA04199AF1434426B13D0300FCAD5844">
+    <w:name w:val="BA04199AF1434426B13D0300FCAD5844"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE72600F0BD5426D8DB59527F5886DFC">
+    <w:name w:val="EE72600F0BD5426D8DB59527F5886DFC"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B534AF1F1EC24AAC81B8DCF6F34B815E">
+    <w:name w:val="B534AF1F1EC24AAC81B8DCF6F34B815E"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E50CAC6D63C04240B48B050141D78983">
+    <w:name w:val="E50CAC6D63C04240B48B050141D78983"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3821B0D1670347C39A920044B32BFBB6">
+    <w:name w:val="3821B0D1670347C39A920044B32BFBB6"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="38D43E18C45F446384E5B1C377EAA9C8">
+    <w:name w:val="38D43E18C45F446384E5B1C377EAA9C8"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1455AC0701EF48D1A000EF14637ACF32">
+    <w:name w:val="1455AC0701EF48D1A000EF14637ACF32"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A09563F06AC44A1BBD37746F2D940E84">
+    <w:name w:val="A09563F06AC44A1BBD37746F2D940E84"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="62FF9B8709E5496CA66D275299FF8B3B">
+    <w:name w:val="62FF9B8709E5496CA66D275299FF8B3B"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="69E3D06D74A24A03B42A6B8EBF4CEF5E">
+    <w:name w:val="69E3D06D74A24A03B42A6B8EBF4CEF5E"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79BAD97A30884AFB90BAE1D07F85D459">
+    <w:name w:val="79BAD97A30884AFB90BAE1D07F85D459"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB9800210BEB4FEF880C296E2879810C">
+    <w:name w:val="CB9800210BEB4FEF880C296E2879810C"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F0893370A3574E88A50A5B8C5F0AAD4E">
+    <w:name w:val="F0893370A3574E88A50A5B8C5F0AAD4E"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7A7A7B9CF64436C8AA37868BDDB8893">
+    <w:name w:val="B7A7A7B9CF64436C8AA37868BDDB8893"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7A8BDB04BDE4F8D8462266BFF9A2F40">
+    <w:name w:val="D7A8BDB04BDE4F8D8462266BFF9A2F40"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F8A73B4502040DDB482A79786B68847">
+    <w:name w:val="2F8A73B4502040DDB482A79786B68847"/>
+    <w:rsid w:val="00ED046B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -21780,65 +22835,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{719276B4-E009-424D-8465-15A602D54019}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>931</Words>
-  <Characters>5308</Characters>
+  <Words>928</Words>
+  <Characters>5290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>44</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hospital Authority</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6227</CharactersWithSpaces>
+  <CharactersWithSpaces>6206</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maggie CHOW, HOS&amp;P M(S&amp;DS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>