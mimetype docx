--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -64,93 +64,93 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B81AE0C" w14:textId="77777777" w:rsidR="00A4337C" w:rsidRDefault="00A4337C" w:rsidP="00500743">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78FEE3D7" w14:textId="77777777" w:rsidR="00A4337C" w:rsidRDefault="00FE3919" w:rsidP="000C0A56">
+          <w:p w14:paraId="78FEE3D7" w14:textId="77777777" w:rsidR="00A4337C" w:rsidRDefault="00A72456" w:rsidP="000C0A56">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:ind w:left="34" w:hangingChars="14" w:hanging="34"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="2CFB4B2A">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-47pt;width:133.5pt;height:63pt;z-index:251712512;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-relative:page;mso-height-relative:page" wrapcoords="-121 0 -121 21343 21600 21343 21600 0 -121 0" filled="t">
                   <v:imagedata r:id="rId8" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                   <w10:wrap type="tight"/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1035" DrawAspect="Content" ObjectID="_1814945948" r:id="rId9"/>
+                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1035" DrawAspect="Content" ObjectID="_1824886003" r:id="rId9"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3326" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65779502" w14:textId="77777777" w:rsidR="00A4337C" w:rsidRPr="00481B40" w:rsidRDefault="00A4337C" w:rsidP="00A4337C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
@@ -248,86 +248,59 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A4337C" w:rsidRPr="00A4337C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24639486" w14:textId="77777777" w:rsidR="00A4337C" w:rsidRPr="00A4337C" w:rsidRDefault="00FE3919" w:rsidP="00A4337C">
+          <w:p w14:paraId="24639486" w14:textId="2610EEBD" w:rsidR="00A4337C" w:rsidRPr="00A4337C" w:rsidRDefault="00A4337C" w:rsidP="00A4337C">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...25 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A4337C" w14:paraId="68C25E63" w14:textId="77777777" w:rsidTr="001B33BB">
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5638968A" w14:textId="77777777" w:rsidR="00A4337C" w:rsidRDefault="00A4337C" w:rsidP="00500743">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
@@ -1236,51 +1209,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2291" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C61480C" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="0C61480C" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="65" w:left="219" w:hangingChars="30" w:hanging="63"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmDate"/>
                 <w:tag w:val="CO_AdmDate"/>
                 <w:id w:val="-773014268"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -1362,51 +1335,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2777" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B15A1EB" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="00CB08E7">
+          <w:p w14:paraId="0B15A1EB" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="00CB08E7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_DischgDate"/>
                 <w:tag w:val="CO_DischgDate"/>
                 <w:id w:val="-1445003652"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -1585,51 +1558,51 @@
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="518DF2C3" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="007B6A15">
+          <w:p w14:paraId="518DF2C3" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="007B6A15">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Date_To"/>
                 <w:tag w:val="C_Date_To"/>
                 <w:id w:val="1568533697"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
@@ -1799,59 +1772,71 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0CCC32" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="00EA4D09">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="566" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29029F17" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1863,59 +1848,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="649DF1D2" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="00EA4D09">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A52F589" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
@@ -2068,51 +2065,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9710A8" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="00FE3919" w:rsidP="007B6A15">
+          <w:p w14:paraId="0C9710A8" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="00A72456" w:rsidP="007B6A15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="70" w:left="168"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmAge_No"/>
                 <w:tag w:val="CO_AdmAge_No"/>
                 <w:id w:val="-1690137916"/>
@@ -2220,51 +2217,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6655BA" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="00FE3919" w:rsidP="007B6A15">
+          <w:p w14:paraId="6E6655BA" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="00A72456" w:rsidP="007B6A15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmAge_Yes"/>
                 <w:tag w:val="CO_AdmAge_Yes"/>
                 <w:id w:val="152102176"/>
                 <w:lock w:val="sdtLocked"/>
@@ -2411,72 +2408,74 @@
           <w:p w14:paraId="53FD1136" w14:textId="77777777" w:rsidR="00B05E5D" w:rsidRPr="00C65703" w:rsidRDefault="00B05E5D" w:rsidP="00AF57F7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Please specify the required range of age for data extraction:</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00194403">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="001A1441" w:rsidRPr="00087D63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="001A1441">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="001A1441" w:rsidRPr="00087D63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">Please select the appropriate </w:t>
             </w:r>
             <w:r w:rsidR="001A1441" w:rsidRPr="0030660A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2621,51 +2620,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0A18E7" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="00E01A78">
+          <w:p w14:paraId="4A0A18E7" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="00E01A78">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_From"/>
@@ -2683,51 +2682,51 @@
                     <w:kern w:val="0"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006A3D53" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="00E01A78">
+          <w:p w14:paraId="006A3D53" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="00E01A78">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_FromUnit"/>
                 <w:tag w:val="C_AdmAge_FromUnit"/>
                 <w:id w:val="1774283893"/>
@@ -2782,51 +2781,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71FD2467" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="00E01A78">
+          <w:p w14:paraId="71FD2467" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="00E01A78">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_To"/>
@@ -2844,51 +2843,51 @@
                     <w:kern w:val="0"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="176A7A98" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="00785CC5">
+          <w:p w14:paraId="176A7A98" w14:textId="77777777" w:rsidR="00785CC5" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="00785CC5">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_ToUnit"/>
                 <w:tag w:val="C_AdmAge_ToUnit"/>
                 <w:id w:val="1919053795"/>
@@ -3029,71 +3028,93 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E815809" w14:textId="77777777" w:rsidR="00B05E5D" w:rsidRPr="00812D9D" w:rsidRDefault="00B05E5D" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="231" w:firstLine="437"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>(Age in Months: 0 – 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EE20BB">
+              <w:t xml:space="preserve">(Age in Months: 0 – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00812D9D">
+            <w:r w:rsidR="00EE20BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years: </w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00812D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00812D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years: </w:t>
             </w:r>
             <w:r w:rsidR="00FA7960">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00F7292F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -3270,51 +3291,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE11805" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="007770F0" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="0CE11805" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="007770F0" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Specialty_No"/>
                 <w:tag w:val="CO_Specialty_No"/>
                 <w:id w:val="916989980"/>
@@ -3407,51 +3428,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Section 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21FF283B" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="007770F0" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="21FF283B" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="007770F0" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Specialty_Yes"/>
                 <w:tag w:val="CO_Specialty_Yes"/>
                 <w:id w:val="-34274969"/>
                 <w:lock w:val="sdtLocked"/>
@@ -3680,51 +3701,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12233" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFAC5B3" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="1CFAC5B3" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="86" w:firstLine="181"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmSpec"/>
                 <w:tag w:val="CO_AdmSpec"/>
                 <w:id w:val="751632436"/>
                 <w:lock w:val="sdtLocked"/>
@@ -4000,51 +4021,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lease specify</w:t>
             </w:r>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> the required </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve">specialty(ies) </w:t>
+              <w:t>specialty(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C65703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C65703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF5CE7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>for the selected type of specialty:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB4FBC" w:rsidRPr="008A3A56" w14:paraId="255566CA" w14:textId="77777777" w:rsidTr="00635389">
         <w:trPr>
           <w:trHeight w:val="770"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4065,51 +4110,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12233" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="630F474F" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="00C65703" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="630F474F" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="00C65703" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="93" w:firstLine="195"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Specialty_ANA"/>
                 <w:tag w:val="C_Specialty_ANA"/>
                 <w:id w:val="100922032"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4555,51 +4600,51 @@
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FB4FBC" w:rsidRPr="00C65703">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FB4FBC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> INF</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C2F802F" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="00FB4FBC" w:rsidRDefault="00FE3919" w:rsidP="00AA154D">
+          <w:p w14:paraId="5C2F802F" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRPr="00FB4FBC" w:rsidRDefault="00A72456" w:rsidP="00AA154D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="93" w:firstLine="195"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Specialty_MED"/>
                 <w:tag w:val="C_Specialty_MED"/>
                 <w:id w:val="1874033918"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5328,61 +5373,73 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BD3A56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>appropriate box</w:t>
             </w:r>
             <w:r w:rsidR="00635389">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> only for NEO specialty</w:t>
+              <w:t xml:space="preserve"> only for NEO </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00635389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>specialty</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
@@ -5447,58 +5504,60 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00635389">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00574FAF" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00574FAF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NEO</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AA154D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (NICU only) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F00D93D" w14:textId="77777777" w:rsidR="00574FAF" w:rsidRPr="002E4D0B" w:rsidRDefault="002E4D0B" w:rsidP="006F66BB">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
@@ -5554,81 +5613,93 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BD3A56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>appropriate box only</w:t>
             </w:r>
             <w:r w:rsidR="00635389">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> for PAE specialty</w:t>
+              <w:t xml:space="preserve"> for PAE </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00635389">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>specialty</w:t>
             </w:r>
             <w:r w:rsidR="006F66BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E4D0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F66BB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Specialty_PAE"/>
@@ -5675,51 +5746,69 @@
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00635389">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AA154D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PAE (PICU only)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AA154D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PAE</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AA154D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (PICU only)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA254C" w:rsidRPr="008A3A56" w14:paraId="079D8DAF" w14:textId="77777777" w:rsidTr="00785CC5">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2562" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
@@ -5840,51 +5929,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC082D2" w14:textId="77777777" w:rsidR="00CA254C" w:rsidRPr="007770F0" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="3CC082D2" w14:textId="77777777" w:rsidR="00CA254C" w:rsidRPr="007770F0" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="83" w:firstLine="174"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Diagnosis_No"/>
                 <w:tag w:val="CO_Diagnosis_No"/>
                 <w:id w:val="-135341449"/>
@@ -5988,51 +6077,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D58581A" w14:textId="77777777" w:rsidR="00CA254C" w:rsidRPr="007770F0" w:rsidRDefault="00FE3919" w:rsidP="00CA254C">
+          <w:p w14:paraId="5D58581A" w14:textId="77777777" w:rsidR="00CA254C" w:rsidRPr="007770F0" w:rsidRDefault="00A72456" w:rsidP="00CA254C">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Diagnosis_Yes"/>
                 <w:tag w:val="CO_Diagnosis_Yes"/>
                 <w:id w:val="-2083046995"/>
                 <w:lock w:val="sdtLocked"/>
@@ -6294,51 +6383,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12233" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07491564" w14:textId="77777777" w:rsidR="00CA254C" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="07491564" w14:textId="77777777" w:rsidR="00CA254C" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="77" w:left="223" w:hangingChars="18" w:hanging="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_PriDiagno"/>
                 <w:tag w:val="CO_PriDiagno"/>
                 <w:id w:val="528693821"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -6420,61 +6509,82 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA254C" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA254C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve">Any diagnosis     </w:t>
+              <w:t xml:space="preserve">Any diagnosis  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00CA254C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00F7292F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>(P</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F7292F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00CA254C" w:rsidRPr="00CE6259">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>lease specify your r</w:t>
             </w:r>
             <w:r w:rsidR="00CA254C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>equired diagnosis groupings in</w:t>
             </w:r>
             <w:r w:rsidR="00CA254C" w:rsidRPr="00CE6259">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
@@ -6869,51 +6979,51 @@
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007770F0" w:rsidRPr="008A3A56" w14:paraId="47E1AE3C" w14:textId="77777777" w:rsidTr="00B9521F">
         <w:trPr>
           <w:trHeight w:val="1264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31232FB4" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="31232FB4" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="76" w:firstLine="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="D_HosAdm"/>
                 <w:tag w:val="D_HosAdm"/>
                 <w:id w:val="647328390"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -7498,51 +7608,51 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="4C4E1362" w14:textId="77777777" w:rsidTr="00FA496E">
         <w:trPr>
           <w:trHeight w:val="482"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5A030D" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00E319C8" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="1C5A030D" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00E319C8" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="60" w:left="392" w:hangingChars="118" w:hanging="248"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmAge"/>
                 <w:tag w:val="G_AdmAge"/>
                 <w:id w:val="1220026674"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -7690,51 +7800,77 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> in</w:t>
             </w:r>
             <w:r w:rsidR="00647B66">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="Age" w:history="1">
               <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
-                <w:t>Note (i)</w:t>
+                <w:t>Note (</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>i</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10B19669" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="75" w:left="181" w:rightChars="55" w:right="132" w:hanging="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7746,51 +7882,51 @@
           <w:p w14:paraId="07E3E17C" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="669FD3C0" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="136"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4A7F6D" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00745E31" w:rsidRDefault="00FE3919" w:rsidP="00647B66">
+          <w:p w14:paraId="6A4A7F6D" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00745E31" w:rsidRDefault="00A72456" w:rsidP="00647B66">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Gender"/>
                 <w:tag w:val="G_Gender"/>
                 <w:id w:val="-1062559414"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -7904,51 +8040,51 @@
           </w:tcPr>
           <w:p w14:paraId="1E3B5E5D" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="1D8D12F0" w14:textId="77777777" w:rsidTr="00D26559">
         <w:trPr>
           <w:trHeight w:val="130"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8B4EE9" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="004B056D" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="1C8B4EE9" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="004B056D" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="61" w:left="297" w:hangingChars="72" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_DistrictResidence"/>
                 <w:tag w:val="G_DistrictResidence"/>
                 <w:id w:val="141630797"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -8055,51 +8191,51 @@
           <w:p w14:paraId="64975B0E" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00526885" w:rsidRPr="00853AFE" w14:paraId="6B34D4A2" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="481C40E0" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00E319C8" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="481C40E0" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00E319C8" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="60" w:left="377" w:hangingChars="111" w:hanging="233"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate"/>
                 <w:tag w:val="G_AdmDate"/>
                 <w:id w:val="1334874741"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -8132,51 +8268,51 @@
             <w:r w:rsidR="00526885">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Date of admission / discharge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EF1BA59" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="0030073D" w:rsidRDefault="00FE3919" w:rsidP="0030073D">
+          <w:p w14:paraId="7EF1BA59" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="0030073D" w:rsidRDefault="00A72456" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_1"/>
                 <w:tag w:val="G_AdmDate_1"/>
                 <w:id w:val="-268705668"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8193,51 +8329,73 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Date (yyyy-mm-dd)</w:t>
+              <w:t>Date (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A86D488" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="003F6E49">
             <w:pPr>
               <w:ind w:leftChars="75" w:left="181" w:rightChars="55" w:right="132" w:hanging="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="419423F9" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="003F6E49">
@@ -8250,51 +8408,51 @@
       <w:tr w:rsidR="00526885" w:rsidRPr="00853AFE" w14:paraId="1EEF275E" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64CE2823" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="00526885"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53E6A619" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="00FE3919" w:rsidP="0030073D">
+          <w:p w14:paraId="53E6A619" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="00A72456" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_2"/>
                 <w:tag w:val="G_AdmDate_2"/>
                 <w:id w:val="1898011247"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8314,51 +8472,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Week (start from Sun to Sat)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="527EEFB0" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="00FE3919" w:rsidP="0030073D">
+          <w:p w14:paraId="527EEFB0" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="00A72456" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_3"/>
                 <w:tag w:val="G_AdmDate_3"/>
                 <w:id w:val="-1431898731"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8375,54 +8533,76 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Month (yyyy-mm)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6ABE0E46" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="00FE3919" w:rsidP="0030073D">
+              <w:t>Month (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ABE0E46" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="00A72456" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_4"/>
                 <w:tag w:val="G_AdmDate_4"/>
                 <w:id w:val="-718585865"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8442,51 +8622,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Calendar year</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18367D62" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="00FE3919" w:rsidP="0030073D">
+          <w:p w14:paraId="18367D62" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="00A72456" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_5"/>
                 <w:tag w:val="G_AdmDate_5"/>
                 <w:id w:val="904184743"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8589,51 +8769,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6591A18A" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="003F6E49">
             <w:pPr>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="31"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="61523878" w14:textId="77777777" w:rsidTr="00D26559">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57C5FAC4" w14:textId="77777777" w:rsidR="002277B8" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="57C5FAC4" w14:textId="77777777" w:rsidR="002277B8" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="395" w:hangingChars="117" w:hanging="246"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmSpecialty"/>
                 <w:tag w:val="G_AdmSpecialty"/>
                 <w:id w:val="-1565021578"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -8745,51 +8925,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BC9A988" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="00853AFE" w:rsidRDefault="00FE3919" w:rsidP="00D26559">
+          <w:p w14:paraId="5BC9A988" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="00853AFE" w:rsidRDefault="00A72456" w:rsidP="00D26559">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmSpecialty_Adm"/>
                 <w:tag w:val="G_AdmSpecialty_Adm"/>
                 <w:id w:val="-999656934"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8809,51 +8989,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D26559" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D26559">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Admission specialty</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6279B35A" w14:textId="77777777" w:rsidR="00D26559" w:rsidRDefault="00FE3919" w:rsidP="00D26559">
+          <w:p w14:paraId="6279B35A" w14:textId="77777777" w:rsidR="00D26559" w:rsidRDefault="00A72456" w:rsidP="00D26559">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmSpecialty_Dischg"/>
                 <w:tag w:val="G_AdmSpecialty_Dischg"/>
                 <w:id w:val="-1676721528"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8873,51 +9053,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D26559" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D26559">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Discharge specialty</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71E26194" w14:textId="77777777" w:rsidR="00D26559" w:rsidRDefault="00FE3919" w:rsidP="00D26559">
+          <w:p w14:paraId="71E26194" w14:textId="77777777" w:rsidR="00D26559" w:rsidRDefault="00A72456" w:rsidP="00D26559">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmSpecialty_Treated"/>
                 <w:tag w:val="G_AdmSpecialty_Treated"/>
                 <w:id w:val="-1319100899"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -8934,51 +9114,73 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D26559" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D26559">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Ever Treated specialty(ies)</w:t>
+              <w:t>Ever Treated specialty(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D26559">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00D26559">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14C65B76" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="00D26559" w:rsidP="00D26559">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B056D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">[Please select </w:t>
             </w:r>
@@ -9035,51 +9237,51 @@
           </w:tcPr>
           <w:p w14:paraId="1EB0023A" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D26559" w:rsidRPr="00853AFE" w14:paraId="0AFE4D25" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4D45C9" w14:textId="77777777" w:rsidR="002277B8" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="2A4D45C9" w14:textId="77777777" w:rsidR="002277B8" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="380" w:hangingChars="110" w:hanging="231"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BedSpecialty"/>
                 <w:tag w:val="G_BedSpecialty"/>
                 <w:id w:val="-1137646866"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -9203,51 +9405,69 @@
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="172D9A7F" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="000E54F7" w:rsidRDefault="00D26559" w:rsidP="000E54F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E54F7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ever Treated specialty(ies)</w:t>
+              <w:t>Ever Treated specialty(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E54F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E54F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B8CA8D1" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="00853AFE" w:rsidRDefault="00D26559" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="75" w:left="181" w:rightChars="55" w:right="132" w:hanging="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -9259,51 +9479,51 @@
           </w:tcPr>
           <w:p w14:paraId="6E3539FB" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="00853AFE" w:rsidRDefault="00D26559" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7D3C" w:rsidRPr="00853AFE" w14:paraId="2C465A73" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="599"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58E23AC3" w14:textId="77777777" w:rsidR="00ED7D3C" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="58E23AC3" w14:textId="77777777" w:rsidR="00ED7D3C" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="61" w:left="406" w:hangingChars="124" w:hanging="260"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AeAdm"/>
                 <w:tag w:val="G_AeAdm"/>
                 <w:id w:val="1804577757"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -9427,51 +9647,51 @@
           </w:tcPr>
           <w:p w14:paraId="664CD2F8" w14:textId="77777777" w:rsidR="00ED7D3C" w:rsidRPr="00853AFE" w:rsidRDefault="00ED7D3C" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="5DD544A4" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="326"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2208A5E7" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00D26559" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="2208A5E7" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00D26559" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_DischargeDest"/>
                 <w:tag w:val="G_DischargeDest"/>
                 <w:id w:val="1927457794"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -9595,51 +9815,51 @@
           </w:tcPr>
           <w:p w14:paraId="7F619670" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="13" w:left="31" w:rightChars="57" w:right="137" w:firstLineChars="13" w:firstLine="27"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D26559" w:rsidRPr="00853AFE" w14:paraId="797B0668" w14:textId="77777777" w:rsidTr="00D26559">
         <w:trPr>
           <w:trHeight w:val="326"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59B72E74" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="00D26559" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="59B72E74" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="00D26559" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Diagno"/>
                 <w:tag w:val="G_Diagno"/>
                 <w:id w:val="836969220"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -9757,51 +9977,51 @@
           </w:tcPr>
           <w:p w14:paraId="75EBFDF8" w14:textId="77777777" w:rsidR="00D26559" w:rsidRPr="00853AFE" w:rsidRDefault="00D26559" w:rsidP="003F6E49">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="49" w:left="118" w:rightChars="57" w:right="137"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F402D" w:rsidRPr="00853AFE" w14:paraId="739F3FEA" w14:textId="77777777" w:rsidTr="00D26559">
         <w:trPr>
           <w:trHeight w:val="326"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB1B299" w14:textId="77777777" w:rsidR="009F402D" w:rsidRDefault="00FE3919" w:rsidP="00FB4FBC">
+          <w:p w14:paraId="7FB1B299" w14:textId="77777777" w:rsidR="009F402D" w:rsidRDefault="00A72456" w:rsidP="00FB4FBC">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_PublicAssistance"/>
                 <w:tag w:val="G_PublicAssistance"/>
                 <w:id w:val="-305556107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
@@ -10241,50 +10461,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F76EFD7" w14:textId="77777777" w:rsidR="0029736D" w:rsidRPr="008A3A56" w:rsidRDefault="0029736D" w:rsidP="008B5CD1">
             <w:pPr>
               <w:ind w:leftChars="65" w:left="156" w:firstLine="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A3A56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Department: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C719CC" w:rsidRPr="001B33BB" w14:paraId="0C4577CC" w14:textId="77777777" w:rsidTr="008B5CD1">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9928" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10398,51 +10619,75 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51325167" w14:textId="77777777" w:rsidR="006837B1" w:rsidRPr="000D51A7" w:rsidRDefault="006837B1" w:rsidP="006837B1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Age"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Note (i): </w:t>
+        <w:t>Note (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>Classification level</w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10647,69 +10892,81 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Admission</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EB1E3D5" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00A42505" w:rsidRDefault="003B49CF" w:rsidP="00234A80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">(Age in Months: 0 – </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00234A80">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years:</w:t>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
@@ -10846,51 +11103,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="16A78D76" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54777B78" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="54777B78" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_1"/>
                 <w:tag w:val="L_AdmAge_Fmt_1"/>
                 <w:id w:val="-1608804845"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C1A75B7E7C5E459FACCC73CF69EF7E14"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -10990,51 +11247,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5944DD30" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="5944DD30" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_1"/>
                 <w:tag w:val="L_AdmAge_FromUnit_1"/>
                 <w:id w:val="121349217"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11140,51 +11397,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB73CE2" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3EB73CE2" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_1"/>
                 <w:tag w:val="L_AdmAge_ToUnit_1"/>
                 <w:id w:val="-1055853678"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11207,51 +11464,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="24E30E66" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34EA95CD" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="34EA95CD" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_2"/>
                 <w:tag w:val="L_AdmAge_Fmt_2"/>
                 <w:id w:val="-1704240771"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="ABF309F4E6F94D36A68B5F77DDE466DA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -11350,51 +11607,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5505E10F" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="5505E10F" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_2"/>
                 <w:tag w:val="L_AdmAge_FromUnit_2"/>
                 <w:id w:val="2093353520"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11499,51 +11756,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24DF483D" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="24DF483D" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_2"/>
                 <w:tag w:val="L_AdmAge_ToUnit_2"/>
                 <w:id w:val="-2027855687"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11566,51 +11823,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="20594D98" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35AC2869" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="35AC2869" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_3"/>
                 <w:tag w:val="L_AdmAge_Fmt_3"/>
                 <w:id w:val="569078929"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="66D08917B9E64292B92C79DFD288F21C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -11709,51 +11966,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="476649BB" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="476649BB" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_3"/>
                 <w:tag w:val="L_AdmAge_FromUnit_3"/>
                 <w:id w:val="1427005743"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11858,51 +12115,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11B9CF7B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="11B9CF7B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_3"/>
                 <w:tag w:val="L_AdmAge_ToUnit_3"/>
                 <w:id w:val="1941722050"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11925,51 +12182,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="44DAD9B9" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0284A1" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="1D0284A1" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_4"/>
                 <w:tag w:val="L_AdmAge_Fmt_4"/>
                 <w:id w:val="-915624846"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9C85EA89D50A4D53A1BFB35FEE7C1ABA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -12068,51 +12325,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="122348ED" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="122348ED" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_4"/>
                 <w:tag w:val="L_AdmAge_FromUnit_4"/>
                 <w:id w:val="1526218288"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12217,51 +12474,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="251F826A" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="251F826A" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_4"/>
                 <w:tag w:val="L_AdmAge_ToUnit_4"/>
                 <w:id w:val="1256484052"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12284,51 +12541,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="0CA3ABF0" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ADF7769" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="1ADF7769" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_5"/>
                 <w:tag w:val="L_AdmAge_Fmt_5"/>
                 <w:id w:val="1389292951"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="A2889D68224043549DAB25C15B2CB8FA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -12427,51 +12684,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A64E5E3" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="0A64E5E3" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_5"/>
                 <w:tag w:val="L_AdmAge_FromUnit_5"/>
                 <w:id w:val="-1147045424"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12576,51 +12833,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69E18B23" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="69E18B23" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_5"/>
                 <w:tag w:val="L_AdmAge_ToUnit_5"/>
                 <w:id w:val="-1044528080"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12643,51 +12900,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="010EAF55" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E07D114" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="7E07D114" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_6"/>
                 <w:tag w:val="L_AdmAge_Fmt_6"/>
                 <w:id w:val="-1658073850"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2E8411560DD64792A4EFAA1A1CA06F50"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -12786,51 +13043,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76E55899" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="76E55899" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_6"/>
                 <w:tag w:val="L_AdmAge_FromUnit_6"/>
                 <w:id w:val="-1003421580"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12935,51 +13192,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8D0BE9" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="1F8D0BE9" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_6"/>
                 <w:tag w:val="L_AdmAge_ToUnit_6"/>
                 <w:id w:val="72027423"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13002,51 +13259,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="2F62ABC5" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B690082" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="2B690082" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_7"/>
                 <w:tag w:val="L_AdmAge_Fmt_7"/>
                 <w:id w:val="2045019254"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2AFBE8A239144A47A60A2523E8336DA4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -13145,51 +13402,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C33B1FA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="5C33B1FA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_7"/>
                 <w:tag w:val="L_AdmAge_FromUnit_7"/>
                 <w:id w:val="-203940065"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13294,51 +13551,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15A67EFF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="15A67EFF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_7"/>
                 <w:tag w:val="L_AdmAge_ToUnit_7"/>
                 <w:id w:val="999082955"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13361,51 +13618,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="37379253" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="776461B4" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="776461B4" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_8"/>
                 <w:tag w:val="L_AdmAge_Fmt_8"/>
                 <w:id w:val="-715357034"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2164E15620194651BF8CE3964F51A588"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -13504,51 +13761,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="214E287C" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="214E287C" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_8"/>
                 <w:tag w:val="L_AdmAge_FromUnit_8"/>
                 <w:id w:val="-1826732346"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13653,51 +13910,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDF8D2B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="4CDF8D2B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_8"/>
                 <w:tag w:val="L_AdmAge_ToUnit_8"/>
                 <w:id w:val="1001545408"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13720,51 +13977,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="79539B83" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69F53C9D" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="69F53C9D" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_9"/>
                 <w:tag w:val="L_AdmAge_Fmt_9"/>
                 <w:id w:val="-831675108"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="BC06A7035537446FAE8435270B7EDD8E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -13863,51 +14120,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6126F76A" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="6126F76A" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_9"/>
                 <w:tag w:val="L_AdmAge_FromUnit_9"/>
                 <w:id w:val="-1520226890"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14012,51 +14269,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1122A654" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="1122A654" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_9"/>
                 <w:tag w:val="L_AdmAge_ToUnit_9"/>
                 <w:id w:val="542332231"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14079,51 +14336,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="6EE15EAD" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1781D6DF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="1781D6DF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_10"/>
                 <w:tag w:val="L_AdmAge_Fmt_10"/>
                 <w:id w:val="160441466"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="3E20ACFE042A4300A0D3F6D052874F98"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -14222,51 +14479,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CED3CF6" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="4CED3CF6" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_10"/>
                 <w:tag w:val="L_AdmAge_FromUnit_10"/>
                 <w:id w:val="194587573"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14371,51 +14628,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E14CBF6" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="2E14CBF6" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_10"/>
                 <w:tag w:val="L_AdmAge_ToUnit_10"/>
                 <w:id w:val="-2008745644"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14438,51 +14695,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="5DF809EC" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56FA0988" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="56FA0988" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_11"/>
                 <w:tag w:val="L_AdmAge_Fmt_11"/>
                 <w:id w:val="1235659990"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2FA5663A5F574A089598590A3AA91677"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -14581,51 +14838,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="030292F8" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="030292F8" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_11"/>
                 <w:tag w:val="L_AdmAge_FromUnit_11"/>
                 <w:id w:val="-1824961597"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14730,51 +14987,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="167D3F74" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="167D3F74" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_11"/>
                 <w:tag w:val="L_AdmAge_ToUnit_11"/>
                 <w:id w:val="-1721129420"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14797,51 +15054,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="74DA135A" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA19933" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="0FA19933" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_12"/>
                 <w:tag w:val="L_AdmAge_Fmt_12"/>
                 <w:id w:val="-1975063354"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="18F6C031E10640BC8411DFCF1A3BD3F8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -14940,51 +15197,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3256E587" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3256E587" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_12"/>
                 <w:tag w:val="L_AdmAge_FromUnit_12"/>
                 <w:id w:val="364492512"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15089,51 +15346,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="642B86AA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="642B86AA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_12"/>
                 <w:tag w:val="L_AdmAge_ToUnit_12"/>
                 <w:id w:val="-610121967"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15156,51 +15413,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="730F4C1B" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D255D9A" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="6D255D9A" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_13"/>
                 <w:tag w:val="L_AdmAge_Fmt_13"/>
                 <w:id w:val="1664511046"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9E216B57D48A40FC8E4DA9F3ED902039"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -15299,51 +15556,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A72EB96" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="7A72EB96" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_13"/>
                 <w:tag w:val="L_AdmAge_FromUnit_13"/>
                 <w:id w:val="919906695"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15448,51 +15705,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9876B9" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="0B9876B9" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_13"/>
                 <w:tag w:val="L_AdmAge_ToUnit_13"/>
                 <w:id w:val="-1196070719"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15515,51 +15772,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="3F159DA4" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CE78ACA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="2CE78ACA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_14"/>
                 <w:tag w:val="L_AdmAge_Fmt_14"/>
                 <w:id w:val="61155389"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="7CDDED88EC2B4961B5D8806D3C6ABE2B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -15658,51 +15915,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08BC3CBF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="08BC3CBF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_14"/>
                 <w:tag w:val="L_AdmAge_FromUnit_14"/>
                 <w:id w:val="836271173"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15807,51 +16064,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3231E471" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3231E471" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_14"/>
                 <w:tag w:val="L_AdmAge_ToUnit_14"/>
                 <w:id w:val="1561745937"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15874,51 +16131,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="65AC1C0E" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4D6735" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3B4D6735" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_15"/>
                 <w:tag w:val="L_AdmAge_Fmt_15"/>
                 <w:id w:val="1169139282"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="51891FC9AFA949C7A502D3A91B8B88B9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -16017,51 +16274,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15128E15" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="15128E15" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_15"/>
                 <w:tag w:val="L_AdmAge_FromUnit_15"/>
                 <w:id w:val="1617101022"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -16166,51 +16423,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8C4125" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="7E8C4125" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_15"/>
                 <w:tag w:val="L_AdmAge_ToUnit_15"/>
                 <w:id w:val="-2020917651"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -16233,51 +16490,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="0570A336" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16BD296B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="16BD296B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_16"/>
                 <w:tag w:val="L_AdmAge_Fmt_16"/>
                 <w:id w:val="2102987932"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="F476E92D6D7841658639562DDF3F5F69"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -16376,51 +16633,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="527BB6A6" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="527BB6A6" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_16"/>
                 <w:tag w:val="L_AdmAge_FromUnit_16"/>
                 <w:id w:val="1596675120"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -16525,51 +16782,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="744490B7" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="744490B7" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_16"/>
                 <w:tag w:val="L_AdmAge_ToUnit_16"/>
                 <w:id w:val="5717960"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -16592,51 +16849,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="18E5B3CE" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D32034B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="4D32034B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_17"/>
                 <w:tag w:val="L_AdmAge_Fmt_17"/>
                 <w:id w:val="-881480041"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="4B4539E622E543969F03956FC679F16E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -16735,51 +16992,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49F287F8" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="49F287F8" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_17"/>
                 <w:tag w:val="L_AdmAge_FromUnit_17"/>
                 <w:id w:val="465933421"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -16884,51 +17141,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0D2232" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3E0D2232" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_17"/>
                 <w:tag w:val="L_AdmAge_ToUnit_17"/>
                 <w:id w:val="247401868"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -16951,51 +17208,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="0B593E0E" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2F9EEF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3F2F9EEF" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_18"/>
                 <w:tag w:val="L_AdmAge_Fmt_18"/>
                 <w:id w:val="1248386789"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="FA7C86C3D1854B62BB22DD3F2E5C25F0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -17094,51 +17351,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57B5027C" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="57B5027C" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_18"/>
                 <w:tag w:val="L_AdmAge_FromUnit_18"/>
                 <w:id w:val="1041093964"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -17243,51 +17500,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FFEC1B0" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="1FFEC1B0" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_18"/>
                 <w:tag w:val="L_AdmAge_ToUnit_18"/>
                 <w:id w:val="1968692986"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -17310,51 +17567,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="62038EA7" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79AE4CA4" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="79AE4CA4" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_19"/>
                 <w:tag w:val="L_AdmAge_Fmt_19"/>
                 <w:id w:val="-261603164"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="C16727226569411E9236E5DCD2495E00"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -17453,51 +17710,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="745D02A5" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="745D02A5" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_19"/>
                 <w:tag w:val="L_AdmAge_FromUnit_19"/>
                 <w:id w:val="-1248644867"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -17602,51 +17859,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17819A27" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="17819A27" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_19"/>
                 <w:tag w:val="L_AdmAge_ToUnit_19"/>
                 <w:id w:val="-251667611"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -17669,51 +17926,51 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B49CF" w:rsidRPr="004B056D" w14:paraId="7A5FC07E" w14:textId="77777777" w:rsidTr="009619AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D847742" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3D847742" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_20"/>
                 <w:tag w:val="L_AdmAge_Fmt_20"/>
                 <w:id w:val="723638798"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="6E004F0F6AF749A9AD30673FE9D52DFA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
@@ -17812,51 +18069,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3211B5DA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="3211B5DA" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_20"/>
                 <w:tag w:val="L_AdmAge_FromUnit_20"/>
                 <w:id w:val="-2006815045"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -17961,51 +18218,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28AFC686" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00FE3919" w:rsidP="009619AA">
+          <w:p w14:paraId="28AFC686" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="00155D98" w:rsidRDefault="00A72456" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_20"/>
                 <w:tag w:val="L_AdmAge_ToUnit_20"/>
                 <w:id w:val="1975019946"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -18398,69 +18655,81 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="75ED185B" w14:textId="77777777" w:rsidR="003B49CF" w:rsidRPr="004B056D" w:rsidRDefault="003B49CF" w:rsidP="00234A80">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Age in Months: 0 – </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00234A80">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years:</w:t>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
@@ -19492,51 +19761,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30960FE0" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="30960FE0" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_1"/>
                 <w:tag w:val="L_Diagno_Fmt_1"/>
                 <w:id w:val="388236941"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="B162B373E9C641C4BE4DD582281D8251"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19546,51 +19815,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07EBC87D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00676EE5">
+          <w:p w14:paraId="07EBC87D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00676EE5">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_1"/>
                 <w:tag w:val="L_ICD9_From_1"/>
                 <w:id w:val="712002368"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19617,51 +19886,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B771B27" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00817A90">
+          <w:p w14:paraId="7B771B27" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00817A90">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_1"/>
                 <w:tag w:val="L_ICD9_To_1"/>
                 <w:id w:val="-1292889082"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19714,51 +19983,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="067BC177" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="067BC177" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_2"/>
                 <w:tag w:val="L_Diagno_Fmt_2"/>
                 <w:id w:val="322093362"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9B1D7887015F42FE9EDF18A13987758B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19768,51 +20037,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54B9B0F2" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="54B9B0F2" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_2"/>
                 <w:tag w:val="L_ICD9_From_2"/>
                 <w:id w:val="1236127612"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19839,51 +20108,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72C60F06" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="72C60F06" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_2"/>
                 <w:tag w:val="L_ICD9_To_2"/>
                 <w:id w:val="679708380"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19936,51 +20205,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68F17BAF" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="68F17BAF" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_3"/>
                 <w:tag w:val="L_Diagno_Fmt_3"/>
                 <w:id w:val="-1906214224"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="636D634FEFE24F81B8C4DB7A0BB017D1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19990,51 +20259,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1322E76E" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="1322E76E" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_3"/>
                 <w:tag w:val="L_ICD9_From_3"/>
                 <w:id w:val="-1448623368"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20061,51 +20330,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D152E4B" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="3D152E4B" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_3"/>
                 <w:tag w:val="L_ICD9_To_3"/>
                 <w:id w:val="138628016"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20158,51 +20427,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="788D45AB" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="788D45AB" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_4"/>
                 <w:tag w:val="L_Diagno_Fmt_4"/>
                 <w:id w:val="1439022706"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9EC484A3B2844C74922708232E6099DD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -20212,51 +20481,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EB6A4BC" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="5EB6A4BC" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_4"/>
                 <w:tag w:val="L_ICD9_From_4"/>
                 <w:id w:val="-1475904231"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20283,51 +20552,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FDAA4A1" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="1FDAA4A1" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_4"/>
                 <w:tag w:val="L_ICD9_To_4"/>
                 <w:id w:val="2140987585"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20380,51 +20649,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A7272AC" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="3A7272AC" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_5"/>
                 <w:tag w:val="L_Diagno_Fmt_5"/>
                 <w:id w:val="-965355901"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="2BE9F7FC128B4857A118706676C68C0C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -20434,51 +20703,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53A601EE" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="53A601EE" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_5"/>
                 <w:tag w:val="L_ICD9_From_5"/>
                 <w:id w:val="354162608"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20505,51 +20774,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22A4F250" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="22A4F250" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_5"/>
                 <w:tag w:val="L_ICD9_To_5"/>
                 <w:id w:val="-122614693"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20602,51 +20871,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E8BE823" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="0E8BE823" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_6"/>
                 <w:tag w:val="L_Diagno_Fmt_6"/>
                 <w:id w:val="-178114954"/>
                 <w:placeholder>
                   <w:docPart w:val="669BD22115A44108BA4551231645BA13"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -20655,51 +20924,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28553253" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="28553253" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_6"/>
                 <w:tag w:val="L_ICD9_From_6"/>
                 <w:id w:val="1998921296"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20726,51 +20995,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6778690D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="6778690D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_6"/>
                 <w:tag w:val="L_ICD9_To_6"/>
                 <w:id w:val="760409982"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20823,51 +21092,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16FA31F6" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="16FA31F6" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_7"/>
                 <w:tag w:val="L_Diagno_Fmt_7"/>
                 <w:id w:val="2102994519"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="A9E333C9B2754E82A7CF8BEAE2A5DEEA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -20877,51 +21146,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="175B5F32" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="175B5F32" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_7"/>
                 <w:tag w:val="L_ICD9_From_7"/>
                 <w:id w:val="2057731657"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20948,51 +21217,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="275FB6D1" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="275FB6D1" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_7"/>
                 <w:tag w:val="L_ICD9_To_7"/>
                 <w:id w:val="562298067"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21045,51 +21314,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52FCF8AF" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="52FCF8AF" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_8"/>
                 <w:tag w:val="L_Diagno_Fmt_8"/>
                 <w:id w:val="1254081266"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="99D3CBF97B674D73A8E77E201060ACAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21099,51 +21368,51 @@
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DDD2A4A" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="4DDD2A4A" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_8"/>
                 <w:tag w:val="L_ICD9_From_8"/>
                 <w:id w:val="312987099"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21170,51 +21439,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38AC351F" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="38AC351F" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_8"/>
                 <w:tag w:val="L_ICD9_To_8"/>
                 <w:id w:val="-1565949978"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21266,51 +21535,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2FC7B3" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="5D2FC7B3" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_9"/>
                 <w:tag w:val="L_Diagno_Fmt_9"/>
                 <w:id w:val="-1391494237"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="AF2988F11B5F4D99AFC5F5D204E0A375"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21319,51 +21588,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0D128B" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="0D0D128B" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_9"/>
                 <w:tag w:val="L_ICD9_From_9"/>
                 <w:id w:val="201992589"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21389,51 +21658,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="498D2348" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="498D2348" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_9"/>
                 <w:tag w:val="L_ICD9_To_9"/>
                 <w:id w:val="1324552942"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21484,51 +21753,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72107C4D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="002A201A">
+          <w:p w14:paraId="72107C4D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="002A201A">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_10"/>
                 <w:tag w:val="L_Diagno_Fmt_10"/>
                 <w:id w:val="-962643810"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="9382EFE016214D3F9566A9123577933D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21537,51 +21806,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7D8038" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="7D7D8038" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_10"/>
                 <w:tag w:val="L_ICD9_From_10"/>
                 <w:id w:val="3566943"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21607,51 +21876,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52ACEAFD" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="52ACEAFD" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_10"/>
                 <w:tag w:val="L_ICD9_To_10"/>
                 <w:id w:val="1011414113"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21702,51 +21971,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F686DA9" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00151A7F">
+          <w:p w14:paraId="7F686DA9" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00151A7F">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_11"/>
                 <w:tag w:val="L_Diagno_Fmt_11"/>
                 <w:id w:val="1995366539"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="478646025A9444FBBFFF608B983F272E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21755,51 +22024,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6443E2EE" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="6443E2EE" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_11"/>
                 <w:tag w:val="L_ICD9_From_11"/>
                 <w:id w:val="-1793587198"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -21826,51 +22095,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B65AC17" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="1B65AC17" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_11"/>
                 <w:tag w:val="L_ICD9_To_11"/>
                 <w:id w:val="1814833372"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -21922,51 +22191,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3726206A" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="3726206A" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_12"/>
                 <w:tag w:val="L_Diagno_Fmt_12"/>
                 <w:id w:val="-1724048919"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="25C23A55BBEF45139397787049918056"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21975,51 +22244,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB65275" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="4CB65275" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_12"/>
                 <w:tag w:val="L_ICD9_From_12"/>
                 <w:id w:val="106164372"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22046,51 +22315,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09862514" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="09862514" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_12"/>
                 <w:tag w:val="L_ICD9_To_12"/>
                 <w:id w:val="-580291630"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22142,51 +22411,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="450E75A7" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="450E75A7" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_13"/>
                 <w:tag w:val="L_Diagno_Fmt_13"/>
                 <w:id w:val="-1198307805"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1D8201ED701A43549E1B43D242B43DBE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22195,51 +22464,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C44FBF" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="56C44FBF" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_13"/>
                 <w:tag w:val="L_ICD9_From_13"/>
                 <w:id w:val="1678538380"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22266,51 +22535,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4434488C" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="4434488C" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_13"/>
                 <w:tag w:val="L_ICD9_To_13"/>
                 <w:id w:val="969481288"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22362,51 +22631,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="783BD560" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="783BD560" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_14"/>
                 <w:tag w:val="L_Diagno_Fmt_14"/>
                 <w:id w:val="982888268"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="00718422BCFB486C951B0CF3F0533BB7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22415,51 +22684,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A75C188" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="2A75C188" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_14"/>
                 <w:tag w:val="L_ICD9_From_14"/>
                 <w:id w:val="601070943"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22486,51 +22755,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="028E496A" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="028E496A" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_14"/>
                 <w:tag w:val="L_ICD9_To_14"/>
                 <w:id w:val="-1273239826"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22582,51 +22851,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3ACD3BB0" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="3ACD3BB0" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_15"/>
                 <w:tag w:val="L_Diagno_Fmt_15"/>
                 <w:id w:val="1809511887"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="E06FF23C00C14492866A84B560CC2482"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22635,51 +22904,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E77985D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="6E77985D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_15"/>
                 <w:tag w:val="L_ICD9_From_15"/>
                 <w:id w:val="1315606208"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22706,51 +22975,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1D2849" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="7D1D2849" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_15"/>
                 <w:tag w:val="L_ICD9_To_15"/>
                 <w:id w:val="-1334915928"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22802,51 +23071,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFE361D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00F54619">
+          <w:p w14:paraId="5BFE361D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00F54619">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_16"/>
                 <w:tag w:val="L_Diagno_Fmt_16"/>
                 <w:id w:val="1410117019"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="47BCB6EF053A4E9BB40F5EEAA663F6CD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22855,51 +23124,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="426ED6D1" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="426ED6D1" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_16"/>
                 <w:tag w:val="L_ICD9_From_16"/>
                 <w:id w:val="1935777133"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -22926,51 +23195,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3133F96D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="3133F96D" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_16"/>
                 <w:tag w:val="L_ICD9_To_16"/>
                 <w:id w:val="-1165932342"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23022,51 +23291,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68AB66CE" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="68AB66CE" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_17"/>
                 <w:tag w:val="L_Diagno_Fmt_17"/>
                 <w:id w:val="-686828574"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="7C76E12C2771455290329B4A1886EB4D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -23075,51 +23344,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1293D7D6" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="1293D7D6" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_17"/>
                 <w:tag w:val="L_ICD9_From_17"/>
                 <w:id w:val="380822748"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23146,51 +23415,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCBEEE7" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="4CCBEEE7" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_17"/>
                 <w:tag w:val="L_ICD9_To_17"/>
                 <w:id w:val="1092667073"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23225,68 +23494,69 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="BFBFBF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76220369" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRDefault="005B26DE" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11E9C470" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="11E9C470" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_18"/>
                 <w:tag w:val="L_Diagno_Fmt_18"/>
                 <w:id w:val="680013899"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="B04ED0C383FB4616B4B028CCF79EFBBE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -23295,51 +23565,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5021C8BD" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="5021C8BD" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_18"/>
                 <w:tag w:val="L_ICD9_From_18"/>
                 <w:id w:val="56370424"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23366,51 +23636,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1EE283" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="3B1EE283" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_18"/>
                 <w:tag w:val="L_ICD9_To_18"/>
                 <w:id w:val="-2058999988"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23462,51 +23732,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2209F805" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="2209F805" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_19"/>
                 <w:tag w:val="L_Diagno_Fmt_19"/>
                 <w:id w:val="-2071178889"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="1D534A9D3EA04029828F82291D1C73FE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -23515,51 +23785,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="737C9D32" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="737C9D32" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_19"/>
                 <w:tag w:val="L_ICD9_From_19"/>
                 <w:id w:val="-382951775"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23586,51 +23856,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA78F03" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="0EA78F03" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_19"/>
                 <w:tag w:val="L_ICD9_To_19"/>
                 <w:id w:val="-201323401"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23682,51 +23952,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5CAF02" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="3A5CAF02" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003D1017" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_20"/>
                 <w:tag w:val="L_Diagno_Fmt_20"/>
                 <w:id w:val="1012571819"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
                   <w:docPart w:val="6988187937F74C3A86FDCDBC1803CC1E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -23735,51 +24005,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="005B26DE" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10B2C449" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="10B2C449" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_20"/>
                 <w:tag w:val="L_ICD9_From_20"/>
                 <w:id w:val="-1801997729"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -23806,51 +24076,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3520CEDB" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00FE3919" w:rsidP="00AD06D2">
+          <w:p w14:paraId="3520CEDB" w14:textId="77777777" w:rsidR="005B26DE" w:rsidRPr="003F5042" w:rsidRDefault="00A72456" w:rsidP="00AD06D2">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_20"/>
                 <w:tag w:val="L_ICD9_To_20"/>
                 <w:id w:val="1445428486"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -25276,51 +25546,51 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="74FD4861" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="1168D71E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="直線單箭頭接點 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:97.4pt;margin-top:49.75pt;width:0;height:18.4pt;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGCG3zywEAAPsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RdabWqmu5Dl/KC&#10;YMXlA1zHTizZHmtsmuTvGTttCgtCApGHiS9zZuacGe8eR2fZWWE04Bu+XtWcKS+hNb5r+NcvxzcP&#10;nMUkfCsseNXwSUX+uH/9ajeErdpAD7ZVyCiIj9shNLxPKWyrKspeORFXEJSnSw3oRKItdlWLYqDo&#10;zlabur6vBsA2IEgVI50+zZd8X+JrrWT6qHVUidmGU22pWCz2lG2134lthyL0Rl7KEP9QhRPGU9Il&#10;1JNIgn1D80soZyRCBJ1WElwFWhupCgdis65fsPnci6AKFxInhkWm+P/Cyg/ng39GkmEIcRvDM2YW&#10;o0aX/1QfG4tY0yKWGhOT86Gk083d3f1D0bG64QLG9E6BY3nR8JhQmK5PB/CeOgK4LlqJ8/uYKDMB&#10;r4Cc1PpsI1jTHo21ZYPd6WCRnUVuI33HY+4cAX9yS8LYt75laQo0agIRhotbjlndGJZVmqya831S&#10;mpmWOM11leFTSz4hpfJpvUQi7wzTVNsCrAuhPwIv/hmqymD+DXhBlMzg0wJ2xgP+LnsaryXr2f+q&#10;wMw7S3CCdiq9L9LQhBVJL68hj/CP+wK/vdn9dwAAAP//AwBQSwMEFAAGAAgAAAAhAH9bFWvgAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS6Ew0dJ0GmhIaOJCi8Q1a0zb&#10;0ThRk22FX4/HBW5+9tPz94rFZAexxzH0jhRczRIQSI0zPbUK3uqnyzsQIWoyenCECr4wwKI8PSl0&#10;btyBXnFfxVZwCIVcK+hi9LmUoenQ6jBzHolvH260OrIcW2lGfeBwO8jrJJlLq3viD532+Nhh81nt&#10;rAJfvywf3n26Gr4vnn0V1tusXm2VOj+blvcgIk7xzwxHfEaHkpk2bkcmiIF1dsPoUUGW3YI4Gn4X&#10;Gx7SeQqyLOT/CuUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYIbfPLAQAA+wMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH9bFWvgAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="blue">
                 <v:stroke endarrow="open"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>Illustration of Data Output:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA7F73C" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="003D1017">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -25351,2954 +25621,2954 @@
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1003"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w14:paraId="762A3106" w14:textId="77777777" w:rsidTr="00DD7C51">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72C467B3" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="72C467B3" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of admission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73CB32FD" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="73CB32FD" w14:textId="675AC44F" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Age in years</w:t>
             </w:r>
-            <w:r w:rsidR="00D539C3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00D539C3" w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / months </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="00A72456" w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> at admission</w:t>
+              <w:t>months at</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> admission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55700294" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="55700294" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="451FCC8B" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="451FCC8B" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>District of residence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FF6D619" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="6FF6D619" w14:textId="256CF905" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Admission Specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B80629C" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="6B80629C" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Admission via A&amp;E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3753D94F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="3753D94F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Discharge destination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26C46F10" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00D91B87">
+          <w:p w14:paraId="26C46F10" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00D91B87">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnosis groups </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58E5779A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="58E5779A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hospital admission</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w14:paraId="0D396F23" w14:textId="77777777" w:rsidTr="00DD7C51">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BA7AA77" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="4BA7AA77" w14:textId="1D8EA2DB" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4319" w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A4377A9" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="7A4377A9" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="095285D5" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="095285D5" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DE50489" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="3DE50489" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15EBD28A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="15EBD28A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12F8B8A6" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="12F8B8A6" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AD07AD7" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00537F71" w:rsidP="00DD7C51">
+          <w:p w14:paraId="6AD07AD7" w14:textId="15F8C8D2" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...229 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Transfer to other HA hospitals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B056F55" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="5B056F55" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Diabetes Mellitus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A8CF900" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="7A8CF900" w14:textId="6E8AFF47" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
-[...348 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w14:paraId="0CEC8278" w14:textId="77777777" w:rsidTr="00DD7C51">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F69482F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="6F69482F" w14:textId="3BB1099B" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4319" w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3503354D" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="3503354D" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5720991F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="5720991F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="189F2569" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="189F2569" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C6AFD3F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="2C6AFD3F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F821409" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="1F821409" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C474EF2" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="5C474EF2" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Home</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36AC842A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="36AC842A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COPD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13570877" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="13570877" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w14:paraId="319ABA88" w14:textId="77777777" w:rsidTr="00DD7C51">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6855E2C6" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="6855E2C6" w14:textId="75BE3993" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4319" w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41E9B413" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="41E9B413" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DAE1731" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="3DAE1731" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ABC87EB" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="5ABC87EB" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DB72967" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="0DB72967" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46BBFE87" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="46BBFE87" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35205E08" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="35205E08" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Death</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35C41C58" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="35C41C58" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Diabetes Mellitus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F8021BA" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="3F8021BA" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w14:paraId="599DE63D" w14:textId="77777777" w:rsidTr="00DD7C51">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17F2C4B5" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="17F2C4B5" w14:textId="290F7720" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4319" w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57710A4D" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="57710A4D" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26A50ECE" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="26A50ECE" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2535BEB8" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="2535BEB8" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19E25012" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="19E25012" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A2670FF" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="1A2670FF" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FC9B1CA" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="4FC9B1CA" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Others</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07B67358" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="07B67358" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Diabetes Mellitus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D73AC17" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="7D73AC17" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w14:paraId="6D21202C" w14:textId="77777777" w:rsidTr="00DD7C51">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1996A3FB" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="1996A3FB" w14:textId="53CB0A8D" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>2016-08</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4319" w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="431D844A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="431D844A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E68D5E2" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="5E68D5E2" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76E2387B" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="76E2387B" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F9DD0C6" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="5F9DD0C6" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="445F3324" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="445F3324" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1339C58C" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="1339C58C" w14:textId="68306F58" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Transfer to other HA hospitals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A5C3AB1" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="2A5C3AB1" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COPD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F445FEF" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
+          <w:p w14:paraId="2F445FEF" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00A72456" w:rsidRDefault="00DD7C51" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72456">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2ADC3BB6" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRDefault="00A75B41" w:rsidP="003D1017">
+    <w:p w14:paraId="2ADC3BB6" w14:textId="1E145330" w:rsidR="00DD7C51" w:rsidRDefault="00A72456" w:rsidP="003D1017">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00ED0B99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62BFE088" wp14:editId="59E08993">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-780416</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>179705</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="695325" cy="1699895"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="圓角矩形 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="695325" cy="1699895"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="78AD3404" id="圓角矩形 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-61.45pt;margin-top:14.15pt;width:54.75pt;height:133.85pt;z-index:251702272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoJ1Sq+gEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2yAQvVfqPyDujZ1UiTZWnD3sKr1U&#10;3dVu+wEEDzESZhCwcdKv74AdJ9pWPVTNgcAw8968B3hzf+oMO4IPGm3N57OSM7ASG20PNf/xfffp&#10;jrMQhW2EQQs1P0Pg99uPHza9q2CBLZoGPCMQG6re1byN0VVFEWQLnQgzdGBpU6HvRKSlPxSNFz2h&#10;d6ZYlOWq6NE3zqOEECj6OGzybcZXCmR8UipAZKbm1FvMo8/jPo3FdiOqgxeu1XJsQ/xDF53Qlkgn&#10;qEcRBXvz+jeoTkuPAVWcSewKVEpLyBpIzbx8p+a1FQ6yFjInuMmm8P9g5bfjq3v2ZEPvQhVomlSc&#10;lO/SP/XHTtms82QWnCKTFFytl58XS84kbc1X6/XdepncLK7Vzof4BbBjaVJzj2+2eaETyUaJ49cQ&#10;h/xLXmK0uNPG5FMxNgUCGt2kWF74w/7BeHYUdJy7XUm/kfMmjTpIpcVVUJ7Fs4GEYewLKKYbkrDI&#10;neS7BhOskBJsnA9brWhgYFvekqXbmSqy3AyYkBV1OWGPAJfMAeSCPege81Mp5Ks6FZd/a2wonioy&#10;M9o4FXfaov8TgCFVI/OQfzFpsCa5tMfm/Ez+go9PNCiDfc2l0Y6zFv3P9zEfzQMOL0tYSRk1j5ki&#10;YdGNzf6Mrys9idt1Jr9+A7a/AAAA//8DAFBLAwQUAAYACAAAACEAQFDyQ+IAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FI7KQptiFMhi4oFYkHoB7jxNEnrRxQ7bcrXY1Z0&#10;OTNHd84tN7PR5Iyj753lkC4YELSNU71tOey+t8kKiA/SKqmdRQ5X9LCp7u9KWSh3sV94rkNLYoj1&#10;heTQhTAUlPqmQyP9wg1o4+3gRiNDHMeWqlFeYrjRNGMsp0b2Nn7o5ICiw+ZUT4bDYaeP4uf6nrNJ&#10;fL71Ylt/5M+C88eH+fUFSMA5/MPwpx/VoYpOezdZ5YnmkKRZto4sh2y1BBKJJF0+AdnHxTpnQKuS&#10;3naofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAoJ1Sq+gEAAEsEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBAUPJD4gAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="2pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00A75B41">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47CE56B1" wp14:editId="51E0AF39">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251592704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47CE56B1" wp14:editId="73719245">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-8695690</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="7858125" cy="476250"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:extent cx="7858125" cy="409575"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="15" name="Rounded Rectangle 15"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="7858125" cy="476250"/>
+                          <a:ext cx="7858125" cy="409575"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:solidFill>
                             <a:srgbClr val="0000FF"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="18A147D7" id="Rounded Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:-684.7pt;margin-top:14.15pt;width:618.75pt;height:37.5pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3GcZ6/QEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CpQ2COD20yC7D&#10;WrTbBygyFQuQRYFS42RfP0pOnKIbdhiWgyJS5Hvko+T13bFz4gAULfpaziZTKcBrbKzf1/LH9+2n&#10;pRQxKd8ohx5qeYIo7zYfP6z7sII5tugaIMEgPq76UMs2pbCqqqhb6FScYADPhwapU4lN2lcNqZ7R&#10;O1fNp9ObqkdqAqGGGNn7MBzKTcE3BnR6NCZCEq6WXFsqK5V1l9dqs1arPanQWn0uQ/1DFZ2ynklH&#10;qAeVlHgl+xtUZzVhRJMmGrsKjbEaSg/czWz6rpuXVgUovbA4MYwyxf8Hq78dXsITsQx9iKvI29zF&#10;0VCX/7k+cSxinUax4JiEZuftcrGczRdSaD77fHszXxQ1q2t2oJi+AHYib2pJ+OqbZ55IEUodvsbE&#10;tBx/icuMHrfWuTIV57MjorNN9hWD9rt7R+Kg8jj5t93mCTLGmzC2cmp1bajs0slBxnD+GYywDbcw&#10;L5WUuwYjrNIafJoNR61qYGBbZLoLWb6dOaNQF8CMbLjKEfsMcIkcQC7YQ83n+JwK5aqOydO/FTYk&#10;jxmFGX0akzvrkf4E4LirM/MQfxFpkCartMPm9MT6AqVHXozDvpba2SBFi/TzvY+Su8fhZSmvOaKW&#10;qVBkLL6xRZ/z68pP4q1dyK/fgM0vAAAA//8DAFBLAwQUAAYACAAAACEAKPRmyOQAAAANAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLmhL2sK0lqbThjSEhARa2YVblnhtRZNUTbaV&#10;t8ec4Gj70+/vL1eT7dkZx9B5JyGZC2DotDedayTsP7azJbAQlTOq9w4lfGOAVXV9VarC+Ivb4bmO&#10;DaMQFwoloY1xKDgPukWrwtwP6Oh29KNVkcax4WZUFwq3PU+FWHCrOkcfWjXgU4v6qz5ZCcPLfqfF&#10;2/vn9llvHrK7vE6Pr7WUtzfT+hFYxCn+wfCrT+pQkdPBn5wJrJcwS7JFfk+whHSZASOEVkkO7ECw&#10;yDLgVcn/t6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADcZxnr9AQAASwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACj0ZsjkAAAADQEAAA8A&#10;AAAAAAAAAAAAAAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
-[...153 lines deleted...]
-              <v:roundrect w14:anchorId="55031747" id="圓角矩形 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-61.45pt;margin-top:14.1pt;width:51pt;height:133.85pt;z-index:251693056;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhjPrE+gEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2yAQvVfqPyDujZ2om91Ycfawq/RS&#10;dVe77QcQPMRImEHAxkm/vgN2nGhb9VA1BwLDzHvzHuD1/bEz7AA+aLQ1n89KzsBKbLTd1/zH9+2n&#10;O85CFLYRBi3U/ASB328+flj3roIFtmga8IxAbKh6V/M2RlcVRZAtdCLM0IGlTYW+E5GWfl80XvSE&#10;3pliUZbLokffOI8SQqDo47DJNxlfKZDxSakAkZmaU28xjz6PuzQWm7Wo9l64VsuxDfEPXXRCWyKd&#10;oB5FFOzN69+gOi09BlRxJrErUCktIWsgNfPynZrXVjjIWsic4Cabwv+Dld8Or+7Zkw29C1WgaVJx&#10;VL5L/9QfO2azTpNZcIxMUnD5+fa2JEslbc2Xq9Xd6ia5WVyqnQ/xC2DH0qTmHt9s80Inko0Sh68h&#10;DvnnvMRocauNyadibAoENLpJsbzw+92D8ewg6Di325J+I+dVGnWQSouLoDyLJwMJw9gXUEw3JGGR&#10;O8l3DSZYISXYOB+2WtHAwHZzTZZuZ6rIcjNgQlbU5YQ9ApwzB5Az9qB7zE+lkK/qVFz+rbGheKrI&#10;zGjjVNxpi/5PAIZUjcxD/tmkwZrk0g6b0zP5Cz4+0aAM9jWXRjvOWvQ/38d8NA84vCxhJWXUPGaK&#10;hEU3Nvszvq70JK7XmfzyDdj8AgAA//8DAFBLAwQUAAYACAAAACEAvTiMWeAAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FK7lghNiFMhi4oFYkHoB7ixmwT8iGKnTfl6hhVd&#10;zp2jO2eq7eIsOZkpDsELWK8YEOPboAffCdh/7rINkJiU18oGbwRcTIRtfXtTqVKHs/8wpyZ1BEt8&#10;LJWAPqWxpDS2vXEqrsJoPO6OYXIq4Th1VE/qjOXOUs5YTp0aPF7o1Whkb9rvZnYCjnv7JX8urzmb&#10;5fvLIHfNW/4ohbi/W56fgCSzpH8Y/vRRHWp0OoTZ60isgGzNeYGsAL7hQJDIOMPggEHxUACtK3r9&#10;Q/0LAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYYz6xPoBAABLBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAvTiMWeAAAAALAQAADwAAAAAAAAAA&#10;AAAAAABUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="red" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="06943271" id="Rounded Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:-684.7pt;margin-top:14.15pt;width:618.75pt;height:32.25pt;z-index:251592704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCc5skp+wEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2yAQvVfqPyDujZ2o7qZWnD3sKr1U&#10;3dVu+wEEDzESZhCwcdKv74AdZ7WteqiaA4Fh5r15D/Dm9tQbdgQfNNqGLxclZ2AlttoeGv7j++7D&#10;mrMQhW2FQQsNP0Pgt9v37zaDq2GFHZoWPCMQG+rBNbyL0dVFEWQHvQgLdGBpU6HvRaSlPxStFwOh&#10;96ZYleWnYkDfOo8SQqDo/bjJtxlfKZDxQakAkZmGU28xjz6P+zQW242oD164TsupDfEPXfRCWyKd&#10;oe5FFOzF69+gei09BlRxIbEvUCktIWsgNcvyjZrnTjjIWsic4Gabwv+Dld+Oz+7Rkw2DC3WgaVJx&#10;Ur5P/9QfO2WzzrNZcIpMUvBmXa2Xq4ozSXsfy8/VTZXcLK7Vzof4BbBnadJwjy+2faITyUaJ49cQ&#10;x/xLXmK0uNPG5FMxNgUCGt2mWF74w/7OeHYU6Tjpt9tNnK/SqINUWlwF5Vk8G0gYxj6BYrolCavc&#10;Sb5rMMMKKcHG5bjViRZGtirRXcjS7UwVWW4GTMiKupyxJ4BL5ghywR51T/mpFPJVnYvLvzU2Fs8V&#10;mRltnIt7bdH/CcCQqol5zL+YNFqTXNpje34kf8HHBxqUwaHh0mjHWYf+59uYj+YOx5clrKSMhsdM&#10;kbDoxmZ/pteVnsTrdSa/fgO2vwAAAP//AwBQSwMEFAAGAAgAAAAhAFFkXfbjAAAADAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwYu0mw8tScykqFARBKWxF2/b7DYJZmdDdtvGf+94&#10;0uPMPLzzvOV6toM4mcn3jhDiZQTCUON0Ty3C7mOzyED4oEirwZFB+DYe1tXlRakK7c60Nac6tIJD&#10;yBcKoQthLKT0TWes8ks3GuLbwU1WBR6nVupJnTncDjKJopW0qif+0KnRPHWm+aqPFmF82W2b6O39&#10;c/PcPN6lN3mdHF5rxOur+eEeRDBz+IPhV5/VoWKnvTuS9mJAWMTpKr9lGCHJUhCM8CrOQewR8iQD&#10;WZXyf4nqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzmySn7AQAASwQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFFkXfbjAAAADAEAAA8AAAAA&#10;AAAAAAAAAAAAVQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABlBQAAAAA=&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEB752E" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00A75B41" w:rsidP="003D1017">
+    <w:p w14:paraId="5DEB752E" w14:textId="657032FD" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00A72456" w:rsidP="003D1017">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A72456">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251603968" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FE42636" wp14:editId="4F371D48">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-85090</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>379730</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1295400" cy="914400"/>
+                <wp:effectExtent l="38100" t="76200" r="19050" b="114300"/>
+                <wp:wrapNone/>
+                <wp:docPr id="25" name="Group 25"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1295400" cy="914400"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1295400" cy="914400"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="18" name="Straight Arrow Connector 18"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="359410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19" name="Straight Arrow Connector 19"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="19050" y="257175"/>
+                            <a:ext cx="359410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="21" name="Straight Arrow Connector 21"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="19050" y="476250"/>
+                            <a:ext cx="359410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="22" name="Straight Arrow Connector 22"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="19050" y="666750"/>
+                            <a:ext cx="360000" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="23" name="Text Box 23"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="428625" y="219075"/>
+                            <a:ext cx="866775" cy="400050"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="9525" cmpd="sng">
+                            <a:solidFill>
+                              <a:schemeClr val="lt1">
+                                <a:shade val="50000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="dk1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="78EDCF33" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRDefault="00FB4FBC" w:rsidP="00DD7C51">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:eastAsia="zh-HK"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:lang w:eastAsia="zh-HK"/>
+                                </w:rPr>
+                                <w:t>Data line</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="24" name="Straight Arrow Connector 24"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="914400"/>
+                            <a:ext cx="359410" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="accent6">
+                                <a:lumMod val="75000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:tailEnd type="arrow"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="7FE42636" id="Group 25" o:spid="_x0000_s1027" style="position:absolute;margin-left:-6.7pt;margin-top:29.9pt;width:102pt;height:1in;z-index:251603968" coordsize="12954,9144" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBG/bLktAMAADEUAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNty2jAQfe9M/0Hj98bYARI8gUxL0vSh&#10;bTJN+gFCli9TWVIlgU2/viv5EiABEjKTJ16MLbSr3eOj9VldXFYFQwuqdC742AtOeh6inIg45+nY&#10;+/3w9dO5h7TBPMZMcDr2llR7l5OPHy5KGdFQZILFVCFwwnVUyrGXGSMj39ckowXWJ0JSDn8mQhXY&#10;wKNK/VjhErwXzA97vaFfChVLJQjVGkav6j+9ifOfJJSY2yTR1CA29iA2467KXWf26k8ucJQqLLOc&#10;NGHgA6IocM5h0c7VFTYYzVX+xFWREyW0SMwJEYUvkiQn1OUA2QS9jWxulJhLl0salansYAJoN3A6&#10;2C35ubhR8l7eKUCilClg4Z5sLlWiCvsLUaLKQbbsIKOVQQQGg3A06PcAWQL/jYK+vXeYkgyAf2JG&#10;suvdhn67rL8WTCmBHvoRAf02BO4zLKkDVkeAwJ1CeQy5AFc5LoCl90bhPM0M+qyUKNFUcA5MEgrB&#10;FIeTM5vyBjUdaQCwhQwlLJffwJ0jxC7wTgejftBg52DrsseRVNrcUFEgezP2dBNRF0rtHS++awMR&#10;gWFrYMNg3F61YHn8NWfMPdgdRadMoQWGvYAJodwMXYhsXvwQcT1+NujVbxA8uk1oTZz/NW8G5+ya&#10;x8gsJcCFLUoWGDCyS8O7ayFxd2bJaB3WL5oA1JY3buVuhdWggs4TzLZmCaTQGfb2GzbzrSl1JeA1&#10;xp2FW1lw0xkXORfqudVN1Yac1PNbBOq8LQQzES8dWRw0wGS72d6D0qP9lB4dSOlg1BsAeWHfh4Oz&#10;4Gxg3QDizf4+cvu5DdcShfEjt1/+HXy+XIfBXm7DlMPK9SO3+2fDEGh+5PaxblsF8k51Owz3czt8&#10;M7eHwyF87ze4PQQBcNQkG0LpWLebhuxVjcaWun3acvvBioUvokLh6QqXbTOCTAXjViY29XtVYFuZ&#10;0cjqfngO5bkWIVCzN0XIORAcxlxzAp2J1Svgb7vKVqDyncLboqvXNPCGeGWmJcnaLMZRCZ3RwEZJ&#10;CglthuZprSJ3yHPrzKapMxzTWhxbYd6G3y3tkllZ7+UCvNXRKp1ZrtctMTSWsPXbxtg526VTdtvu&#10;l+G77Q9Q4vGf9h1sVeKmmlWu2+vKZ63N7SGGuYVLwgS8MAI9nIcyof5tjpVwWAAv8e8cK+ohZdhU&#10;1GcLmBOYD6ZGOZY1Av+9vhj9dldtbV7DfruboOd9ffO62t0fVf6xg7VtvjuXckWoOUOzB1+rz3C/&#10;etI3+Q8AAP//AwBQSwMEFAAGAAgAAAAhAMVaaDbhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FrwkAQhe+F/odlCr3pbkwVTbMRkbYnKVQLpbcxGZNgdjZk1yT++66nehzm473vpevRNKKnztWW&#10;NURTBYI4t0XNpYbvw/tkCcJ55AIby6ThSg7W2eNDiklhB/6ifu9LEULYJaih8r5NpHR5RQbd1LbE&#10;4XeynUEfzq6URYdDCDeNnCm1kAZrDg0VtrStKD/vL0bDx4DDJo7e+t35tL3+HuafP7uItH5+Gjev&#10;IDyN/h+Gm35Qhyw4He2FCycaDZMofgmohvkqTLgBK7UAcdQwU/ESZJbK+wnZHwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBG/bLktAMAADEUAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDFWmg24QAAAAoBAAAPAAAAAAAAAAAAAAAAAA4GAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHAcAAAAA&#10;">
+                <v:shape id="Straight Arrow Connector 18" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvTyxFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Na8JA&#10;EIbvBf/DMkIvRTd6KJK6CaItWOyhai/ehuyYRLOzIbvG+O87h0JvM8z78cwyH1yjeupC7dnAbJqA&#10;Ii68rbk08HP8mCxAhYhssfFMBh4UIM9GT0tMrb/znvpDLJWEcEjRQBVjm2odioochqlvieV29p3D&#10;KGtXatvhXcJdo+dJ8qod1iwNFba0rqi4Hm7OwG77MvPHr/fdpxTv7emxWXz3F2Oex8PqDVSkIf6L&#10;/9xbK/gCK7/IADr7BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK9PLEXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 19" o:spid="_x0000_s1029" type="#_x0000_t32" style="position:absolute;left:190;top:2571;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAA4nexgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/Na8JA&#10;EMXvgv/DMkIvpW7soWh0E0o/QNGD0V68DdlpkjY7G7JrPv77rlDwNsN7835vNulgatFR6yrLChbz&#10;CARxbnXFhYKv8+fTEoTzyBpry6RgJAdpMp1sMNa254y6ky9ECGEXo4LS+yaW0uUlGXRz2xAH7du2&#10;Bn1Y20LqFvsQbmr5HEUv0mDFgVBiQ28l5b+nq1Gw3z4u7Pnwsd8FcKYv4/vy2P0o9TAbXtcgPA3+&#10;bv6/3upQfwW3X8IAMvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwAOJ3sYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 21" o:spid="_x0000_s1030" type="#_x0000_t32" style="position:absolute;left:190;top:4762;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDwGU9lwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NisIw&#10;FIX3gu8QrjAbGdO6EOkYRUYFB2dh1Y27S3Nt6zQ3pYm1vr0ZEFwezs/HmS06U4mWGldaVhCPIhDE&#10;mdUl5wpOx83nFITzyBory6TgQQ4W835vhom2d06pPfhchBF2CSoovK8TKV1WkEE3sjVx8C62MeiD&#10;bHKpG7yHcVPJcRRNpMGSA6HAmr4Lyv4ON6Ngtx3G9vi73v0EcKrPj9V0316V+hh0yy8Qnjr/Dr/a&#10;W61gHMP/l/AD5PwJAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8BlPZcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 22" o:spid="_x0000_s1031" type="#_x0000_t32" style="position:absolute;left:190;top:6667;width:3600;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAAy9ESwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NisIw&#10;FIX3gu8QrjAbGVO7EOkYRUYFB2dh1Y27S3Nt6zQ3pYm1vr0ZEFwezs/HmS06U4mWGldaVjAeRSCI&#10;M6tLzhWcjpvPKQjnkTVWlknBgxws5v3eDBNt75xSe/C5CCPsElRQeF8nUrqsIINuZGvi4F1sY9AH&#10;2eRSN3gP46aScRRNpMGSA6HAmr4Lyv4ON6Ngtx2O7fF3vfsJ4FSfH6vpvr0q9THoll8gPHX+HX61&#10;t1pBHMP/l/AD5PwJAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAMvREsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+                <v:shape id="Text Box 23" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:4286;top:2190;width:8668;height:4001;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRb9aExAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPGFvmtZ/LNUoIigreNGV3evb5tkWm5eSRFu/vVlY2OMwM79hluvO1OJBzleWFaSjBARx&#10;bnXFhYLL5274DsIHZI21ZVLwJA/rVb+3xEzblk/0OIdCRAj7DBWUITSZlD4vyaAf2YY4elfrDIYo&#10;XSG1wzbCTS3HSTKXBiuOCyU2tC0pv53vRsFP6meT78Nzeky/7t2+PRX7mWuVeht0mwWIQF34D/+1&#10;P7SC8QR+v8QfIFcvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANFv1oTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="78EDCF33" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRDefault="00FB4FBC" w:rsidP="00DD7C51">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:eastAsia="zh-HK"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                            <w:lang w:eastAsia="zh-HK"/>
+                          </w:rPr>
+                          <w:t>Data line</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 24" o:spid="_x0000_s1033" type="#_x0000_t32" style="position:absolute;top:9144;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDgbuz9xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Bf/DcIVuik4UKZI6itgWUuLCRzfdXTK3STRzJ2Smefx7Ryi4PJzHx1ltelOJlhpXWlYwm0Yg&#10;iDOrS84VfJ8/J0sQziNrrCyTgoEcbNajpxXG2nZ8pPbkcxFG2MWooPC+jqV0WUEG3dTWxMH7tY1B&#10;H2STS91gF8ZNJedR9CoNlhwIBda0Kyi7nv6MgjR5mdnz/iP9CuCj/hnel4f2otTzuN++gfDU+0f4&#10;v51oBfMF3L+EHyDXNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgbuz9xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#e36c0a [2409]">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2603AAB0" wp14:editId="658EFEC9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-427990</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1521141</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9525" cy="430214"/>
+                <wp:effectExtent l="76200" t="38100" r="66675" b="27305"/>
+                <wp:wrapNone/>
+                <wp:docPr id="11" name="Straight Arrow Connector 11"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9525" cy="430214"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:headEnd type="none" w="med" len="med"/>
+                          <a:tailEnd type="arrow" w="med" len="med"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="14DDE69A" id="Straight Arrow Connector 11" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-33.7pt;margin-top:119.75pt;width:.75pt;height:33.9pt;flip:y;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANtNUF7QEAAEQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadKyi6Bquocu5YJg&#10;xQJ31x43lvylsWnaf8/YaVM+VkggchjZ8byZ957Hq7ujs+wAmEzwHZ/PWs7Ay6CM33f8y+fti9ec&#10;pSy8EjZ46PgJEr9bP3+2GuISFqEPVgEyKuLTcogd73OOy6ZJsgcn0ixE8HSoAzqRaYv7RqEYqLqz&#10;zaJtXzVDQBUxSEiJ/t6Ph3xd62sNMn/UOkFmtuPELdeINe5KbNYrsdyjiL2RZxriH1g4YTw1nUrd&#10;iyzYNzS/lXJGYkhB55kMrglaGwlVA6mZt7+oeexFhKqFzElxsin9v7Lyw2HjH5BsGGJapviARcVR&#10;o2PamviV7rTqIqbsWG07TbbBMTNJP9/cLm45k3Rw87JdzG+Kqc1YpBSLmPI7CI6VRcdTRmH2fd4E&#10;7+l6Ao4NxOF9yiPwAihg60tMwRq1NdbWDe53G4vsIOhOt9uWvnPHn9J6EOqtVyyfIs2dp+njbOi4&#10;A8WZBRrWsqrXn4Wx10yBGIanU0lU4dNcraqrfLIwcv0EmhlFloya6hTDxFVICT7Pz2Stp+wC06Rr&#10;ArbV7T8Cz/kFCnXC/wY8IWrn4PMEdsYHfKp7Pl4o6zH/4sCou1iwC+pUh6haQ6NaB+D8rMpb+HFf&#10;4dfHv/4OAAD//wMAUEsDBBQABgAIAAAAIQB7s8fo4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcUpumTWiIUyEEFyRUUZC4uvY2ibDXUew26d9jTnBczdPM23o7O8vOOIbe&#10;k4S7hQCGpL3pqZXw+fGS3QMLUZFR1hNKuGCAbXN9VavK+Ine8byPLUslFColoYtxqDgPukOnwsIP&#10;SCk7+tGpmM6x5WZUUyp3li+FKLhTPaWFTg341KH+3p+cBDPGr2L3PMTJ6qCPq7fyVVxKKW9v5scH&#10;YBHn+AfDr35ShyY5HfyJTGBWQlaUq4RKWOabNbBEZMV6A+wgIRdlDryp+f8fmh8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEADbTVBe0BAABEBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAe7PH6OEAAAALAQAADwAAAAAAAAAAAAAAAABHBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" strokecolor="red">
+                <v:stroke endarrow="open"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:r w:rsidRPr="00ED0B99">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39FC6301" wp14:editId="226EDD21">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F60CB5" wp14:editId="5D5B7D6C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-3310890</wp:posOffset>
+                  <wp:posOffset>-1229995</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>1835150</wp:posOffset>
+                  <wp:posOffset>1949450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1729105" cy="276225"/>
+                <wp:effectExtent l="0" t="0" r="23495" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="34" name="文字方塊 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1729105" cy="276225"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="9525" cmpd="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="lt1">
+                              <a:shade val="50000"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="51A1FAF9" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRDefault="00FB4FBC" w:rsidP="00ED0B99">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:lang w:eastAsia="zh-HK"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:eastAsia="zh-HK"/>
+                              </w:rPr>
+                              <w:t>Data Measurement</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="09F60CB5" id="文字方塊 3" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-96.85pt;margin-top:153.5pt;width:136.15pt;height:21.75pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDM2aieHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgxlnYN4hRYi+5l&#10;WId1+wBFl1iobqPU2NnXj5ITp+meOtQPsiXxHJKHpFfXgzVkJyFq71o6n9WUSMe90G7b0l8/7z58&#10;oiQm5gQz3smW7mWk1+v371Z9WMrGd94ICQRJXFz2oaVdSmFZVZF30rI480E6vFQeLEu4hW0lgPXI&#10;bk3V1PVF1XsQATyXMeLp7XhJ14VfKcnTvVJRJmJairGlskJZN3mt1iu23AILneaHMNh/RGGZduh0&#10;orpliZEn0P9QWc3BR6/SjHtbeaU0lyUHzGZev8jmoWNBllxQnBgmmeLb0fJvu4fwHUgaPvsBC5gF&#10;6UNcRjzM+QwKbH5jpATvUcL9JJscEuEZdNlczesFJRzvmsuLpllkmuqEDhDTF+ktyR8tBSxLUYvt&#10;vsY0mh5NsrPojRZ32piyya0gbwyQHcMimlRiRPIzK+NI39KrBbom3AbR0ui2xceZWemrc7Lio2NC&#10;jvyLGp9D+JN1SeYZEXo3Dg9PSpWvtDcy0xn3QyqiRRFszAG2m5zC2Hk4Gijksf8KGQKyocKkX4k9&#10;QDJaloZ/JX4CFf/epQlvtfMwanheA/F4rIEa7Y9SjAJkLdKwGVCBln48dtTGiz02Gv4r0j0uyngs&#10;GDc6UNJ5+PPyrMeZxCL+fmIgKYFkbvw4wsxxtEdoglKm7A2Ho5ToMMh5+p7vS3in3836LwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJoPrI7hAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG5bUkrXUZpOCIlJSFw2EFzTxrQVTVIl6dq9PeY0jrY//f7+creYgZ3Qh95ZCclaAEPbON3b&#10;VsLH+8tqCyxEZbUanEUJZwywq66vSlVoN9sDno6xZRRiQ6EkdDGOBeeh6dCosHYjWrp9O29UpNG3&#10;XHs1U7gZ+J0QG25Ub+lDp0Z87rD5OU5GQp2ELP16Pd+/JZ/Tsp8P7T7zs5S3N8vTI7CIS7zA8KdP&#10;6lCRU+0mqwMbJKyShzQnVkIqcmpFSL7dAKtpkYkMeFXy/x2qXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDM2aieHAIAALYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQCaD6yO4QAAAAsBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="51A1FAF9" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRDefault="00FB4FBC" w:rsidP="00ED0B99">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:lang w:eastAsia="zh-HK"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:eastAsia="zh-HK"/>
+                        </w:rPr>
+                        <w:t>Data Measurement</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00ED0B99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39FC6301" wp14:editId="3A7D7262">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-3472815</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1972945</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1506855" cy="276225"/>
                 <wp:effectExtent l="0" t="0" r="17145" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="文字方塊 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1506855" cy="276225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="9525" cmpd="sng">
                           <a:solidFill>
                             <a:schemeClr val="lt1">
                               <a:shade val="50000"/>
@@ -28332,443 +28602,409 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="00B050"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                               <w:t>Classification level</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="39FC6301" id="文字方塊 9" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:-260.7pt;margin-top:144.5pt;width:118.65pt;height:21.75pt;z-index:251686912;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAaCHvHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xmcNYFcQqsRXcZ&#10;1mHtfoCij1ioJGqSGjv79aPkxGm6U4f6IFsS3yP5SHp1NVhDdjJEDa6lF7OaEuk4CO22Lf31cPvh&#10;kpKYmBPMgJMt3ctIr9bv3616v5Rz6MAIGQiSuLjsfUu7lPyyqiLvpGVxBl46vFQQLEu4DdtKBNYj&#10;uzXVvK4XVQ9B+ABcxoinN+MlXRd+pSRPd0pFmYhpKcaWyhrKuslrtV6x5TYw32l+CIP9RxSWaYdO&#10;J6oblhh5CvofKqt5gAgqzTjYCpTSXJYcMJuL+kU29x3zsuSC4kQ/yRTfjpZ/3937H4Gk4QsMWMAs&#10;SO/jMuJhzmdQweY3RkrwHiXcT7LJIRGeQU29uGwaSjjezT8t5vMm01QntA8xfZVgSf5oacCyFLXY&#10;7ltMo+nRJDuLYLS41caUTW4FeW0C2TEsokklRiQ/szKO9C393KBrwq0XLY1uW3ycmZW+OicrPjom&#10;5Mjf1Pgcwp+sSzLPiNC7cXh4Uqp8pb2Rmc64n1IRLYpgYw5hu8kpjJ2Ho4FCHvuvkCEgGypM+pXY&#10;AySjZWn4V+InUPEPLk14qx2EUcPzGojHYw3UaH+UYhQga5GGzYAKtPTjsaM2IPbYaPivSHe4KANY&#10;MG60p6SD8OflWY8ziUX8/cSCpCQkcw3jCDPH0R6hKZQyZW84HKVEh0HO0/d8X8I7/W7WfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPbEULTiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKxDAURfeC&#10;/xCe4K6TJm2l1qaDCA4IbmYU3aZNbItNUpJ02vl7nytdPt7h3nPr/WYmctY+jM4KYLsUiLadU6Pt&#10;Bby/PSclkBClVXJyVgu46AD75vqqlpVyqz3q8yn2BENsqKSAIca5ojR0gzYy7NysLf6+nDcy4ul7&#10;qrxcMdxMlKfpHTVytNgwyFk/Dbr7Pi1GQMtCkX2+XPJX9rFsh/XYHwq/CnF7sz0+AIl6i38w/Oqj&#10;OjTo1LrFqkAmAUnBWY6sAF7e4ypEEl7mDEgrIMt4AbSp6f8VzQ8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAQGgh7xwCAAC2BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA9sRQtOIAAAANAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape w14:anchorId="39FC6301" id="文字方塊 9" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-273.45pt;margin-top:155.35pt;width:118.65pt;height:21.75pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAaCHvHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+xmcNYFcQqsRXcZ&#10;1mHtfoCij1ioJGqSGjv79aPkxGm6U4f6IFsS3yP5SHp1NVhDdjJEDa6lF7OaEuk4CO22Lf31cPvh&#10;kpKYmBPMgJMt3ctIr9bv3616v5Rz6MAIGQiSuLjsfUu7lPyyqiLvpGVxBl46vFQQLEu4DdtKBNYj&#10;uzXVvK4XVQ9B+ABcxoinN+MlXRd+pSRPd0pFmYhpKcaWyhrKuslrtV6x5TYw32l+CIP9RxSWaYdO&#10;J6oblhh5CvofKqt5gAgqzTjYCpTSXJYcMJuL+kU29x3zsuSC4kQ/yRTfjpZ/3937H4Gk4QsMWMAs&#10;SO/jMuJhzmdQweY3RkrwHiXcT7LJIRGeQU29uGwaSjjezT8t5vMm01QntA8xfZVgSf5oacCyFLXY&#10;7ltMo+nRJDuLYLS41caUTW4FeW0C2TEsokklRiQ/szKO9C393KBrwq0XLY1uW3ycmZW+OicrPjom&#10;5Mjf1Pgcwp+sSzLPiNC7cXh4Uqp8pb2Rmc64n1IRLYpgYw5hu8kpjJ2Ho4FCHvuvkCEgGypM+pXY&#10;AySjZWn4V+InUPEPLk14qx2EUcPzGojHYw3UaH+UYhQga5GGzYAKtPTjsaM2IPbYaPivSHe4KANY&#10;MG60p6SD8OflWY8ziUX8/cSCpCQkcw3jCDPH0R6hKZQyZW84HKVEh0HO0/d8X8I7/W7WfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAIuRlpfjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj01PhDAQhu8m&#10;/odmTLyxheVDFykbY+ImJl52NXotdAQinZK2LOy/t570ODNP3nnear/qkZ3RusGQgGQTA0NqjRqo&#10;E/D+9hzdA3NekpKjIRRwQQf7+vqqkqUyCx3xfPIdCyHkSimg934qOXdtj1q6jZmQwu3LWC19GG3H&#10;lZVLCNcj38ZxwbUcKHzo5YRPPbbfp1kLaBKXp58vl+w1+ZjXw3LsDrldhLi9WR8fgHlc/R8Mv/pB&#10;Herg1JiZlGOjgCjPil1gBaRJfAcsIFEa7wpgTVjl2RZ4XfH/LeofAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEBoIe8cAgAAtgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIuRlpfjAAAADQEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="75CD66A6" w14:textId="77777777" w:rsidR="00FB4FBC" w:rsidRDefault="00FB4FBC" w:rsidP="00ED0B99">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="00B050"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Classification level</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12260492" wp14:editId="578A16C0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251734016" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56E16076" wp14:editId="35CA6525">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-3776345</wp:posOffset>
+                  <wp:posOffset>-2957830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>1532255</wp:posOffset>
+                  <wp:posOffset>516255</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2560320" cy="327660"/>
-                <wp:effectExtent l="19050" t="0" r="49530" b="53340"/>
+                <wp:extent cx="454658" cy="2466975"/>
+                <wp:effectExtent l="3175" t="0" r="25400" b="25400"/>
                 <wp:wrapNone/>
-                <wp:docPr id="33" name="Group 33"/>
-[...171 lines deleted...]
-                <wp:docPr id="3" name="直線單箭頭接點 2"/>
+                <wp:docPr id="4" name="Right Brace 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvCnPr/>
+                      <wps:cNvSpPr/>
                       <wps:spPr>
-                        <a:xfrm flipV="1">
+                        <a:xfrm rot="5400000">
                           <a:off x="0" y="0"/>
-                          <a:ext cx="0" cy="436884"/>
+                          <a:ext cx="454658" cy="2466975"/>
                         </a:xfrm>
-                        <a:prstGeom prst="straightConnector1">
+                        <a:prstGeom prst="rightBrace">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
                           <a:solidFill>
-                            <a:srgbClr val="FF0000"/>
+                            <a:srgbClr val="00B050"/>
                           </a:solidFill>
-                          <a:tailEnd type="arrow"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:bodyPr/>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="70EDF60D" id="直線單箭頭接點 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-23.2pt;margin-top:116.65pt;width:0;height:34.4pt;flip:y;z-index:251694080;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9vdQq0AEAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxH6zcadJltaqipnvoUi4I&#10;VsBydx07sWR7rLFpkn/P2EmzfAkJRA6j2J73Zt7zeH8/WsMuEoMG1xTbTVUw6QS02nVN8fT59GpX&#10;sBC5a7kBJ5tikqG4P7x8sR98LW+gB9NKZETiQj34puhj9HVZBtFLy8MGvHR0qAAtj7TErmyRD8Ru&#10;TXlTVXflANh6BCFDoN2H+bA4ZH6lpIgflAoyMtMU1FvMEXM8p1ge9rzukPtei6UN/g9dWK4dFV2p&#10;Hnjk7CvqX6isFggBVNwIsCUopYXMGkjNtvpJzaeee5m1kDnBrzaF/0cr3l+O7hHJhsGHOvhHTCpG&#10;hZYpo/0XutOsizplY7ZtWm2TY2Ri3hS0e/v6bre7TY6WM0Ni8hjiWwmWpZ+mCBG57vp4BOfobgBn&#10;dn55F+IMvAIS2LgUAxjdnrQxeYHd+WiQXThd6OlU0bdU/CEtcm3euJbFydPQcUQYlrTEWT5rzX9x&#10;MnKu91EqplvSNPeVx1Cu9bgQ0sXtykTZCaaotxVYZbv+CFzyE1TmEf0b8IrIlcHFFWy1A/xd9The&#10;W1Zz/tWBWXey4AztlKcgW0Ozli9xeRdpmL9fZ/jz6z18AwAA//8DAFBLAwQUAAYACAAAACEAZoIk&#10;sd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBW7vbJKSSZlJE9CKIWAWv&#10;291pErofIbtt0n/vigd7nJmHd5633s7WsDONofcOYbUUwMgpr3vXInx9viwegIUonZbGO0K4UIBt&#10;c3tTy0r7yX3QeRdblkJcqCRCF+NQcR5UR1aGpR/IpdvBj1bGNI4t16OcUrg1PBOi5Fb2Ln3o5EBP&#10;Hanj7mQR9Bi/y/fnIU5GBXUo3tav4rJGvL+bHzfAIs3xH4Zf/aQOTXLa+5PTgRmERVEWCUXI8jwH&#10;loi/zR4hF9kKeFPz6w7NDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9vdQq0AEAAAUE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBmgiSx3wAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="red">
-[...1 lines deleted...]
-              </v:shape>
+              <v:shapetype w14:anchorId="1329404E" id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="sum 21600 0 #0"/>
+                  <v:f eqn="sum #1 0 #0"/>
+                  <v:f eqn="sum #1 #0 0"/>
+                  <v:f eqn="prod #0 9598 32768"/>
+                  <v:f eqn="sum 21600 0 @4"/>
+                  <v:f eqn="sum 21600 0 #1"/>
+                  <v:f eqn="min #1 @6"/>
+                  <v:f eqn="prod @7 1 2"/>
+                  <v:f eqn="prod #0 2 1"/>
+                  <v:f eqn="sum 21600 0 @9"/>
+                  <v:f eqn="val #1"/>
+                </v:formulas>
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;21600,@11;0,21600" textboxrect="0,@4,7637,@5"/>
+                <v:handles>
+                  <v:h position="center,#0" yrange="0,@8"/>
+                  <v:h position="bottomRight,#1" yrange="@9,@10"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Right Brace 4" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:-232.9pt;margin-top:40.65pt;width:35.8pt;height:194.25pt;rotation:90;z-index:251734016;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBPNQWbQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtrGzEQvhf6H4Tuza7N2mlM1sFJSCmE&#10;xDQpOctaySvQSupI9tr99R1pHzFNKLRUBzGjeX8zo8urQ6PJXoBX1pR0cpZTIgy3lTLbkn5/vvv0&#10;mRIfmKmYtkaU9Cg8vVp+/HDZuoWY2trqSgBBJ8YvWlfSOgS3yDLPa9Ewf2adMCiUFhoWkIVtVgFr&#10;0Xujs2mez7PWQuXAcuE9vt52QrpM/qUUPDxK6UUguqSYW0g3pHsT72x5yRZbYK5WvE+D/UMWDVMG&#10;g46ubllgZAfqjatGcbDeynDGbZNZKRUXqQasZpL/Vs1TzZxItSA43o0w+f/nlj/sn9waEIbW+YVH&#10;MlZxkNAQsIjWrMjjSbVhtuSQoDuO0IlDIBwfi1kxn2GvOYqmxXx+cT6L2Gadr+jTgQ9fhG1IJEoK&#10;aluHa2A8FsgWbH/vQ2cwKMZnbeLtrVbVndI6MbDd3GggexZbml/ns9RFjHSihlw0zV6LSlQ4atG5&#10;/SYkURUmPknh07yJ0S3jXJgw6SvQBrWjmcQURsMOkz8a9vrRVKRZ/Bvj0SJFtiaMxo0yFt5LOxyG&#10;lGWnPyDQ1R0h2NjquIaut7gP3vE7hf24Zz6sGeDo4yOuc3jES2rbltT2FCW1hZ/vvUd9nEiUUtLi&#10;KpXU/9gxEJTorwZn9WJSFHH3ElPMzqfIwKlkcyoxu+bGYmsnKbtERv2gB1KCbV5w61cxKoqY4Ri7&#10;pDzAwNyEbsXx3+BitUpquG+OhXvz5PjQ9Thpz4cXBq4fyoDj/GCHtXszlZ1u7Iexq12wUqWRfcW1&#10;xxt3NY1+/6/Ez+CUT1qvv9/yFwAAAP//AwBQSwMEFAAGAAgAAAAhAJTTYNrjAAAADQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxSJ3GI2hCn4iE2SC1qqFSxm8YmiYjtKHbb8PcM&#10;K9jN1RzdR7mezcDOevK9sxKSRQxM28ap3rYS9u8v0RKYD2gVDs5qCd/aw7q6viqxUO5id/pch5aR&#10;ifUFSuhCGAvOfdNpg37hRm3p9+kmg4Hk1HI14YXMzcDTOM65wd5SQoejfup081WfjASxen414UPg&#10;VuW7tzrbLB83By/l7c38cA8s6Dn8wfBbn6pDRZ2O7mSVZ4OEKE8zQayEVKxoBCFRKu7oOlJAkmTA&#10;q5L/X1H9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIE81BZtAgAARQUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJTTYNrjAAAADQEAAA8AAAAA&#10;AAAAAAAAAAAAxwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADXBQAAAAA=&#10;" adj="332" strokecolor="#00b050"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00ED0B99" w:rsidRPr="00ED0B99">
+      <w:r w:rsidRPr="00A72456">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F60CB5" wp14:editId="3F523693">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5961D930" wp14:editId="2AC2FB43">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-1172845</wp:posOffset>
+                  <wp:posOffset>-1843405</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>1787525</wp:posOffset>
+                  <wp:posOffset>267970</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1729105" cy="276225"/>
-                <wp:effectExtent l="0" t="0" r="23495" b="28575"/>
+                <wp:extent cx="1047750" cy="1195070"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="24130"/>
                 <wp:wrapNone/>
-                <wp:docPr id="34" name="文字方塊 3"/>
+                <wp:docPr id="20" name="圓角矩形 19"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvSpPr txBox="1"/>
+                      <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1729105" cy="276225"/>
+                          <a:ext cx="1047750" cy="1195070"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rect">
+                        <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:solidFill>
-[...2 lines deleted...]
-                        <a:ln w="9525" cmpd="sng">
+                        <a:noFill/>
+                        <a:ln>
                           <a:solidFill>
-                            <a:schemeClr val="lt1">
-[...1 lines deleted...]
-                            </a:schemeClr>
+                            <a:srgbClr val="00B050"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
-                        <a:lnRef idx="0">
-                          <a:scrgbClr r="0" g="0" b="0"/>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
                         </a:lnRef>
-                        <a:fillRef idx="0">
-                          <a:scrgbClr r="0" g="0" b="0"/>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
-                          <a:scrgbClr r="0" g="0" b="0"/>
+                          <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
-                          <a:schemeClr val="dk1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx>
-[...24 lines deleted...]
-                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="09F60CB5" id="文字方塊 3" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:-92.35pt;margin-top:140.75pt;width:136.15pt;height:21.75pt;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDM2aieHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgxlnYN4hRYi+5l&#10;WId1+wBFl1iobqPU2NnXj5ITp+meOtQPsiXxHJKHpFfXgzVkJyFq71o6n9WUSMe90G7b0l8/7z58&#10;oiQm5gQz3smW7mWk1+v371Z9WMrGd94ICQRJXFz2oaVdSmFZVZF30rI480E6vFQeLEu4hW0lgPXI&#10;bk3V1PVF1XsQATyXMeLp7XhJ14VfKcnTvVJRJmJairGlskJZN3mt1iu23AILneaHMNh/RGGZduh0&#10;orpliZEn0P9QWc3BR6/SjHtbeaU0lyUHzGZev8jmoWNBllxQnBgmmeLb0fJvu4fwHUgaPvsBC5gF&#10;6UNcRjzM+QwKbH5jpATvUcL9JJscEuEZdNlczesFJRzvmsuLpllkmuqEDhDTF+ktyR8tBSxLUYvt&#10;vsY0mh5NsrPojRZ32piyya0gbwyQHcMimlRiRPIzK+NI39KrBbom3AbR0ui2xceZWemrc7Lio2NC&#10;jvyLGp9D+JN1SeYZEXo3Dg9PSpWvtDcy0xn3QyqiRRFszAG2m5zC2Hk4Gijksf8KGQKyocKkX4k9&#10;QDJaloZ/JX4CFf/epQlvtfMwanheA/F4rIEa7Y9SjAJkLdKwGVCBln48dtTGiz02Gv4r0j0uyngs&#10;GDc6UNJ5+PPyrMeZxCL+fmIgKYFkbvw4wsxxtEdoglKm7A2Ho5ToMMh5+p7vS3in3836LwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGFj2w7hAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj1FLwzAUhd8F&#10;/0O4gm9bmm7dSu3tEMGB4Mum6GvaXNtik5QkXbt/b3zSx8v5OOe75WHRA7uQ8701CGKdACPTWNWb&#10;FuH97XmVA/NBGiUHawjhSh4O1e1NKQtlZ3Oiyzm0LJYYX0iELoSx4Nw3HWnp13YkE7Mv67QM8XQt&#10;V07OsVwPPE2SHdeyN3GhkyM9ddR8nyeNUAufbT5frttX8TEtx/nUHjM3I97fLY8PwAIt4Q+GX/2o&#10;DlV0qu1klGcDwkrk231kEdJcZMAiku93wGqETZolwKuS//+h+gEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDM2aieHAIAALYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBhY9sO4QAAAAsBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
-[...25 lines deleted...]
-              </v:shape>
+              <v:roundrect w14:anchorId="7338B5AE" id="圓角矩形 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:-145.15pt;margin-top:21.1pt;width:82.5pt;height:94.1pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDd4pmM/QEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNFu2yAUfZ+0f0C8L7ajZdmsOJXWqnuZ&#10;1qrdPoDgS4yEuQhonOzrd8GxU3VTH6rlgcDl3nPOPYA3V8fesAP4oNE2vFqUnIGV2Gq7b/ivn7cf&#10;PnMWorCtMGih4ScI/Gr7/t1mcDUssUPTgmcEYkM9uIZ3Mbq6KILsoBdhgQ4sbSr0vYi09Pui9WIg&#10;9N4Uy7L8VAzoW+dRQggUvRk3+TbjKwUy3ikVIDLTcNIW8+jzuEtjsd2Ieu+F67Q8yxBvUNELbYl0&#10;hroRUbAnr/+C6rX0GFDFhcS+QKW0hNwDdVOVL7p57ISD3AuZE9xsU/h/sPLH4dHde7JhcKEONE1d&#10;HJXv0z/pY8ds1mk2C46RSQpW5cf1ekWeStqrqi+rcp3tLC7lzof4DbBnadJwj0+2faAjyU6Jw/cQ&#10;iZfyp7xEafFWG5OPxdgUCGh0m2J54fe7a+PZQaTzLL+WJGDEeJZGiKm0uHSUZ/FkIGEY+wCK6ZZ6&#10;WGYl+bLBDCukBBurcasTLYxsq5J+E1m6nqkiy8+ACVmRyhn7DDBljiAT9qj5nJ9KId/Vubh8TdhY&#10;PFdkZrRxLu61Rf8vAENdnZnH/Mmk0Zrk0g7b0z35Cz7e0aAMDg2XRjvOOvS/X8Z8NNc4Pi1hJWU0&#10;PGaKhEVXNvtzfl7pTTxfZ/LLR2D7BwAA//8DAFBLAwQUAAYACAAAACEAgLESn+AAAAAMAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbl3SbExQmk4IARI3GGjSbmnjNdWapGqyrrw9&#10;5sSOtj/9/v5yM7ueTTjGLngF+UIAQ98E0/lWwffXa3YPLCbtje6DRwU/GGFTXV+VujDh7D9x2qaW&#10;UYiPhVZgUxoKzmNj0em4CAN6uh3C6HSicWy5GfWZwl3PpRBr7nTn6YPVAz5bbI7bk1OQ8Nj2Lx/v&#10;Qx7rw/S2D87G9U6p25v56RFYwjn9w/CnT+pQkVMdTt5E1ivI5INYEqtgJSUwIrJc3tGmViCXYgW8&#10;KvllieoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3eKZjP0BAABMBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgLESn+AAAAAMAQAADwAAAAAA&#10;AAAAAAAAAABXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00A72456">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251639808" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DB36DD6" wp14:editId="4457D1CB">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-3167380</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>267970</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1323975" cy="1214120"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="24130"/>
+                <wp:wrapNone/>
+                <wp:docPr id="9" name="圓角矩形 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1323975" cy="1214120"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="00B050"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="3F43079F" id="圓角矩形 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-249.4pt;margin-top:21.1pt;width:104.25pt;height:95.6pt;z-index:251639808;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBynP21/AEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X/zRZVuDOAXWorsM&#10;a9FuP0CRqViALAqSGif79aNkxynaoYdhOTASRb5HPlFeXx16w/bgg0bb8GpRcgZWYqvtruG/ft5+&#10;+MJZiMK2wqCFhh8h8KvN+3frwa2gxg5NC54RiA2rwTW8i9GtiiLIDnoRFujA0qFC34tIW78rWi8G&#10;Qu9NUZflp2JA3zqPEkIg7814yDcZXymQ8U6pAJGZhlNtMVuf7TbZYrMWq50XrtNyKkP8QxW90JZI&#10;Z6gbEQV78voVVK+lx4AqLiT2BSqlJeQeqJuqfNHNYycc5F5InOBmmcL/g5U/9o/u3pMMgwurQMvU&#10;xUH5Pv1TfeyQxTrOYsEhMknO6qK+uPy85EzSWVVXH6s6y1mc050P8Rtgz9Ki4R6fbPtAV5KVEvvv&#10;IRIvxZ/iEqXFW21MvhZjkyOg0W3y5Y3fba+NZ3uR7rP8Wi5PnM/CCDGlFueO8ioeDSQMYx9AMd1S&#10;D3WuJA8bzLBCSrCxGo860cLItizpl+aF4OeMvMuACVlRlTP2BJAG+TX2CDPFp1TIszonl28VNibP&#10;GZkZbZyTe23R/w3AUFcT8xh/EmmUJqm0xfZ4T/qCj3dklMGh4dJox1mH/vdLn4/mGsenJaykiIbH&#10;TJGwaGSzPtPzSm/i+T6Tnz8Cmz8AAAD//wMAUEsDBBQABgAIAAAAIQA4gMHL4AAAAAwBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8QwFITvgv8hPMFbN920LLu16SKigjddRfCWNm+bsslLabLd+u+N&#10;Jz0OM8x8U+8XZ9mMUxg8SVivcmBIndcD9RI+3p+yLbAQFWllPaGEbwywb66valVpf6E3nA+xZ6mE&#10;QqUkmBjHivPQGXQqrPyIlLyjn5yKSU4915O6pHJnucjzDXdqoLRg1IgPBrvT4ewkRDz19vH1ZVyH&#10;9jg/f3lnwuZTytub5f4OWMQl/oXhFz+hQ5OYWn8mHZiVkJW7bWKPEkohgKVEJnZ5AayVIIqiBN7U&#10;/P+J5gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBynP21/AEAAEwEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA4gMHL4AAAAAwBAAAPAAAAAAAA&#10;AAAAAAAAAFYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00A72456">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251620352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FAD90F3" wp14:editId="01C99331">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-4302760</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>275590</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1152525" cy="1223645"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="8" name="圓角矩形 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1152525" cy="1223645"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="00B050"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="44A69FF0" id="圓角矩形 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-338.8pt;margin-top:21.7pt;width:90.75pt;height:96.35pt;z-index:251620352;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCez15I+gEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu3CAQfa/Uf0C8d31pN6qs9UZqovSl&#10;aqKk/QAWD2skzCAg691+fQfseKOk6kMUW8IwzJyZcwa8uTwOhh3AB4225dWq5AysxE7bfct//7r5&#10;9JWzEIXthEELLT9B4Jfbjx82o2ugxh5NB54RiA3N6Frex+iaogiyh0GEFTqwtKnQDyLS0u+LzouR&#10;0AdT1GV5UYzoO+dRQghkvZ42+TbjKwUy3ioVIDLTcqot5tHncZfGYrsRzd4L12s5lyHeUMUgtKWk&#10;C9S1iII9ev0KatDSY0AVVxKHApXSEjIHYlOVL9g89MJB5kLiBLfIFN4PVv48PLg7TzKMLjSBponF&#10;Ufkhfak+dsxinRax4BiZJGNVrWt6OZO0V9X154sv6yRncQ53PsTvgANLk5Z7fLTdPbUkKyUOP0Kc&#10;/J/8UkqLN9qY3BZjkyGg0V2y5YXf766MZweR+ll+K9e5hZTzmRutUmhxZpRn8WQgYRh7D4rpjjjU&#10;uZJ82GCBFVKCjdW01YsOpmzrkp6Z4BKR6WbAhKyoygV7BkgH+TX2xHv2T6GQz+oSXP6vsCl4iciZ&#10;0cYleNAW/b8ADLGaM0/+TyJN0iSVdtid7khf8PGWBmVwbLk02nHWo//z0uajucLpagkryaPlMadI&#10;WHRksz7z9Up34vk6Jz//BLZ/AQAA//8DAFBLAwQUAAYACAAAACEAUDIHauEAAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzgrZt2t2S1drqIqOBNVxG8pc1sUzYfpcl26783nvQ2&#10;wzy887z1brGGzTSFwTuEYpUDI9d5Nbge4eP9KbsBFqJ0ShrvCOGbAuyay4taVsqf3RvN+9izFOJC&#10;JRF0jGPFeeg0WRlWfiSXbgc/WRnTOvVcTfKcwq3h6zwX3MrBpQ9ajvSgqTvuTxYh0rE3j68vYxHa&#10;w/z85a0O4hPx+mq5vwMWaYl/MPzqJ3VoklPrT04FZhAysd2KxCKUmxJYIrLyVhTAWoT1Jg28qfn/&#10;Es0PAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ7PXkj6AQAATAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFAyB2rhAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAVAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DD7C51" w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50046F6E" wp14:editId="5533BA7B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>7894955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2083435</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1924050" cy="1019175"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
@@ -28803,51 +29039,51 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="7A3A92C8" id="Rounded Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:621.65pt;margin-top:164.05pt;width:151.5pt;height:80.25pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfP9PV/AEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGyEQvVfqPyDu9e5addtYXkdqovRS&#10;NVHSfgBmBy8SyyAgXrtf3wG86yiteqjqA4Zh5s17D9jN9XEw7AA+aLQtbxY1Z2AldtruW/7j+927&#10;T5yFKGwnDFpo+QkCv96+fbMZ3RqW2KPpwDMCsWE9upb3Mbp1VQXZwyDCAh1Y2lToBxFp6fdV58VI&#10;6IOplnX9oRrRd86jhBAoels2+TbjKwUy3isVIDLTcuIW8+jzuEtjtd2I9d4L12t5piH+gcUgtKWm&#10;M9StiII9e/0b1KClx4AqLiQOFSqlJWQNpKapX6l56oWDrIXMCW62Kfw/WPnt8OQePNkwurAONE0q&#10;jsoP6Z/4sWM26zSbBcfIJAWbq+X7ekWeStpr6uaq+bhKdlaXcudD/AI4sDRpucdn2z3SkWSnxOFr&#10;iCV/ykstLd5pY/KxGJsCAY3uUiwv/H53Yzw7iHSe9edEoGC8SCMGqbS6KMqzeDKQMIx9BMV0RxqW&#10;mUm+bDDDCinBxqZs9aKD0m1V029qlq5nqshyM2BCVsRyxj4DTJkFZMIunM/5qRTyXZ2L678RK8Vz&#10;Re6MNs7Fg7bo/wRgSNW5c8mfTCrWJJd22J0eyF/w8Z4GZXBsuTTacdaj//k65qO5wfK0hJWU0fKY&#10;WyQsurLZn/PzSm/i5To3v3wEtr8AAAD//wMAUEsDBBQABgAIAAAAIQDklQ6R3wAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NS8QwEIbvgv8hjODNTb8spTZdRFTwpqsI3tJmtimbTEqT7dZ/b/bk&#10;Ht+Zh3eeabarNWzB2Y+OBKSbBBhS79RIg4Cvz5e7CpgPkpQ0jlDAL3rYttdXjayVO9EHLrswsFhC&#10;vpYCdAhTzbnvNVrpN25Ciru9m60MMc4DV7M8xXJreJYkJbdypHhBywmfNPaH3dEKCHgYzPP725T6&#10;br+8/jirffktxO3N+vgALOAa/mE460d1aKNT546kPDMxZ0WeR1ZAnlUpsDNyX5Rx1AkoqqoE3jb8&#10;8ov2DwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB8/09X8AQAATAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOSVDpHfAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAVgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="42CCAD4E" id="Rounded Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:621.65pt;margin-top:164.05pt;width:151.5pt;height:80.25pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAfP9PV/AEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGyEQvVfqPyDu9e5addtYXkdqovRS&#10;NVHSfgBmBy8SyyAgXrtf3wG86yiteqjqA4Zh5s17D9jN9XEw7AA+aLQtbxY1Z2AldtruW/7j+927&#10;T5yFKGwnDFpo+QkCv96+fbMZ3RqW2KPpwDMCsWE9upb3Mbp1VQXZwyDCAh1Y2lToBxFp6fdV58VI&#10;6IOplnX9oRrRd86jhBAoels2+TbjKwUy3isVIDLTcuIW8+jzuEtjtd2I9d4L12t5piH+gcUgtKWm&#10;M9StiII9e/0b1KClx4AqLiQOFSqlJWQNpKapX6l56oWDrIXMCW62Kfw/WPnt8OQePNkwurAONE0q&#10;jsoP6Z/4sWM26zSbBcfIJAWbq+X7ekWeStpr6uaq+bhKdlaXcudD/AI4sDRpucdn2z3SkWSnxOFr&#10;iCV/ykstLd5pY/KxGJsCAY3uUiwv/H53Yzw7iHSe9edEoGC8SCMGqbS6KMqzeDKQMIx9BMV0RxqW&#10;mUm+bDDDCinBxqZs9aKD0m1V029qlq5nqshyM2BCVsRyxj4DTJkFZMIunM/5qRTyXZ2L678RK8Vz&#10;Re6MNs7Fg7bo/wRgSNW5c8mfTCrWJJd22J0eyF/w8Z4GZXBsuTTacdaj//k65qO5wfK0hJWU0fKY&#10;WyQsurLZn/PzSm/i5To3v3wEtr8AAAD//wMAUEsDBBQABgAIAAAAIQDklQ6R3wAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NS8QwEIbvgv8hjODNTb8spTZdRFTwpqsI3tJmtimbTEqT7dZ/b/bk&#10;Ht+Zh3eeabarNWzB2Y+OBKSbBBhS79RIg4Cvz5e7CpgPkpQ0jlDAL3rYttdXjayVO9EHLrswsFhC&#10;vpYCdAhTzbnvNVrpN25Ciru9m60MMc4DV7M8xXJreJYkJbdypHhBywmfNPaH3dEKCHgYzPP725T6&#10;br+8/jirffktxO3N+vgALOAa/mE460d1aKNT546kPDMxZ0WeR1ZAnlUpsDNyX5Rx1AkoqqoE3jb8&#10;8ov2DwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB8/09X8AQAATAQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOSVDpHfAAAADQEAAA8AAAAAAAAA&#10;AAAAAAAAVgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DD7C51" w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C85F3A0" wp14:editId="79E00D06">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>6409055</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2064385</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1543050" cy="1019175"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
@@ -28882,51 +29118,51 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="2F23DF8B" id="Rounded Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:504.65pt;margin-top:162.55pt;width:121.5pt;height:80.25pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABX46U/AEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcG9tp048ozkrd1fZS&#10;dVe77Q8geIiRMIOAjZP++g4QO6tt1UPVHAgMM2/ee4A3V8fBsAP4oNG2vFnUnIGV2Gm7b/mP77dv&#10;PnIWorCdMGih5ScI/Gr7+tVmdGtYYo+mA88IxIb16Frex+jWVRVkD4MIC3RgaVOhH0Skpd9XnRcj&#10;oQ+mWtb1+2pE3zmPEkKg6E3Z5NuMrxTIeKdUgMhMy4lbzKPP4y6N1XYj1nsvXK/lmYb4BxaD0Jaa&#10;zlA3Igr25PVvUIOWHgOquJA4VKiUlpA1kJqmfqHmsRcOshYyJ7jZpvD/YOW3w6O792TD6MI60DSp&#10;OCo/pH/ix47ZrNNsFhwjkxRsVu/e1ivyVNJeUzefmg+rZGd1KXc+xC+AA0uTlnt8st0DHUl2Shy+&#10;hljyp7zU0uKtNiYfi7EpENDoLsXywu9318azg0jnWX9OBArGszRikEqri6I8iycDCcPYB1BMd6Rh&#10;mZnkywYzrJASbGzKVi86KN1WNf2mZul6poosNwMmZEUsZ+wzwJRZQCbswvmcn0oh39W5uP4bsVI8&#10;V+TOaONcPGiL/k8AhlSdO5f8yaRiTXJph93pnvwFH+9oUAbHlkujHWc9+p8vYz6aayxPS1hJGS2P&#10;uUXCoiub/Tk/r/Qmnq9z88tHYPsLAAD//wMAUEsDBBQABgAIAAAAIQBVxpwc4AAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGlHq1GaTggBEjcYCIlb2nhNtcSpmqwrb092&#10;guNvf/r9ud4uzrIZpzB4kpCtBDCkzuuBegmfH883G2AhKtLKekIJPxhg21xe1KrS/kTvOO9iz1IJ&#10;hUpJMDGOFeehM+hUWPkRKe32fnIqpjj1XE/qlMqd5bkQJXdqoHTBqBEfDXaH3dFJiHjo7dPb65iF&#10;dj+/fHtnQvkl5fXV8nAPLOIS/2A46yd1aJJT64+kA7MpC3G3TqyEdV5kwM5IXuRp1Eq43RQl8Kbm&#10;/79ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQABX46U/AEAAEwEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBVxpwc4AAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAFYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="526C328F" id="Rounded Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:504.65pt;margin-top:162.55pt;width:121.5pt;height:80.25pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABX46U/AEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcG9tp048ozkrd1fZS&#10;dVe77Q8geIiRMIOAjZP++g4QO6tt1UPVHAgMM2/ee4A3V8fBsAP4oNG2vFnUnIGV2Gm7b/mP77dv&#10;PnIWorCdMGih5ScI/Gr7+tVmdGtYYo+mA88IxIb16Frex+jWVRVkD4MIC3RgaVOhH0Skpd9XnRcj&#10;oQ+mWtb1+2pE3zmPEkKg6E3Z5NuMrxTIeKdUgMhMy4lbzKPP4y6N1XYj1nsvXK/lmYb4BxaD0Jaa&#10;zlA3Igr25PVvUIOWHgOquJA4VKiUlpA1kJqmfqHmsRcOshYyJ7jZpvD/YOW3w6O792TD6MI60DSp&#10;OCo/pH/ix47ZrNNsFhwjkxRsVu/e1ivyVNJeUzefmg+rZGd1KXc+xC+AA0uTlnt8st0DHUl2Shy+&#10;hljyp7zU0uKtNiYfi7EpENDoLsXywu9318azg0jnWX9OBArGszRikEqri6I8iycDCcPYB1BMd6Rh&#10;mZnkywYzrJASbGzKVi86KN1WNf2mZul6poosNwMmZEUsZ+wzwJRZQCbswvmcn0oh39W5uP4bsVI8&#10;V+TOaONcPGiL/k8AhlSdO5f8yaRiTXJph93pnvwFH+9oUAbHlkujHWc9+p8vYz6aayxPS1hJGS2P&#10;uUXCoiub/Tk/r/Qmnq9z88tHYPsLAAD//wMAUEsDBBQABgAIAAAAIQBVxpwc4AAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLGlHq1GaTggBEjcYCIlb2nhNtcSpmqwrb092&#10;guNvf/r9ud4uzrIZpzB4kpCtBDCkzuuBegmfH883G2AhKtLKekIJPxhg21xe1KrS/kTvOO9iz1IJ&#10;hUpJMDGOFeehM+hUWPkRKe32fnIqpjj1XE/qlMqd5bkQJXdqoHTBqBEfDXaH3dFJiHjo7dPb65iF&#10;dj+/fHtnQvkl5fXV8nAPLOIS/2A46yd1aJJT64+kA7MpC3G3TqyEdV5kwM5IXuRp1Eq43RQl8Kbm&#10;/79ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQABX46U/AEAAEwEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBVxpwc4AAAAA0BAAAPAAAAAAAA&#10;AAAAAAAAAFYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DD7C51" w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23609F76" wp14:editId="4CD22425">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5161280</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2102485</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1143000" cy="1000125"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
@@ -28961,77 +29197,77 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="76230A67" id="Rounded Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:406.4pt;margin-top:165.55pt;width:90pt;height:78.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBk/vT9+wEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7azdRiCOAXWorsM&#10;a9FuH6DIVCxAFgVKjZN9/Sg5cYpu2GHYRZYo8j2+J8nr68PgxB4oWvStbBa1FOA1dtbvWvnj+927&#10;T1LEpHynHHpo5RGivN68fbMewwqW2KPrgASD+LgaQyv7lMKqqqLuYVBxgQE8bxqkQSVe0q7qSI2M&#10;PrhqWdcfqxGpC4QaYuTo7bQpNwXfGNDp3pgISbhWcm+pjFTGbR6rzVqtdqRCb/WpDfUPXQzKeiad&#10;oW5VUuKZ7G9Qg9WEEU1aaBwqNMZqKBpYTVO/UvPUqwBFC5sTw2xT/H+w+tv+KTwQ2zCGuIo8zSoO&#10;hob85f7EoZh1nM2CQxKag03z4X1ds6ea9xqeNcurbGd1KQ8U0xfAQeRJKwmffffIR1KcUvuvMU35&#10;57xM6fHOOleOxfkciOhsl2NlQbvtjSOxV/k868/1VTlC5nyRxqtcWl0UlVk6OsgYzj+CEbZjDcvS&#10;SblsMMMqrcGnZtrqVQcT2xVLnMny9cwVRW4BzMiGu5yxTwDnzAnkjD3pPuXnUih3dS6u/9bYVDxX&#10;FGb0aS4erEf6E4BjVSfmKf9s0mRNdmmL3fGB/QVK9zwYh2MrtbNBih7p5+sYJXeD09NSXnNGK1Oh&#10;yFh8ZYs/p+eV38TLdSG//AQ2vwAAAP//AwBQSwMEFAAGAAgAAAAhAJVNVK7fAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRxy2K0jROhRAgcYOCkLg58TaOaq+j2E3D3+Oe&#10;6HFnRzNvqt3sLJtwDL0nCWKZAUNqve6pk/D1+XJfAAtRkVbWE0r4xQC7+vamUqX2Z/rAaR87lkIo&#10;lEqCiXEoOQ+tQafC0g9I6Xfwo1MxnWPH9ajOKdxZvsqynDvVU2owasAng+1xf3ISIh47+/z+NojQ&#10;HKbXH+9MyL+lvFvMj1tgEef4b4YLfkKHOjE1/kQ6MCuhEKuEHiWs10IAS47N5qI0Eh6KIgdeV/x6&#10;Q/0HAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZP70/fsBAABMBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlU1Urt8AAAALAQAADwAAAAAAAAAA&#10;AAAAAABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="31329D58" id="Rounded Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:406.4pt;margin-top:165.55pt;width:90pt;height:78.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBk/vT9+wEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7azdRiCOAXWorsM&#10;a9FuH6DIVCxAFgVKjZN9/Sg5cYpu2GHYRZYo8j2+J8nr68PgxB4oWvStbBa1FOA1dtbvWvnj+927&#10;T1LEpHynHHpo5RGivN68fbMewwqW2KPrgASD+LgaQyv7lMKqqqLuYVBxgQE8bxqkQSVe0q7qSI2M&#10;PrhqWdcfqxGpC4QaYuTo7bQpNwXfGNDp3pgISbhWcm+pjFTGbR6rzVqtdqRCb/WpDfUPXQzKeiad&#10;oW5VUuKZ7G9Qg9WEEU1aaBwqNMZqKBpYTVO/UvPUqwBFC5sTw2xT/H+w+tv+KTwQ2zCGuIo8zSoO&#10;hob85f7EoZh1nM2CQxKag03z4X1ds6ea9xqeNcurbGd1KQ8U0xfAQeRJKwmffffIR1KcUvuvMU35&#10;57xM6fHOOleOxfkciOhsl2NlQbvtjSOxV/k868/1VTlC5nyRxqtcWl0UlVk6OsgYzj+CEbZjDcvS&#10;SblsMMMqrcGnZtrqVQcT2xVLnMny9cwVRW4BzMiGu5yxTwDnzAnkjD3pPuXnUih3dS6u/9bYVDxX&#10;FGb0aS4erEf6E4BjVSfmKf9s0mRNdmmL3fGB/QVK9zwYh2MrtbNBih7p5+sYJXeD09NSXnNGK1Oh&#10;yFh8ZYs/p+eV38TLdSG//AQ2vwAAAP//AwBQSwMEFAAGAAgAAAAhAJVNVK7fAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRxy2K0jROhRAgcYOCkLg58TaOaq+j2E3D3+Oe&#10;6HFnRzNvqt3sLJtwDL0nCWKZAUNqve6pk/D1+XJfAAtRkVbWE0r4xQC7+vamUqX2Z/rAaR87lkIo&#10;lEqCiXEoOQ+tQafC0g9I6Xfwo1MxnWPH9ajOKdxZvsqynDvVU2owasAng+1xf3ISIh47+/z+NojQ&#10;HKbXH+9MyL+lvFvMj1tgEef4b4YLfkKHOjE1/kQ6MCuhEKuEHiWs10IAS47N5qI0Eh6KIgdeV/x6&#10;Q/0HAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZP70/fsBAABMBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlU1Urt8AAAALAQAADwAAAAAAAAAA&#10;AAAAAABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidSect="007C4EB1">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="851" w:footer="742" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="401C2B5E" w14:textId="77777777" w:rsidR="00495039" w:rsidRDefault="00495039" w:rsidP="00EE44D0">
+    <w:p w14:paraId="0CD73786" w14:textId="77777777" w:rsidR="006E3C8B" w:rsidRDefault="006E3C8B" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B803B02" w14:textId="77777777" w:rsidR="00495039" w:rsidRDefault="00495039" w:rsidP="00EE44D0">
+    <w:p w14:paraId="559CA310" w14:textId="77777777" w:rsidR="006E3C8B" w:rsidRDefault="006E3C8B" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B334AAFF" w:usb1="F9DFFFFF" w:usb2="0000003E" w:usb3="00000000" w:csb0="001F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -29061,87 +29297,87 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="37C29044" w14:textId="46DCBC07" w:rsidR="00FB4FBC" w:rsidRDefault="00A4337C" w:rsidP="007C4EB1">
+  <w:p w14:paraId="37C29044" w14:textId="2AE75D99" w:rsidR="00FB4FBC" w:rsidRDefault="00A4337C" w:rsidP="007C4EB1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:wordWrap w:val="0"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00A4337C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>DRAF(A-IP)</w:t>
     </w:r>
     <w:r w:rsidR="00292E41">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00292E41" w:rsidRPr="00AD0787">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>(0</w:t>
+      <w:t>(</w:t>
     </w:r>
-    <w:r w:rsidR="00FE3919">
+    <w:r w:rsidR="00BE4319" w:rsidRPr="00E33F14">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>11</w:t>
     </w:r>
-    <w:r w:rsidR="00820FF1">
+    <w:r w:rsidR="00820FF1" w:rsidRPr="00E33F14">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="0008594C">
+    <w:r w:rsidR="0008594C" w:rsidRPr="00E33F14">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="00292E41" w:rsidRPr="00AD0787">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="860082579"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
@@ -29233,58 +29469,58 @@
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidRPr="00EE44D0">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CA738B7" w14:textId="77777777" w:rsidR="00495039" w:rsidRDefault="00495039" w:rsidP="00EE44D0">
+    <w:p w14:paraId="5D1BE6C9" w14:textId="77777777" w:rsidR="006E3C8B" w:rsidRDefault="006E3C8B" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11DDBDA4" w14:textId="77777777" w:rsidR="00495039" w:rsidRDefault="00495039" w:rsidP="00EE44D0">
+    <w:p w14:paraId="2D45FE6F" w14:textId="77777777" w:rsidR="006E3C8B" w:rsidRDefault="006E3C8B" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DB686A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDC65C6A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -30230,94 +30466,95 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1260912657">
+  <w:num w:numId="1" w16cid:durableId="630138897">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="105736351">
+  <w:num w:numId="2" w16cid:durableId="1342973881">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1923562267">
+  <w:num w:numId="3" w16cid:durableId="1954438139">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1036732150">
+  <w:num w:numId="4" w16cid:durableId="625309782">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1769816425">
+  <w:num w:numId="5" w16cid:durableId="1679235186">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1702125822">
+  <w:num w:numId="6" w16cid:durableId="1022509633">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="308829544">
+  <w:num w:numId="7" w16cid:durableId="1777094507">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1160149763">
+  <w:num w:numId="8" w16cid:durableId="128861234">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="430126939">
+  <w:num w:numId="9" w16cid:durableId="1362508901">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1094058562">
+  <w:num w:numId="10" w16cid:durableId="2023890556">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1367677313">
+  <w:num w:numId="11" w16cid:durableId="1451632161">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1050303994">
+  <w:num w:numId="12" w16cid:durableId="412363266">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -30375,50 +30612,51 @@
     <w:rsid w:val="001B24A1"/>
     <w:rsid w:val="001B33BB"/>
     <w:rsid w:val="001B46F4"/>
     <w:rsid w:val="001C1A26"/>
     <w:rsid w:val="001C6A98"/>
     <w:rsid w:val="001D6115"/>
     <w:rsid w:val="001D77E5"/>
     <w:rsid w:val="001E3435"/>
     <w:rsid w:val="001F1DB7"/>
     <w:rsid w:val="001F4921"/>
     <w:rsid w:val="0020511B"/>
     <w:rsid w:val="00206494"/>
     <w:rsid w:val="00211979"/>
     <w:rsid w:val="00224177"/>
     <w:rsid w:val="002277B8"/>
     <w:rsid w:val="00230201"/>
     <w:rsid w:val="0023115F"/>
     <w:rsid w:val="0023211E"/>
     <w:rsid w:val="00234A80"/>
     <w:rsid w:val="0023575D"/>
     <w:rsid w:val="00235788"/>
     <w:rsid w:val="00242416"/>
     <w:rsid w:val="00244DB0"/>
     <w:rsid w:val="00260C08"/>
     <w:rsid w:val="002637A8"/>
+    <w:rsid w:val="00271A1B"/>
     <w:rsid w:val="00282907"/>
     <w:rsid w:val="00282A5F"/>
     <w:rsid w:val="00292E41"/>
     <w:rsid w:val="00293297"/>
     <w:rsid w:val="0029736D"/>
     <w:rsid w:val="002A201A"/>
     <w:rsid w:val="002A664E"/>
     <w:rsid w:val="002B5C6B"/>
     <w:rsid w:val="002B7202"/>
     <w:rsid w:val="002C4245"/>
     <w:rsid w:val="002E4D0B"/>
     <w:rsid w:val="002F3D0D"/>
     <w:rsid w:val="002F4F4E"/>
     <w:rsid w:val="002F71D2"/>
     <w:rsid w:val="0030073D"/>
     <w:rsid w:val="00323BA0"/>
     <w:rsid w:val="0032447F"/>
     <w:rsid w:val="00325D38"/>
     <w:rsid w:val="0032695B"/>
     <w:rsid w:val="003356F2"/>
     <w:rsid w:val="00341C8D"/>
     <w:rsid w:val="00353420"/>
     <w:rsid w:val="00370AB3"/>
     <w:rsid w:val="003801AE"/>
     <w:rsid w:val="00381E62"/>
@@ -30511,50 +30749,51 @@
     <w:rsid w:val="00650BE3"/>
     <w:rsid w:val="0065384A"/>
     <w:rsid w:val="00654096"/>
     <w:rsid w:val="0066314C"/>
     <w:rsid w:val="00672694"/>
     <w:rsid w:val="00674372"/>
     <w:rsid w:val="00675AFB"/>
     <w:rsid w:val="00676429"/>
     <w:rsid w:val="00676EE5"/>
     <w:rsid w:val="0067797F"/>
     <w:rsid w:val="00680B2A"/>
     <w:rsid w:val="00682B2D"/>
     <w:rsid w:val="006837B1"/>
     <w:rsid w:val="00685520"/>
     <w:rsid w:val="00686FAC"/>
     <w:rsid w:val="006919B7"/>
     <w:rsid w:val="006A52C4"/>
     <w:rsid w:val="006B40BB"/>
     <w:rsid w:val="006C0727"/>
     <w:rsid w:val="006C225E"/>
     <w:rsid w:val="006C24CB"/>
     <w:rsid w:val="006C559B"/>
     <w:rsid w:val="006E16DA"/>
     <w:rsid w:val="006E313B"/>
     <w:rsid w:val="006E3634"/>
+    <w:rsid w:val="006E3C8B"/>
     <w:rsid w:val="006F05B9"/>
     <w:rsid w:val="006F1DCA"/>
     <w:rsid w:val="006F23B9"/>
     <w:rsid w:val="006F478B"/>
     <w:rsid w:val="006F4AF8"/>
     <w:rsid w:val="006F5121"/>
     <w:rsid w:val="006F66BB"/>
     <w:rsid w:val="00702543"/>
     <w:rsid w:val="007035DD"/>
     <w:rsid w:val="00721277"/>
     <w:rsid w:val="00721D18"/>
     <w:rsid w:val="0072688F"/>
     <w:rsid w:val="00735382"/>
     <w:rsid w:val="00735D96"/>
     <w:rsid w:val="00741A0F"/>
     <w:rsid w:val="00743129"/>
     <w:rsid w:val="00745253"/>
     <w:rsid w:val="00745D48"/>
     <w:rsid w:val="00745E31"/>
     <w:rsid w:val="007518D8"/>
     <w:rsid w:val="00752722"/>
     <w:rsid w:val="00755B4E"/>
     <w:rsid w:val="00773105"/>
     <w:rsid w:val="007770F0"/>
     <w:rsid w:val="007775F4"/>
@@ -30634,165 +30873,170 @@
     <w:rsid w:val="00967AA0"/>
     <w:rsid w:val="009712A2"/>
     <w:rsid w:val="0097663A"/>
     <w:rsid w:val="00991965"/>
     <w:rsid w:val="009A0DD1"/>
     <w:rsid w:val="009A7F8F"/>
     <w:rsid w:val="009C5EF6"/>
     <w:rsid w:val="009D1F73"/>
     <w:rsid w:val="009E0A68"/>
     <w:rsid w:val="009E0EA5"/>
     <w:rsid w:val="009F402D"/>
     <w:rsid w:val="009F42A0"/>
     <w:rsid w:val="00A070EF"/>
     <w:rsid w:val="00A11EBA"/>
     <w:rsid w:val="00A13DF5"/>
     <w:rsid w:val="00A15051"/>
     <w:rsid w:val="00A30C8E"/>
     <w:rsid w:val="00A30E16"/>
     <w:rsid w:val="00A40040"/>
     <w:rsid w:val="00A42505"/>
     <w:rsid w:val="00A4337C"/>
     <w:rsid w:val="00A435D1"/>
     <w:rsid w:val="00A5006B"/>
     <w:rsid w:val="00A504EE"/>
     <w:rsid w:val="00A65083"/>
+    <w:rsid w:val="00A72456"/>
     <w:rsid w:val="00A75B41"/>
     <w:rsid w:val="00A813C3"/>
     <w:rsid w:val="00A843C5"/>
     <w:rsid w:val="00A865B5"/>
     <w:rsid w:val="00A921E0"/>
     <w:rsid w:val="00A92FC5"/>
     <w:rsid w:val="00A95D2C"/>
     <w:rsid w:val="00AA154D"/>
     <w:rsid w:val="00AB23BA"/>
     <w:rsid w:val="00AC4EB4"/>
     <w:rsid w:val="00AC6E69"/>
     <w:rsid w:val="00AC77AE"/>
     <w:rsid w:val="00AC7D96"/>
     <w:rsid w:val="00AD06D2"/>
     <w:rsid w:val="00AD16C4"/>
     <w:rsid w:val="00AD1C7C"/>
+    <w:rsid w:val="00AE1AF0"/>
     <w:rsid w:val="00AE1BFE"/>
     <w:rsid w:val="00AF0909"/>
     <w:rsid w:val="00AF57F7"/>
     <w:rsid w:val="00AF7371"/>
     <w:rsid w:val="00B04E9D"/>
     <w:rsid w:val="00B05E5D"/>
     <w:rsid w:val="00B122FB"/>
     <w:rsid w:val="00B13C3C"/>
     <w:rsid w:val="00B22579"/>
     <w:rsid w:val="00B24293"/>
     <w:rsid w:val="00B2545D"/>
     <w:rsid w:val="00B2698D"/>
     <w:rsid w:val="00B27110"/>
     <w:rsid w:val="00B31E6B"/>
     <w:rsid w:val="00B62801"/>
     <w:rsid w:val="00B6370A"/>
     <w:rsid w:val="00B67074"/>
     <w:rsid w:val="00B74E5B"/>
     <w:rsid w:val="00B7639E"/>
     <w:rsid w:val="00B77ED5"/>
     <w:rsid w:val="00B8238E"/>
     <w:rsid w:val="00B87798"/>
     <w:rsid w:val="00B916F5"/>
     <w:rsid w:val="00B9521F"/>
     <w:rsid w:val="00B95A7F"/>
     <w:rsid w:val="00BB7D04"/>
     <w:rsid w:val="00BC0DF6"/>
     <w:rsid w:val="00BC1079"/>
     <w:rsid w:val="00BC3A8F"/>
     <w:rsid w:val="00BD25D9"/>
     <w:rsid w:val="00BD2D30"/>
     <w:rsid w:val="00BD3A56"/>
+    <w:rsid w:val="00BE4319"/>
     <w:rsid w:val="00BE6FA4"/>
     <w:rsid w:val="00BE7071"/>
     <w:rsid w:val="00BF0138"/>
     <w:rsid w:val="00BF0BD3"/>
     <w:rsid w:val="00BF44B4"/>
     <w:rsid w:val="00BF45F9"/>
     <w:rsid w:val="00C104A6"/>
     <w:rsid w:val="00C119EF"/>
     <w:rsid w:val="00C12FBD"/>
     <w:rsid w:val="00C32A86"/>
     <w:rsid w:val="00C42914"/>
     <w:rsid w:val="00C471D6"/>
     <w:rsid w:val="00C55811"/>
     <w:rsid w:val="00C607D7"/>
     <w:rsid w:val="00C6343C"/>
     <w:rsid w:val="00C65703"/>
     <w:rsid w:val="00C719CC"/>
     <w:rsid w:val="00C731AD"/>
     <w:rsid w:val="00C8328C"/>
     <w:rsid w:val="00C844E0"/>
     <w:rsid w:val="00CA254C"/>
     <w:rsid w:val="00CA41FB"/>
     <w:rsid w:val="00CA5A3A"/>
     <w:rsid w:val="00CB08E7"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CC0CD6"/>
     <w:rsid w:val="00CC6823"/>
     <w:rsid w:val="00CD080C"/>
     <w:rsid w:val="00CE323E"/>
     <w:rsid w:val="00CE4F84"/>
     <w:rsid w:val="00CE6259"/>
     <w:rsid w:val="00CF0209"/>
     <w:rsid w:val="00CF3233"/>
     <w:rsid w:val="00D000FF"/>
     <w:rsid w:val="00D03CC9"/>
     <w:rsid w:val="00D06971"/>
     <w:rsid w:val="00D125F9"/>
     <w:rsid w:val="00D20D8D"/>
     <w:rsid w:val="00D2616A"/>
     <w:rsid w:val="00D26559"/>
     <w:rsid w:val="00D30B7F"/>
     <w:rsid w:val="00D30C71"/>
     <w:rsid w:val="00D375E6"/>
     <w:rsid w:val="00D4048A"/>
     <w:rsid w:val="00D50905"/>
     <w:rsid w:val="00D539C3"/>
     <w:rsid w:val="00D61BBB"/>
     <w:rsid w:val="00D64988"/>
     <w:rsid w:val="00D65C29"/>
+    <w:rsid w:val="00D67CD8"/>
     <w:rsid w:val="00D7554E"/>
     <w:rsid w:val="00D82431"/>
     <w:rsid w:val="00D831C2"/>
     <w:rsid w:val="00D91B87"/>
     <w:rsid w:val="00D93E31"/>
     <w:rsid w:val="00D94F04"/>
     <w:rsid w:val="00DC306B"/>
     <w:rsid w:val="00DC5FF6"/>
     <w:rsid w:val="00DD20F9"/>
     <w:rsid w:val="00DD5813"/>
     <w:rsid w:val="00DD6957"/>
     <w:rsid w:val="00DD7C51"/>
     <w:rsid w:val="00DE3D12"/>
     <w:rsid w:val="00DE621A"/>
     <w:rsid w:val="00E01A78"/>
     <w:rsid w:val="00E22F8B"/>
     <w:rsid w:val="00E319C8"/>
     <w:rsid w:val="00E3360D"/>
+    <w:rsid w:val="00E33F14"/>
     <w:rsid w:val="00E475A1"/>
     <w:rsid w:val="00E51A8B"/>
     <w:rsid w:val="00E54715"/>
     <w:rsid w:val="00E56002"/>
     <w:rsid w:val="00E673EB"/>
     <w:rsid w:val="00E705BE"/>
     <w:rsid w:val="00E77909"/>
     <w:rsid w:val="00E80421"/>
     <w:rsid w:val="00E813C0"/>
     <w:rsid w:val="00E909A0"/>
     <w:rsid w:val="00E9615B"/>
     <w:rsid w:val="00EA0BAE"/>
     <w:rsid w:val="00EA2468"/>
     <w:rsid w:val="00EA4D09"/>
     <w:rsid w:val="00EA630F"/>
     <w:rsid w:val="00EA7580"/>
     <w:rsid w:val="00EB3760"/>
     <w:rsid w:val="00EB69B7"/>
     <w:rsid w:val="00EC637D"/>
     <w:rsid w:val="00ED0B99"/>
     <w:rsid w:val="00ED11F1"/>
     <w:rsid w:val="00ED7D3C"/>
     <w:rsid w:val="00EE0870"/>
     <w:rsid w:val="00EE115B"/>
     <w:rsid w:val="00EE20BB"/>
@@ -31702,1252 +31946,1252 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F64013DD9259475EAB3B409E7A542B55"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E074657A-C910-4623-9713-8C9257372006}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="F64013DD9259475EAB3B409E7A542B55"/>
+            <w:pStyle w:val="F64013DD9259475EAB3B409E7A542B551"/>
           </w:pPr>
           <w:r w:rsidRPr="0013503F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2BDE93D22B7841C6B20EC3FB85159531"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CA89B3C0-DA04-48A9-8A4B-076E86BB22AC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="2BDE93D22B7841C6B20EC3FB85159531"/>
+            <w:pStyle w:val="2BDE93D22B7841C6B20EC3FB851595311"/>
           </w:pPr>
           <w:r w:rsidRPr="0013503F">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
             </w:rPr>
             <w:t xml:space="preserve">      </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C1A75B7E7C5E459FACCC73CF69EF7E14"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1E7E2607-4749-433C-9306-44E190D50A68}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="C1A75B7E7C5E459FACCC73CF69EF7E14"/>
+            <w:pStyle w:val="C1A75B7E7C5E459FACCC73CF69EF7E141"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ABF309F4E6F94D36A68B5F77DDE466DA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E0F2C626-5C32-4D6D-8B0B-D02F6B4A7DDE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="ABF309F4E6F94D36A68B5F77DDE466DA"/>
+            <w:pStyle w:val="ABF309F4E6F94D36A68B5F77DDE466DA1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="66D08917B9E64292B92C79DFD288F21C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B5571C75-58B3-4CC5-BA2A-A8C5F3CAED3F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="66D08917B9E64292B92C79DFD288F21C"/>
+            <w:pStyle w:val="66D08917B9E64292B92C79DFD288F21C1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9C85EA89D50A4D53A1BFB35FEE7C1ABA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D300F20C-0BAB-4964-ACAA-76C8CBA15A9F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="9C85EA89D50A4D53A1BFB35FEE7C1ABA"/>
+            <w:pStyle w:val="9C85EA89D50A4D53A1BFB35FEE7C1ABA1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A2889D68224043549DAB25C15B2CB8FA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E9151829-2281-4BC9-BF50-86897C43EF22}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="A2889D68224043549DAB25C15B2CB8FA"/>
+            <w:pStyle w:val="A2889D68224043549DAB25C15B2CB8FA1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2E8411560DD64792A4EFAA1A1CA06F50"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D5995A80-7FE2-4A76-88A7-10BA966CEA5D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="2E8411560DD64792A4EFAA1A1CA06F50"/>
+            <w:pStyle w:val="2E8411560DD64792A4EFAA1A1CA06F501"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2AFBE8A239144A47A60A2523E8336DA4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{35D95F12-6ECC-4B18-9FFC-6157EAE5CA33}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="2AFBE8A239144A47A60A2523E8336DA4"/>
+            <w:pStyle w:val="2AFBE8A239144A47A60A2523E8336DA41"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2164E15620194651BF8CE3964F51A588"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D6845916-BF5F-4C7A-9C60-257B70D76B30}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="2164E15620194651BF8CE3964F51A588"/>
+            <w:pStyle w:val="2164E15620194651BF8CE3964F51A5881"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BC06A7035537446FAE8435270B7EDD8E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1746A0E5-3090-4B92-A609-4A7627511850}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="BC06A7035537446FAE8435270B7EDD8E"/>
+            <w:pStyle w:val="BC06A7035537446FAE8435270B7EDD8E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3E20ACFE042A4300A0D3F6D052874F98"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{960170FD-294A-4DBF-91EB-445910AFC678}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="3E20ACFE042A4300A0D3F6D052874F98"/>
+            <w:pStyle w:val="3E20ACFE042A4300A0D3F6D052874F981"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2FA5663A5F574A089598590A3AA91677"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C898F9C7-F62D-43AB-B4CB-70F0F76974DD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="2FA5663A5F574A089598590A3AA91677"/>
+            <w:pStyle w:val="2FA5663A5F574A089598590A3AA916771"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="18F6C031E10640BC8411DFCF1A3BD3F8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E217A064-F64B-4C69-A401-38D15DFBEC7E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="18F6C031E10640BC8411DFCF1A3BD3F8"/>
+            <w:pStyle w:val="18F6C031E10640BC8411DFCF1A3BD3F81"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9E216B57D48A40FC8E4DA9F3ED902039"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{75979D20-619F-40B9-AFBE-3414D7BC28DA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="9E216B57D48A40FC8E4DA9F3ED902039"/>
+            <w:pStyle w:val="9E216B57D48A40FC8E4DA9F3ED9020391"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7CDDED88EC2B4961B5D8806D3C6ABE2B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C384F9F1-EDB1-44F3-BC06-ECE79571935D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="7CDDED88EC2B4961B5D8806D3C6ABE2B"/>
+            <w:pStyle w:val="7CDDED88EC2B4961B5D8806D3C6ABE2B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="51891FC9AFA949C7A502D3A91B8B88B9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FAA4FE82-BBE2-44BB-8BFB-1800DE88E91A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="51891FC9AFA949C7A502D3A91B8B88B9"/>
+            <w:pStyle w:val="51891FC9AFA949C7A502D3A91B8B88B91"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F476E92D6D7841658639562DDF3F5F69"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2B7F60C4-44B1-4571-9E32-57B4DAD7A73D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="F476E92D6D7841658639562DDF3F5F69"/>
+            <w:pStyle w:val="F476E92D6D7841658639562DDF3F5F691"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4B4539E622E543969F03956FC679F16E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D5541EB4-EC85-4428-804E-1E99DA3FA811}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="4B4539E622E543969F03956FC679F16E"/>
+            <w:pStyle w:val="4B4539E622E543969F03956FC679F16E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FA7C86C3D1854B62BB22DD3F2E5C25F0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AC50D70B-D2CB-4A43-9C48-4C17D996B736}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="FA7C86C3D1854B62BB22DD3F2E5C25F0"/>
+            <w:pStyle w:val="FA7C86C3D1854B62BB22DD3F2E5C25F01"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C16727226569411E9236E5DCD2495E00"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A085403A-CE3F-4E22-947F-39B805D89A9F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="C16727226569411E9236E5DCD2495E00"/>
+            <w:pStyle w:val="C16727226569411E9236E5DCD2495E001"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6E004F0F6AF749A9AD30673FE9D52DFA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3C344093-BE8B-496D-ACF0-23F940D2A833}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="6E004F0F6AF749A9AD30673FE9D52DFA"/>
+            <w:pStyle w:val="6E004F0F6AF749A9AD30673FE9D52DFA1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B162B373E9C641C4BE4DD582281D8251"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CBF768BD-6B57-4C19-A06E-7B4C9E84FEF0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="B162B373E9C641C4BE4DD582281D8251"/>
+            <w:pStyle w:val="B162B373E9C641C4BE4DD582281D82511"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9B1D7887015F42FE9EDF18A13987758B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7F7822CE-1627-4398-B4D2-25A976BD2675}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="9B1D7887015F42FE9EDF18A13987758B"/>
+            <w:pStyle w:val="9B1D7887015F42FE9EDF18A13987758B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="636D634FEFE24F81B8C4DB7A0BB017D1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1D0B13A3-A031-42A5-9EC1-32609A2CEBCF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="636D634FEFE24F81B8C4DB7A0BB017D1"/>
+            <w:pStyle w:val="636D634FEFE24F81B8C4DB7A0BB017D11"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9EC484A3B2844C74922708232E6099DD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93BAA26B-958C-45F6-8FC3-32205A1CF34F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="9EC484A3B2844C74922708232E6099DD"/>
+            <w:pStyle w:val="9EC484A3B2844C74922708232E6099DD1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2BE9F7FC128B4857A118706676C68C0C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8627D5D4-5477-4931-AD46-1A739487603C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="2BE9F7FC128B4857A118706676C68C0C"/>
+            <w:pStyle w:val="2BE9F7FC128B4857A118706676C68C0C1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="669BD22115A44108BA4551231645BA13"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5AA19B76-852C-45E4-AA6C-3D3D38603C40}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="669BD22115A44108BA4551231645BA13"/>
+            <w:pStyle w:val="669BD22115A44108BA4551231645BA131"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A9E333C9B2754E82A7CF8BEAE2A5DEEA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5D842C47-8AEC-414C-B761-3B4565AE963F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="A9E333C9B2754E82A7CF8BEAE2A5DEEA"/>
+            <w:pStyle w:val="A9E333C9B2754E82A7CF8BEAE2A5DEEA1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="99D3CBF97B674D73A8E77E201060ACAD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{34D66C60-477A-46C7-B6C6-31FC70378282}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="99D3CBF97B674D73A8E77E201060ACAD"/>
+            <w:pStyle w:val="99D3CBF97B674D73A8E77E201060ACAD1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AF2988F11B5F4D99AFC5F5D204E0A375"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1DC6CE75-B115-4FDF-B057-9385F88AF384}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="AF2988F11B5F4D99AFC5F5D204E0A375"/>
+            <w:pStyle w:val="AF2988F11B5F4D99AFC5F5D204E0A3751"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9382EFE016214D3F9566A9123577933D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CC03DED2-F59C-4AE5-B3A2-3101D02445FB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="9382EFE016214D3F9566A9123577933D"/>
+            <w:pStyle w:val="9382EFE016214D3F9566A9123577933D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="478646025A9444FBBFFF608B983F272E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{20D49CC6-D237-4765-A36E-8BCD190706A9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="478646025A9444FBBFFF608B983F272E"/>
+            <w:pStyle w:val="478646025A9444FBBFFF608B983F272E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="25C23A55BBEF45139397787049918056"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2F006950-FB51-428D-BB16-B2F5F373FF8C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="25C23A55BBEF45139397787049918056"/>
+            <w:pStyle w:val="25C23A55BBEF451393977870499180561"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D8201ED701A43549E1B43D242B43DBE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{22F35229-C7BB-47AF-86E8-1E843D19E181}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="1D8201ED701A43549E1B43D242B43DBE"/>
+            <w:pStyle w:val="1D8201ED701A43549E1B43D242B43DBE1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="00718422BCFB486C951B0CF3F0533BB7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{669A6CE9-C7FC-4D15-A709-BADA41BB96C2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="00718422BCFB486C951B0CF3F0533BB7"/>
+            <w:pStyle w:val="00718422BCFB486C951B0CF3F0533BB71"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E06FF23C00C14492866A84B560CC2482"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{08F04332-B639-4DCB-A4FE-D950F6A89F8D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="E06FF23C00C14492866A84B560CC2482"/>
+            <w:pStyle w:val="E06FF23C00C14492866A84B560CC24821"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="47BCB6EF053A4E9BB40F5EEAA663F6CD"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{811D5F12-A55B-4389-AFD9-F2E7532A6CDD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="47BCB6EF053A4E9BB40F5EEAA663F6CD"/>
+            <w:pStyle w:val="47BCB6EF053A4E9BB40F5EEAA663F6CD1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7C76E12C2771455290329B4A1886EB4D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2A4B5071-7636-4E42-A077-17B2FB06BE32}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="7C76E12C2771455290329B4A1886EB4D"/>
+            <w:pStyle w:val="7C76E12C2771455290329B4A1886EB4D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B04ED0C383FB4616B4B028CCF79EFBBE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2A0EC3C2-FAA2-4A14-A784-94764DFA7753}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="B04ED0C383FB4616B4B028CCF79EFBBE"/>
+            <w:pStyle w:val="B04ED0C383FB4616B4B028CCF79EFBBE1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1D534A9D3EA04029828F82291D1C73FE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{54688F0D-760C-465F-AED0-FAA262CF7DB9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="1D534A9D3EA04029828F82291D1C73FE"/>
+            <w:pStyle w:val="1D534A9D3EA04029828F82291D1C73FE1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6988187937F74C3A86FDCDBC1803CC1E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{652A745F-5FA7-4D99-A768-306E7D3BCD05}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00C04028" w:rsidP="00C04028">
+        <w:p w:rsidR="00EC16BC" w:rsidRDefault="00444AD4" w:rsidP="00444AD4">
           <w:pPr>
-            <w:pStyle w:val="6988187937F74C3A86FDCDBC1803CC1E"/>
+            <w:pStyle w:val="6988187937F74C3A86FDCDBC1803CC1E1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
@@ -33022,52 +33266,56 @@
   <w:bordersDoNotSurroundFooter/>
   <w:revisionView w:comments="0" w:formatting="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04028"/>
     <w:rsid w:val="00055013"/>
     <w:rsid w:val="00132FA4"/>
+    <w:rsid w:val="00324B94"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:rsid w:val="0086755B"/>
     <w:rsid w:val="009360D5"/>
     <w:rsid w:val="00C04028"/>
+    <w:rsid w:val="00D67CD8"/>
     <w:rsid w:val="00EC16BC"/>
     <w:rsid w:val="00F24DE6"/>
     <w:rsid w:val="00FA1D2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -33494,51 +33742,51 @@
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F64013DD9259475EAB3B409E7A542B55">
     <w:name w:val="F64013DD9259475EAB3B409E7A542B55"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BDE93D22B7841C6B20EC3FB85159531">
     <w:name w:val="2BDE93D22B7841C6B20EC3FB85159531"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C04028"/>
+    <w:rsid w:val="00444AD4"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1A75B7E7C5E459FACCC73CF69EF7E14">
     <w:name w:val="C1A75B7E7C5E459FACCC73CF69EF7E14"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABF309F4E6F94D36A68B5F77DDE466DA">
     <w:name w:val="ABF309F4E6F94D36A68B5F77DDE466DA"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="66D08917B9E64292B92C79DFD288F21C">
     <w:name w:val="66D08917B9E64292B92C79DFD288F21C"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
@@ -33775,50 +34023,344 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C76E12C2771455290329B4A1886EB4D">
     <w:name w:val="7C76E12C2771455290329B4A1886EB4D"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B04ED0C383FB4616B4B028CCF79EFBBE">
     <w:name w:val="B04ED0C383FB4616B4B028CCF79EFBBE"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D534A9D3EA04029828F82291D1C73FE">
     <w:name w:val="1D534A9D3EA04029828F82291D1C73FE"/>
     <w:rsid w:val="00C04028"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6988187937F74C3A86FDCDBC1803CC1E">
     <w:name w:val="6988187937F74C3A86FDCDBC1803CC1E"/>
     <w:rsid w:val="00C04028"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F64013DD9259475EAB3B409E7A542B551">
+    <w:name w:val="F64013DD9259475EAB3B409E7A542B551"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BDE93D22B7841C6B20EC3FB851595311">
+    <w:name w:val="2BDE93D22B7841C6B20EC3FB851595311"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C1A75B7E7C5E459FACCC73CF69EF7E141">
+    <w:name w:val="C1A75B7E7C5E459FACCC73CF69EF7E141"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABF309F4E6F94D36A68B5F77DDE466DA1">
+    <w:name w:val="ABF309F4E6F94D36A68B5F77DDE466DA1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="66D08917B9E64292B92C79DFD288F21C1">
+    <w:name w:val="66D08917B9E64292B92C79DFD288F21C1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C85EA89D50A4D53A1BFB35FEE7C1ABA1">
+    <w:name w:val="9C85EA89D50A4D53A1BFB35FEE7C1ABA1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2889D68224043549DAB25C15B2CB8FA1">
+    <w:name w:val="A2889D68224043549DAB25C15B2CB8FA1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E8411560DD64792A4EFAA1A1CA06F501">
+    <w:name w:val="2E8411560DD64792A4EFAA1A1CA06F501"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AFBE8A239144A47A60A2523E8336DA41">
+    <w:name w:val="2AFBE8A239144A47A60A2523E8336DA41"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2164E15620194651BF8CE3964F51A5881">
+    <w:name w:val="2164E15620194651BF8CE3964F51A5881"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BC06A7035537446FAE8435270B7EDD8E1">
+    <w:name w:val="BC06A7035537446FAE8435270B7EDD8E1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E20ACFE042A4300A0D3F6D052874F981">
+    <w:name w:val="3E20ACFE042A4300A0D3F6D052874F981"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2FA5663A5F574A089598590A3AA916771">
+    <w:name w:val="2FA5663A5F574A089598590A3AA916771"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18F6C031E10640BC8411DFCF1A3BD3F81">
+    <w:name w:val="18F6C031E10640BC8411DFCF1A3BD3F81"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E216B57D48A40FC8E4DA9F3ED9020391">
+    <w:name w:val="9E216B57D48A40FC8E4DA9F3ED9020391"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CDDED88EC2B4961B5D8806D3C6ABE2B1">
+    <w:name w:val="7CDDED88EC2B4961B5D8806D3C6ABE2B1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="51891FC9AFA949C7A502D3A91B8B88B91">
+    <w:name w:val="51891FC9AFA949C7A502D3A91B8B88B91"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F476E92D6D7841658639562DDF3F5F691">
+    <w:name w:val="F476E92D6D7841658639562DDF3F5F691"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B4539E622E543969F03956FC679F16E1">
+    <w:name w:val="4B4539E622E543969F03956FC679F16E1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA7C86C3D1854B62BB22DD3F2E5C25F01">
+    <w:name w:val="FA7C86C3D1854B62BB22DD3F2E5C25F01"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C16727226569411E9236E5DCD2495E001">
+    <w:name w:val="C16727226569411E9236E5DCD2495E001"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E004F0F6AF749A9AD30673FE9D52DFA1">
+    <w:name w:val="6E004F0F6AF749A9AD30673FE9D52DFA1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B162B373E9C641C4BE4DD582281D82511">
+    <w:name w:val="B162B373E9C641C4BE4DD582281D82511"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B1D7887015F42FE9EDF18A13987758B1">
+    <w:name w:val="9B1D7887015F42FE9EDF18A13987758B1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="636D634FEFE24F81B8C4DB7A0BB017D11">
+    <w:name w:val="636D634FEFE24F81B8C4DB7A0BB017D11"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9EC484A3B2844C74922708232E6099DD1">
+    <w:name w:val="9EC484A3B2844C74922708232E6099DD1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BE9F7FC128B4857A118706676C68C0C1">
+    <w:name w:val="2BE9F7FC128B4857A118706676C68C0C1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="669BD22115A44108BA4551231645BA131">
+    <w:name w:val="669BD22115A44108BA4551231645BA131"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9E333C9B2754E82A7CF8BEAE2A5DEEA1">
+    <w:name w:val="A9E333C9B2754E82A7CF8BEAE2A5DEEA1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="99D3CBF97B674D73A8E77E201060ACAD1">
+    <w:name w:val="99D3CBF97B674D73A8E77E201060ACAD1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF2988F11B5F4D99AFC5F5D204E0A3751">
+    <w:name w:val="AF2988F11B5F4D99AFC5F5D204E0A3751"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9382EFE016214D3F9566A9123577933D1">
+    <w:name w:val="9382EFE016214D3F9566A9123577933D1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="478646025A9444FBBFFF608B983F272E1">
+    <w:name w:val="478646025A9444FBBFFF608B983F272E1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="25C23A55BBEF451393977870499180561">
+    <w:name w:val="25C23A55BBEF451393977870499180561"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D8201ED701A43549E1B43D242B43DBE1">
+    <w:name w:val="1D8201ED701A43549E1B43D242B43DBE1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00718422BCFB486C951B0CF3F0533BB71">
+    <w:name w:val="00718422BCFB486C951B0CF3F0533BB71"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E06FF23C00C14492866A84B560CC24821">
+    <w:name w:val="E06FF23C00C14492866A84B560CC24821"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47BCB6EF053A4E9BB40F5EEAA663F6CD1">
+    <w:name w:val="47BCB6EF053A4E9BB40F5EEAA663F6CD1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C76E12C2771455290329B4A1886EB4D1">
+    <w:name w:val="7C76E12C2771455290329B4A1886EB4D1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B04ED0C383FB4616B4B028CCF79EFBBE1">
+    <w:name w:val="B04ED0C383FB4616B4B028CCF79EFBBE1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1D534A9D3EA04029828F82291D1C73FE1">
+    <w:name w:val="1D534A9D3EA04029828F82291D1C73FE1"/>
+    <w:rsid w:val="00444AD4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6988187937F74C3A86FDCDBC1803CC1E1">
+    <w:name w:val="6988187937F74C3A86FDCDBC1803CC1E1"/>
+    <w:rsid w:val="00444AD4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -34095,65 +34637,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCB9EC6F-B98D-4C5E-8938-2E5558292D6D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1381</Words>
-  <Characters>7876</Characters>
+  <Words>1377</Words>
+  <Characters>7855</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hospital Authority</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9239</CharactersWithSpaces>
+  <CharactersWithSpaces>9214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maggie CHOW, HOS&amp;P M(S&amp;DS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>