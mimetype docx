--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,46 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15134" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -69,93 +64,93 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FFCB877" w14:textId="77777777" w:rsidR="000618C7" w:rsidRDefault="000618C7" w:rsidP="00500743">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D3D8E7C" w14:textId="77777777" w:rsidR="000618C7" w:rsidRDefault="0060237F" w:rsidP="000C0A56">
+          <w:p w14:paraId="5D3D8E7C" w14:textId="77777777" w:rsidR="000618C7" w:rsidRDefault="007055D5" w:rsidP="000C0A56">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:ind w:left="34" w:hangingChars="14" w:hanging="34"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="72E1B61D">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-47pt;width:133.5pt;height:63pt;z-index:251719680;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-relative:page;mso-height-relative:page" wrapcoords="-121 0 -121 21343 21600 21343 21600 0 -121 0" filled="t">
+                <v:shape id="_x0000_s1035" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-47pt;width:133.5pt;height:63pt;z-index:251665408;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-relative:page;mso-height-relative:page" wrapcoords="-121 0 -121 21343 21600 21343 21600 0 -121 0" filled="t">
                   <v:imagedata r:id="rId8" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                   <w10:wrap type="tight"/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1035" DrawAspect="Content" ObjectID="_1814945920" r:id="rId9"/>
+                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1035" DrawAspect="Content" ObjectID="_1824885662" r:id="rId9"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D902269" w14:textId="77777777" w:rsidR="000618C7" w:rsidRPr="000618C7" w:rsidRDefault="000618C7" w:rsidP="000618C7">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
@@ -869,56 +864,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="089DFDC1" w14:textId="77777777" w:rsidR="00EC637D" w:rsidRPr="00EF58D3" w:rsidRDefault="00EC637D" w:rsidP="00721277">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301C7BB4" w14:textId="77777777" w:rsidR="0054133A" w:rsidRDefault="0054133A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="0054133A" w:rsidSect="00C43B1C">
-          <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="992" w:right="851" w:bottom="992" w:left="992" w:header="851" w:footer="742" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FC270C5" w14:textId="77777777" w:rsidR="00084C5B" w:rsidRPr="004F075F" w:rsidRDefault="004F075F" w:rsidP="004E0F0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F075F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -1465,51 +1455,51 @@
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2636" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64DBD519" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="0060237F" w:rsidP="007B6A15">
+          <w:p w14:paraId="64DBD519" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="007055D5" w:rsidP="007B6A15">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_BirthDate_To"/>
                 <w:tag w:val="C_BirthDate_To"/>
                 <w:id w:val="1568533697"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:placeholder>
@@ -1664,59 +1654,71 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="598498B4" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="00EA4D09">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE31D23" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1728,59 +1730,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2636" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79E1A931" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="00EA4D09">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6124C911" w14:textId="77777777" w:rsidR="00EA4D09" w:rsidRPr="00C65703" w:rsidRDefault="00EA4D09" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1954,51 +1968,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="678C2635" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="0060237F" w:rsidP="007B6A15">
+          <w:p w14:paraId="678C2635" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="007055D5" w:rsidP="007B6A15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="70" w:left="168"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_MatAge_No"/>
                 <w:tag w:val="CO_MatAge_No"/>
                 <w:id w:val="-1690137916"/>
@@ -2106,51 +2120,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C63FF81" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="0060237F" w:rsidP="007B6A15">
+          <w:p w14:paraId="2C63FF81" w14:textId="77777777" w:rsidR="007B6A15" w:rsidRPr="007770F0" w:rsidRDefault="007055D5" w:rsidP="007B6A15">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_MatAge_Yes"/>
                 <w:tag w:val="CO_MatAge_Yes"/>
                 <w:id w:val="152102176"/>
                 <w:lock w:val="sdtLocked"/>
@@ -2470,51 +2484,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">from </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FFB9EB7" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00C65703" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="1FFB9EB7" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00C65703" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
@@ -2637,51 +2651,51 @@
             <w:r w:rsidRPr="00C34391">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3476416C" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00C65703" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="3476416C" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00C65703" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
@@ -2908,51 +2922,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46379F74" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="007770F0" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="46379F74" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="007770F0" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_PayCode_No"/>
                 <w:tag w:val="CO_PayCode_No"/>
                 <w:id w:val="916989980"/>
@@ -3045,51 +3059,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Part 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43FEE05E" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="007770F0" w:rsidRDefault="0060237F" w:rsidP="009619AA">
+          <w:p w14:paraId="43FEE05E" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="007770F0" w:rsidRDefault="007055D5" w:rsidP="009619AA">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_PayCode_Yes"/>
                 <w:tag w:val="CO_PayCode_Yes"/>
                 <w:id w:val="-34274969"/>
                 <w:lock w:val="sdtLocked"/>
@@ -3337,127 +3351,147 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A320446" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00FB4FBC" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="2A320446" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00FB4FBC" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="93" w:firstLine="195"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_PayCode_EP"/>
                 <w:tag w:val="C_PayCode_EP"/>
                 <w:id w:val="100922032"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C34391">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C34391">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> EP (Eligible Person)</w:t>
+              <w:t xml:space="preserve"> EP (Eligible </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C34391">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>Person)</w:t>
             </w:r>
             <w:r w:rsidR="00C34391" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C34391" w:rsidRPr="00C65703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9823" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDAC6EC" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00FB4FBC" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="5BDAC6EC" w14:textId="77777777" w:rsidR="00C34391" w:rsidRPr="00FB4FBC" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="93" w:firstLine="195"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_PayCode_NEP"/>
                 <w:tag w:val="C_PayCode_NEP"/>
                 <w:id w:val="2064602194"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -3855,51 +3889,51 @@
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007770F0" w:rsidRPr="008A3A56" w14:paraId="4B66B28F" w14:textId="77777777" w:rsidTr="00B9521F">
         <w:trPr>
           <w:trHeight w:val="1264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="707B608A" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="707B608A" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="76" w:firstLine="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="D_Births"/>
                 <w:tag w:val="D_Births"/>
                 <w:id w:val="628983366"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -4464,51 +4498,51 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="75A16C6C" w14:textId="77777777" w:rsidTr="00FA496E">
         <w:trPr>
           <w:trHeight w:val="482"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B415444" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00E319C8" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="5B415444" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00E319C8" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="60" w:left="392" w:hangingChars="118" w:hanging="248"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_MatAge"/>
                 <w:tag w:val="G_MatAge"/>
                 <w:id w:val="1220026674"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4646,51 +4680,77 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> in</w:t>
             </w:r>
             <w:r w:rsidR="00647B66">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="MatAge" w:history="1">
               <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
-                <w:t>Note (i)</w:t>
+                <w:t>Note (</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>i</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FBD88F4" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="547" w:hanging="547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4702,51 +4762,51 @@
           <w:p w14:paraId="553BE3DD" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="547" w:hanging="547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="51628D67" w14:textId="77777777" w:rsidTr="00D26559">
         <w:trPr>
           <w:trHeight w:val="130"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC974F4" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="004B056D" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="4CC974F4" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="004B056D" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="61" w:left="297" w:hangingChars="72" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_DistrictResidence"/>
                 <w:tag w:val="G_DistrictResidence"/>
                 <w:id w:val="141630797"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -4859,51 +4919,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EC47251" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B7978" w:rsidRPr="00853AFE" w14:paraId="20EC6C82" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD78B8C" w14:textId="77777777" w:rsidR="005B7978" w:rsidRPr="008A3A56" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="4CD78B8C" w14:textId="77777777" w:rsidR="005B7978" w:rsidRPr="008A3A56" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="395" w:hangingChars="117" w:hanging="246"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_PayCode"/>
                 <w:tag w:val="G_PayCode"/>
                 <w:id w:val="-1565021578"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5031,51 +5091,51 @@
           </w:tcPr>
           <w:p w14:paraId="60D68656" w14:textId="77777777" w:rsidR="005B7978" w:rsidRPr="00853AFE" w:rsidRDefault="005B7978" w:rsidP="00CC6975">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00526885" w:rsidRPr="00853AFE" w14:paraId="73BB7AAA" w14:textId="77777777" w:rsidTr="00526885">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="290B73D8" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00E319C8" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="290B73D8" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00E319C8" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="60" w:left="377" w:hangingChars="111" w:hanging="233"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BirthDate"/>
                 <w:tag w:val="G_BirthDate"/>
                 <w:id w:val="1334874741"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5125,51 +5185,51 @@
             </w:r>
             <w:r w:rsidR="00E03896">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> of birth of baby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3767FD49" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="0030073D" w:rsidRDefault="0060237F" w:rsidP="0030073D">
+          <w:p w14:paraId="3767FD49" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="0030073D" w:rsidRDefault="007055D5" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BirthDate_1"/>
                 <w:tag w:val="G_BirthDate_1"/>
                 <w:id w:val="-268705668"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -5186,100 +5246,122 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Date (yyyy-mm-dd)</w:t>
+              <w:t>Date (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00526885" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B6CAEDD" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="00526885"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="037D29DB" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="00526885"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00526885" w:rsidRPr="00853AFE" w14:paraId="69CFC7AC" w14:textId="77777777" w:rsidTr="00255707">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A5DD03A" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="00526885"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0A46AA" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="0060237F" w:rsidP="0030073D">
+          <w:p w14:paraId="7C0A46AA" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="007055D5" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BirthDate_2"/>
                 <w:tag w:val="G_BirthDate_2"/>
                 <w:id w:val="1898011247"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -5299,51 +5381,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Week (start from Sun to Sat)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3145E2DE" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="0060237F" w:rsidP="0030073D">
+          <w:p w14:paraId="3145E2DE" w14:textId="77777777" w:rsidR="0030073D" w:rsidRPr="00853AFE" w:rsidRDefault="007055D5" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BirthDate_3"/>
                 <w:tag w:val="G_BirthDate_3"/>
                 <w:id w:val="-1431898731"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -5360,54 +5442,76 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Month (yyyy-mm)</w:t>
+              <w:t>Month (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="611D22E8" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="0060237F" w:rsidP="0030073D">
+          <w:p w14:paraId="611D22E8" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="007055D5" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BirthDate_4"/>
                 <w:tag w:val="G_BirthDate_4"/>
                 <w:id w:val="-718585865"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -5427,51 +5531,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0030073D" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Calendar year</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35D10A54" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="0060237F" w:rsidP="0030073D">
+          <w:p w14:paraId="35D10A54" w14:textId="77777777" w:rsidR="0030073D" w:rsidRDefault="007055D5" w:rsidP="0030073D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BirthDate_5"/>
                 <w:tag w:val="G_BirthDate_5"/>
                 <w:id w:val="904184743"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -5566,51 +5670,51 @@
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="450DC3A5" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="00526885"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C176D7A" w14:textId="77777777" w:rsidR="00526885" w:rsidRPr="00526885" w:rsidRDefault="00526885" w:rsidP="00526885"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00676221" w:rsidRPr="00853AFE" w14:paraId="39B1FB57" w14:textId="77777777" w:rsidTr="00255707">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="632BEFF8" w14:textId="77777777" w:rsidR="00676221" w:rsidRPr="00745E31" w:rsidRDefault="0060237F" w:rsidP="00676221">
+          <w:p w14:paraId="632BEFF8" w14:textId="77777777" w:rsidR="00676221" w:rsidRPr="00745E31" w:rsidRDefault="007055D5" w:rsidP="00676221">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Gender"/>
                 <w:tag w:val="G_Gender"/>
                 <w:id w:val="-1062559414"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5734,51 +5838,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BC618CB" w14:textId="77777777" w:rsidR="00676221" w:rsidRPr="00853AFE" w:rsidRDefault="00676221" w:rsidP="00676221">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E03896" w:rsidRPr="00853AFE" w14:paraId="619C7391" w14:textId="77777777" w:rsidTr="00313095">
         <w:trPr>
           <w:trHeight w:val="599"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C03F90A" w14:textId="77777777" w:rsidR="00E03896" w:rsidRPr="00D26559" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="7C03F90A" w14:textId="77777777" w:rsidR="00E03896" w:rsidRPr="00D26559" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_BW"/>
                 <w:tag w:val="G_BW"/>
                 <w:id w:val="836969220"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -5894,51 +5998,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E9552F6" w14:textId="77777777" w:rsidR="00E03896" w:rsidRPr="00853AFE" w:rsidRDefault="00E03896" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="7874EE19" w14:textId="77777777" w:rsidTr="00313095">
         <w:trPr>
           <w:trHeight w:val="326"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2982" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A0A7776" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00D26559" w:rsidRDefault="0060237F" w:rsidP="00255707">
+          <w:p w14:paraId="4A0A7776" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00D26559" w:rsidRDefault="007055D5" w:rsidP="00255707">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_GestWeek"/>
                 <w:tag w:val="G_GestWeek"/>
                 <w:id w:val="1927457794"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -6683,51 +6787,75 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73601140" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="000D51A7" w:rsidRDefault="00D376D3" w:rsidP="00D376D3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="MatAge"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Note (i): </w:t>
+        <w:t>Note (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>Classification level</w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7025,51 +7153,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="65CC6C1E" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DDAE532" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="1DDAE532" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_1"/>
                 <w:tag w:val="L_MatAge_Fmt_1"/>
                 <w:id w:val="-737629748"/>
                 <w:placeholder>
                   <w:docPart w:val="F272987C4DCD4990AE66AE3917D3FE4A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -7261,51 +7389,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="5F90BC49" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5CA0F3" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="6E5CA0F3" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_2"/>
                 <w:tag w:val="L_MatAge_Fmt_2"/>
                 <w:id w:val="-1226751615"/>
                 <w:placeholder>
                   <w:docPart w:val="AF60A2806EFE407A95A71BB856D35191"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -7495,51 +7623,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="36F0E8A7" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9432E8" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="4E9432E8" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_3"/>
                 <w:tag w:val="L_MatAge_Fmt_3"/>
                 <w:id w:val="-1013222315"/>
                 <w:placeholder>
                   <w:docPart w:val="378B3F3E0CE64ED3B24648AA2432D86F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -7729,51 +7857,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="229D12DC" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="531A1B78" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="531A1B78" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_4"/>
                 <w:tag w:val="L_MatAge_Fmt_4"/>
                 <w:id w:val="-359585326"/>
                 <w:placeholder>
                   <w:docPart w:val="E1EA5EBE90DE4BADBA99E0051E8DF0F8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -7963,51 +8091,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="4BEE1573" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EE94C9F" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="7EE94C9F" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_5"/>
                 <w:tag w:val="L_MatAge_Fmt_5"/>
                 <w:id w:val="1451978360"/>
                 <w:placeholder>
                   <w:docPart w:val="5A4F11EC428D4D3797573D8711B36B56"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -8197,51 +8325,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="28876F03" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07B9BD5D" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="07B9BD5D" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_6"/>
                 <w:tag w:val="L_MatAge_Fmt_6"/>
                 <w:id w:val="1603766574"/>
                 <w:placeholder>
                   <w:docPart w:val="923753F436374CD6AF89331690F14FFC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -8431,51 +8559,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="52AD6CAF" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EBA8EC5" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="6EBA8EC5" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_7"/>
                 <w:tag w:val="L_MatAge_Fmt_7"/>
                 <w:id w:val="-1943058078"/>
                 <w:placeholder>
                   <w:docPart w:val="10E34E16DCE54837BED4FC1BE34A4D07"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -8665,51 +8793,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="3EFA5172" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="622F6464" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="622F6464" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_8"/>
                 <w:tag w:val="L_MatAge_Fmt_8"/>
                 <w:id w:val="2055038251"/>
                 <w:placeholder>
                   <w:docPart w:val="53DAAE2B378346FDBB3C94BD4030D2C1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -8899,51 +9027,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="49788992" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2413598F" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="2413598F" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_9"/>
                 <w:tag w:val="L_MatAge_Fmt_9"/>
                 <w:id w:val="-1331750537"/>
                 <w:placeholder>
                   <w:docPart w:val="EA926EC6D1D948EB9CF099A720AD6204"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -9133,51 +9261,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="444A7C82" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30427D7B" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="30427D7B" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_10"/>
                 <w:tag w:val="L_MatAge_Fmt_10"/>
                 <w:id w:val="-1667004126"/>
                 <w:placeholder>
                   <w:docPart w:val="96CC7F59C18A413F81E5FB38347A6974"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -9367,51 +9495,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="60EC8A71" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78976795" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="78976795" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_11"/>
                 <w:tag w:val="L_MatAge_Fmt_11"/>
                 <w:id w:val="1137612879"/>
                 <w:placeholder>
                   <w:docPart w:val="10EEABDBABBA44D59F0A7D85B178C73D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -9601,51 +9729,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="3FFD4652" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D87FF92" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="6D87FF92" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_12"/>
                 <w:tag w:val="L_MatAge_Fmt_12"/>
                 <w:id w:val="1596362729"/>
                 <w:placeholder>
                   <w:docPart w:val="0A4A2480080D46D7B98FF320CBF0BC3C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -9835,51 +9963,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="0CC7AEF4" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="727F98D2" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="727F98D2" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_13"/>
                 <w:tag w:val="L_MatAge_Fmt_13"/>
                 <w:id w:val="2037848677"/>
                 <w:placeholder>
                   <w:docPart w:val="5BEC1345ECE2428E8956099246FDA591"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -10069,51 +10197,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="6C852D0B" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="638F9158" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="638F9158" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_14"/>
                 <w:tag w:val="L_MatAge_Fmt_14"/>
                 <w:id w:val="1706593374"/>
                 <w:placeholder>
                   <w:docPart w:val="C9EE27DABA504AEE934A9B1A6625FAA2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -10303,51 +10431,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="7BA643EB" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1DDF94" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="4C1DDF94" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_15"/>
                 <w:tag w:val="L_MatAge_Fmt_15"/>
                 <w:id w:val="-214738423"/>
                 <w:placeholder>
                   <w:docPart w:val="80BE1FB8123B4F9DBC2FBB649005EBA4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -10537,51 +10665,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="3A716020" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="348876D2" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="348876D2" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_16"/>
                 <w:tag w:val="L_MatAge_Fmt_16"/>
                 <w:id w:val="-2072415884"/>
                 <w:placeholder>
                   <w:docPart w:val="99709A90655B4D739DFA59979A19A477"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -10771,51 +10899,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="32A54AE4" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8189E3" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="2A8189E3" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_17"/>
                 <w:tag w:val="L_MatAge_Fmt_17"/>
                 <w:id w:val="426619107"/>
                 <w:placeholder>
                   <w:docPart w:val="9C3937CF7FE646D79FD2E98876132525"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -11005,51 +11133,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="65DCB3A1" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A36C8A0" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="0A36C8A0" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_18"/>
                 <w:tag w:val="L_MatAge_Fmt_18"/>
                 <w:id w:val="560982056"/>
                 <w:placeholder>
                   <w:docPart w:val="3C43677273F6400E9693BD51DB8D176D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -11239,51 +11367,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="46920045" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE41256" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="5EE41256" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_19"/>
                 <w:tag w:val="L_MatAge_Fmt_19"/>
                 <w:id w:val="415913765"/>
                 <w:placeholder>
                   <w:docPart w:val="B03E39F23E6F419AAD925265450F6432"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -11473,51 +11601,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D376D3" w:rsidRPr="004B056D" w14:paraId="2BF38AD8" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A212909" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="6A212909" w14:textId="77777777" w:rsidR="00D376D3" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_MatAge_Fmt_20"/>
                 <w:tag w:val="L_MatAge_Fmt_20"/>
                 <w:id w:val="1521513609"/>
                 <w:placeholder>
                   <w:docPart w:val="3A04F5DC4C054C77BFA064229792F168"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -12759,51 +12887,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="66254782" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A8F9200" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="6A8F9200" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_1"/>
                 <w:tag w:val="L_BW_Fmt_1"/>
                 <w:id w:val="-53858604"/>
                 <w:placeholder>
                   <w:docPart w:val="509CF31B05F1471FA04654B2C1413E66"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -12995,51 +13123,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="0DA686EC" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3538CB" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="3F3538CB" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_2"/>
                 <w:tag w:val="L_BW_Fmt_2"/>
                 <w:id w:val="1374118627"/>
                 <w:placeholder>
                   <w:docPart w:val="874EAC5C1CA74A59B220B05DA96B4104"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -13229,51 +13357,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="7886CDCA" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4892D337" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="4892D337" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_3"/>
                 <w:tag w:val="L_BW_Fmt_3"/>
                 <w:id w:val="1374887366"/>
                 <w:placeholder>
                   <w:docPart w:val="E3FE3EE139834082970ABE5C3FD384E7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -13463,51 +13591,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="7DE1B515" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6691C34E" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="6691C34E" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_4"/>
                 <w:tag w:val="L_BW_Fmt_4"/>
                 <w:id w:val="-1740713746"/>
                 <w:placeholder>
                   <w:docPart w:val="46683BD940374D1A98C2193847BC206E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -13697,51 +13825,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="649C8116" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56ECED46" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="56ECED46" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_5"/>
                 <w:tag w:val="L_BW_Fmt_5"/>
                 <w:id w:val="1820763815"/>
                 <w:placeholder>
                   <w:docPart w:val="A74F2559B3FE4EADB959C5651C213D5E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -13931,51 +14059,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="5073AF6B" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63111F87" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="63111F87" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_6"/>
                 <w:tag w:val="L_BW_Fmt_6"/>
                 <w:id w:val="-886559010"/>
                 <w:placeholder>
                   <w:docPart w:val="35EB75C088C340C7A42E90CC87F0AAF3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -14165,51 +14293,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="11753519" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="011D87FF" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="011D87FF" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_7"/>
                 <w:tag w:val="L_BW_Fmt_7"/>
                 <w:id w:val="-1581822093"/>
                 <w:placeholder>
                   <w:docPart w:val="104017C207604C9FB5DDC66333DAD1FD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -14399,51 +14527,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="0E0BD83C" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5882B49B" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="5882B49B" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_8"/>
                 <w:tag w:val="L_BW_Fmt_8"/>
                 <w:id w:val="-601338540"/>
                 <w:placeholder>
                   <w:docPart w:val="70C778D70A5D47D5BD337125B8F50598"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -14633,51 +14761,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="3B6D7E0F" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7773369B" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="7773369B" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_9"/>
                 <w:tag w:val="L_BW_Fmt_9"/>
                 <w:id w:val="-399524022"/>
                 <w:placeholder>
                   <w:docPart w:val="33D58C581BC940C0B410256F2D7D5193"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -14867,51 +14995,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="40A3C69C" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7289EAAD" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="7289EAAD" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_10"/>
                 <w:tag w:val="L_BW_Fmt_10"/>
                 <w:id w:val="1447970154"/>
                 <w:placeholder>
                   <w:docPart w:val="D9770EB97F7A4893B5D02ABFE6EF4A1C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -15101,51 +15229,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="6C428699" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="660713FB" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="660713FB" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_11"/>
                 <w:tag w:val="L_BW_Fmt_11"/>
                 <w:id w:val="-99033922"/>
                 <w:placeholder>
                   <w:docPart w:val="4B419B7D20944AC4892E99EF9FBB1A8A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -15335,51 +15463,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="489EE285" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3293B1" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="4F3293B1" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_12"/>
                 <w:tag w:val="L_BW_Fmt_12"/>
                 <w:id w:val="-420866784"/>
                 <w:placeholder>
                   <w:docPart w:val="7A7D2868251C42D682B4F734B4F8D04B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -15569,51 +15697,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="5D21C85A" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1264D126" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="1264D126" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_13"/>
                 <w:tag w:val="L_BW_Fmt_13"/>
                 <w:id w:val="-458339048"/>
                 <w:placeholder>
                   <w:docPart w:val="DBFB317B27F14C44AEDDDAF966C48420"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -15803,51 +15931,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="6E670D58" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741010AA" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="741010AA" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_14"/>
                 <w:tag w:val="L_BW_Fmt_14"/>
                 <w:id w:val="-925729374"/>
                 <w:placeholder>
                   <w:docPart w:val="BC79635AED4D484EAB32849EADE7432B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -16037,51 +16165,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="67644DED" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0277D2D9" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="0277D2D9" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_15"/>
                 <w:tag w:val="L_BW_Fmt_15"/>
                 <w:id w:val="1232727284"/>
                 <w:placeholder>
                   <w:docPart w:val="2B8FFCF99BCD46CAA7784D8FC657E9D6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -16271,51 +16399,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="3E729D5E" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0E7429" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="0E0E7429" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_16"/>
                 <w:tag w:val="L_BW_Fmt_16"/>
                 <w:id w:val="376446476"/>
                 <w:placeholder>
                   <w:docPart w:val="78271971E0E34025B1E32D20F01FF002"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -16505,51 +16633,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="17E81861" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E0BF28B" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="4E0BF28B" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_17"/>
                 <w:tag w:val="L_BW_Fmt_17"/>
                 <w:id w:val="-1631699046"/>
                 <w:placeholder>
                   <w:docPart w:val="A62C286EC8E54EFAAA24DF00EA521559"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -16739,51 +16867,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="4E646D67" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFBF58A" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="3DFBF58A" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_18"/>
                 <w:tag w:val="L_BW_Fmt_18"/>
                 <w:id w:val="860708203"/>
                 <w:placeholder>
                   <w:docPart w:val="39C79B0323594DE69355645BA452A543"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -16973,51 +17101,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="144F0772" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC5FA28" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="7DC5FA28" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_19"/>
                 <w:tag w:val="L_BW_Fmt_19"/>
                 <w:id w:val="1782923795"/>
                 <w:placeholder>
                   <w:docPart w:val="D9916A8B072F4273AAFDECF796E7663B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -17207,51 +17335,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="3FECD832" w14:textId="77777777" w:rsidTr="00B750D1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36DD5D2F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="36DD5D2F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_BW_Fmt_20"/>
                 <w:tag w:val="L_BW_Fmt_20"/>
                 <w:id w:val="58224268"/>
                 <w:placeholder>
                   <w:docPart w:val="51518666F9654DDA94ED53C74D4C70AE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -18351,51 +18479,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="1E9629D7" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EAA31A5" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="4EAA31A5" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_1"/>
                 <w:tag w:val="L_GestWeek_Fmt_1"/>
                 <w:id w:val="1523893311"/>
                 <w:placeholder>
                   <w:docPart w:val="EE4842AF3F734172BC90FE9A5C93210C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -18587,51 +18715,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="54CE2786" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01CFEBEF" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="01CFEBEF" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_2"/>
                 <w:tag w:val="L_GestWeek_Fmt_2"/>
                 <w:id w:val="-53930553"/>
                 <w:placeholder>
                   <w:docPart w:val="640E83C672EF490194525617B8BD55B0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -18821,51 +18949,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="411617D8" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03CF1554" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="03CF1554" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_3"/>
                 <w:tag w:val="L_GestWeek_Fmt_3"/>
                 <w:id w:val="1186095534"/>
                 <w:placeholder>
                   <w:docPart w:val="290CE2E5B664470BAE5132AF6A599D09"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19055,51 +19183,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="36DF7CA0" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="079D8A9F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="079D8A9F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_4"/>
                 <w:tag w:val="L_GestWeek_Fmt_4"/>
                 <w:id w:val="1015353510"/>
                 <w:placeholder>
                   <w:docPart w:val="4C94BF6B7E1B4A6B834EC91717AF6263"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19289,51 +19417,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="65B848CF" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36BCC464" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="36BCC464" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_5"/>
                 <w:tag w:val="L_GestWeek_Fmt_5"/>
                 <w:id w:val="341044713"/>
                 <w:placeholder>
                   <w:docPart w:val="4C8A51E83F624264A8D7F574AF191A42"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19523,51 +19651,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="39076037" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69CE078F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="69CE078F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_6"/>
                 <w:tag w:val="L_GestWeek_Fmt_6"/>
                 <w:id w:val="-1643420251"/>
                 <w:placeholder>
                   <w:docPart w:val="AC448D8296C54D0992EA7643248042D5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19757,51 +19885,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="4BC2A1B5" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B02F784" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="6B02F784" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_7"/>
                 <w:tag w:val="L_GestWeek_Fmt_7"/>
                 <w:id w:val="-1727071384"/>
                 <w:placeholder>
                   <w:docPart w:val="0393CBFB533049B79C78A472EDB7A97A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -19991,51 +20119,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="01D6F920" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04C27553" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="04C27553" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_8"/>
                 <w:tag w:val="L_GestWeek_Fmt_8"/>
                 <w:id w:val="1816907212"/>
                 <w:placeholder>
                   <w:docPart w:val="E6438F9079F940CA83F78BB9BEABAF3B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -20225,51 +20353,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="6BE4CC8D" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1FFB85" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="2F1FFB85" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_9"/>
                 <w:tag w:val="L_GestWeek_Fmt_9"/>
                 <w:id w:val="-194858887"/>
                 <w:placeholder>
                   <w:docPart w:val="48C828DFCB4F4487B70B68EE2BA63C5A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -20459,51 +20587,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="07C3005B" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="438833C2" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="438833C2" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_10"/>
                 <w:tag w:val="L_GestWeek_Fmt_10"/>
                 <w:id w:val="-1916238706"/>
                 <w:placeholder>
                   <w:docPart w:val="6E6DAB13D07A425C8C828C7EF1DD6A09"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -20693,51 +20821,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="3DD537BA" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF1697D" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="5EF1697D" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_11"/>
                 <w:tag w:val="L_GestWeek_Fmt_11"/>
                 <w:id w:val="2098674159"/>
                 <w:placeholder>
                   <w:docPart w:val="C69F1986D47C40F4BC3DBF8D5FDE96BA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -20927,51 +21055,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="0EB021EF" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37C7ABA5" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="37C7ABA5" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_12"/>
                 <w:tag w:val="L_GestWeek_Fmt_12"/>
                 <w:id w:val="1607547520"/>
                 <w:placeholder>
                   <w:docPart w:val="524B93DC24CA483699130A89592B9BA3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21161,51 +21289,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="39D88744" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16128041" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="16128041" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_13"/>
                 <w:tag w:val="L_GestWeek_Fmt_13"/>
                 <w:id w:val="393711174"/>
                 <w:placeholder>
                   <w:docPart w:val="3FE711EB9D2148108464D2BB94813A14"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21395,51 +21523,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="400016CD" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42CA1265" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="42CA1265" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_14"/>
                 <w:tag w:val="L_GestWeek_Fmt_14"/>
                 <w:id w:val="2060045915"/>
                 <w:placeholder>
                   <w:docPart w:val="417A05629C614D07987034F2137CD182"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21629,51 +21757,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="69177809" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E777CAE" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="5E777CAE" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_15"/>
                 <w:tag w:val="L_GestWeek_Fmt_15"/>
                 <w:id w:val="-400594716"/>
                 <w:placeholder>
                   <w:docPart w:val="B16E8790450C49F18202924CEDF3B413"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -21863,51 +21991,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="253CBA31" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4464E555" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="4464E555" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_16"/>
                 <w:tag w:val="L_GestWeek_Fmt_16"/>
                 <w:id w:val="333267234"/>
                 <w:placeholder>
                   <w:docPart w:val="7BA8AE72055A47C38C981DAAECF523B5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22097,51 +22225,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="40F1BD28" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25BFB794" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="25BFB794" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_17"/>
                 <w:tag w:val="L_GestWeek_Fmt_17"/>
                 <w:id w:val="-454953348"/>
                 <w:placeholder>
                   <w:docPart w:val="36C6E9C3AABA4D57BE8E86466EA2F2EF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22331,51 +22459,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="012F153E" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14F2912F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="14F2912F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_18"/>
                 <w:tag w:val="L_GestWeek_Fmt_18"/>
                 <w:id w:val="-48849894"/>
                 <w:placeholder>
                   <w:docPart w:val="FA08469E61274655AA0DA6AE30F2FA66"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22565,51 +22693,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="2DE5B023" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="064EA91E" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="064EA91E" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_19"/>
                 <w:tag w:val="L_GestWeek_Fmt_19"/>
                 <w:id w:val="-718120816"/>
                 <w:placeholder>
                   <w:docPart w:val="15FD1BC29CA14FCFB12AD1E9295B011F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -22799,51 +22927,51 @@
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B750D1" w:rsidRPr="004B056D" w14:paraId="1CC0447F" w14:textId="77777777" w:rsidTr="00C34391">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA2F61F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="0060237F" w:rsidP="00C34391">
+          <w:p w14:paraId="5FA2F61F" w14:textId="77777777" w:rsidR="00B750D1" w:rsidRPr="00AB23BA" w:rsidRDefault="007055D5" w:rsidP="00C34391">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_GestWeek_Fmt_20"/>
                 <w:tag w:val="L_GestWeek_Fmt_20"/>
                 <w:id w:val="1344360833"/>
                 <w:placeholder>
                   <w:docPart w:val="017ACF64229E4F3B92FF73232F73A43C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
@@ -23612,76 +23740,76 @@
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E204BF" w14:textId="77777777" w:rsidR="001867BE" w:rsidRDefault="001867BE" w:rsidP="00B750D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:sectPr w:rsidR="001867BE" w:rsidSect="00C43B1C">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="851" w:footer="716" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="linesAndChars" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40DD1B4F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00B750D1">
+    <w:p w14:paraId="40DD1B4F" w14:textId="4873D244" w:rsidR="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="00B750D1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58146D72" wp14:editId="22B79272">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649024" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58146D72" wp14:editId="7A3BE117">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>17780</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>332105</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2590800" cy="295275"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Text Box 7"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2590800" cy="295275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -23744,51 +23872,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="58146D72" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:1.4pt;margin-top:26.15pt;width:204pt;height:23.25pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2uMPsJAIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L3YDZGuDOMXWorsM&#10;67B2D6DoJxYmi5qkxM6efpTkOEl36jAfZIs/H8mPpFe3Q2fIXvqgwTb0alZTIi0Hoe22oT+eH95d&#10;UxIis4IZsLKhBxno7frtm1XvlnIOLRghPUEQG5a9a2gbo1tWVeCt7FiYgZMWlQp8xyJe/bYSnvWI&#10;3plqXtfvqx68cB64DAGl90VJ1xlfKcnjo1JBRmIairnFfPp8btJZrVdsufXMtZqPabB/yKJj2mLQ&#10;CeqeRUZ2Xv8F1WnuIYCKMw5dBUppLnMNWM1V/aKap5Y5mWtBcoKbaAr/D5Z/3T+5b57E4RMM2MBE&#10;SO/CMqAw1TMo36U3ZkpQjxQeJtrkEAlH4XxxU1/XqOKom98s5h8WCaY6eTsf4mcJHUkfDfXYlswW&#10;238JsZgeTVKwAEaLB21MvqRRkHfGkz3DJpqYc0TwCytjSd9QjL3ANDonGhrsNse4MMtzdQmWY7RM&#10;yIK/qPEZ05+sczFnQBjdWBSemMpf8WBkgjP2u1REi0xYqcFvN6mEMnm4GsjWcf4yGDokQ4VFv9J3&#10;dEneMg/8K/0npxwfbJz8O23BFw4veyB+Hnugiv2RikJA4iIOmwEZOJuoDYgDDhr+K+IjHsoANowb&#10;7Shpwf9+KetxJ7GJv3bMS0p8NHdQVphZjvboGktuFj7uIiid5yiFLoHGlHBtcvPGFU97eX7PVqcf&#10;0foPAAAA//8DAFBLAwQUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEzO&#10;wU6DQBAG4LuJ77AZE292gRZDkaExJjYx8dJq7HVhRyCys4RdCn1715M9zvyTf75it5henGl0nWWE&#10;eBWBIK6t7rhB+Px4fchAOK9Yq94yIVzIwa68vSlUru3MBzoffSNCCbtcIbTeD7mUrm7JKLeyA3HI&#10;vu1olA/j2Eg9qjmUm14mUfQojeo4fGjVQC8t1T/HySBUsUvXp7fL5j3+mpb9fGj26Tgj3t8tz08g&#10;PC3+/xj++IEOZTBVdmLtRI+QBLhHSJM1iBBv4igsKoRtloEsC3ntL38BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAdrjD7CQCAADQBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:1.4pt;margin-top:26.15pt;width:204pt;height:23.25pt;z-index:251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2uMPsJAIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L3YDZGuDOMXWorsM&#10;67B2D6DoJxYmi5qkxM6efpTkOEl36jAfZIs/H8mPpFe3Q2fIXvqgwTb0alZTIi0Hoe22oT+eH95d&#10;UxIis4IZsLKhBxno7frtm1XvlnIOLRghPUEQG5a9a2gbo1tWVeCt7FiYgZMWlQp8xyJe/bYSnvWI&#10;3plqXtfvqx68cB64DAGl90VJ1xlfKcnjo1JBRmIairnFfPp8btJZrVdsufXMtZqPabB/yKJj2mLQ&#10;CeqeRUZ2Xv8F1WnuIYCKMw5dBUppLnMNWM1V/aKap5Y5mWtBcoKbaAr/D5Z/3T+5b57E4RMM2MBE&#10;SO/CMqAw1TMo36U3ZkpQjxQeJtrkEAlH4XxxU1/XqOKom98s5h8WCaY6eTsf4mcJHUkfDfXYlswW&#10;238JsZgeTVKwAEaLB21MvqRRkHfGkz3DJpqYc0TwCytjSd9QjL3ANDonGhrsNse4MMtzdQmWY7RM&#10;yIK/qPEZ05+sczFnQBjdWBSemMpf8WBkgjP2u1REi0xYqcFvN6mEMnm4GsjWcf4yGDokQ4VFv9J3&#10;dEneMg/8K/0npxwfbJz8O23BFw4veyB+Hnugiv2RikJA4iIOmwEZOJuoDYgDDhr+K+IjHsoANowb&#10;7Shpwf9+KetxJ7GJv3bMS0p8NHdQVphZjvboGktuFj7uIiid5yiFLoHGlHBtcvPGFU97eX7PVqcf&#10;0foPAAAA//8DAFBLAwQUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEzO&#10;wU6DQBAG4LuJ77AZE292gRZDkaExJjYx8dJq7HVhRyCys4RdCn1715M9zvyTf75it5henGl0nWWE&#10;eBWBIK6t7rhB+Px4fchAOK9Yq94yIVzIwa68vSlUru3MBzoffSNCCbtcIbTeD7mUrm7JKLeyA3HI&#10;vu1olA/j2Eg9qjmUm14mUfQojeo4fGjVQC8t1T/HySBUsUvXp7fL5j3+mpb9fGj26Tgj3t8tz08g&#10;PC3+/xj++IEOZTBVdmLtRI+QBLhHSJM1iBBv4igsKoRtloEsC3ntL38BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAdrjD7CQCAADQBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="09AED883" w14:textId="77777777" w:rsidR="00E97970" w:rsidRPr="00DD7C51" w:rsidRDefault="00E97970" w:rsidP="00DD7C51">
                       <w:pPr>
                         <w:pStyle w:val="BalloonText"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DD7C51">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="0000FF"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Classification variable(s</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00DD7C51">
                         <w:rPr>
@@ -23798,51 +23926,51 @@
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7779E5B2" wp14:editId="1A6DC60B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650048" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7779E5B2" wp14:editId="7F9FE1AD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1236980</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>631825</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="233680"/>
                 <wp:effectExtent l="95250" t="0" r="57150" b="52070"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="直線單箭頭接點 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="233680"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -23856,2424 +23984,2109 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="65C04E27" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="35E01CA4" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="直線單箭頭接點 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:97.4pt;margin-top:49.75pt;width:0;height:18.4pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjg9wdAwIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uOEzEQ3SNxB8t70klGRKMonVlkCBsE&#10;EZ8DOG6725J/Kpt0cgmWLEBCbFjOrJBYcB6I5haU3Z0efkIC0Ytql12vqt5zeXGxN5rsBATlbEkn&#10;ozElwnJXKVuX9MXz9b1zSkJktmLaWVHSgwj0Ynn3zqL1czF1jdOVAIJJbJi3vqRNjH5eFIE3wrAw&#10;cl5YPJQODIvoQl1UwFrMbnQxHY9nReug8uC4CAF3L7tDusz5pRQ8PpEyiEh0SbG3mC1ku022WC7Y&#10;vAbmG8X7Ntg/dGGYslh0SHXJIiMvQf2SyigOLjgZR9yZwkmpuMgckM1k/BObZw3zInNBcYIfZAr/&#10;Ly1/vNsAUVVJZ5RYZvCKjm8/Hj+9+fL6+nh9dfP+6uurDzef35H7SarWhzkiVnYDvRf8BhLvvQST&#10;/siI7LO8h0FesY+Ed5scd6dnZ7PzrHxxi/MQ4kPhDEmLkoYITNVNXDlr8Q4dTLK6bPcoRKyMwBMg&#10;FdU22eC0qtZK6+xAvV1pIDuWLh6/9ToRQOAPYZEp/cBWJB48MmcAru3DUs4i8e0Y5lU8aNHVeyok&#10;ioacur7yuIqhHuNc2DgZMmF0gknsbQCOM6E/Avv4BBV5lP8GPCByZWfjADbKOvhd9bg/tSy7+JMC&#10;He8kwdZVh3z3WRqcySxp/37S0H/vZ/jtK19+AwAA//8DAFBLAwQUAAYACAAAACEAf1sVa+AAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXBBLoTDR0nQaaEho4kKLxDVrTNvR&#10;OFGTbYVfj8cFbn720/P3isVkB7HHMfSOFFzNEhBIjTM9tQre6qfLOxAhajJ6cIQKvjDAojw9KXRu&#10;3IFecV/FVnAIhVwr6GL0uZSh6dDqMHMeiW8fbrQ6shxbaUZ94HA7yOskmUure+IPnfb42GHzWe2s&#10;Al+/LB/efboavi+efRXW26xebZU6P5uW9yAiTvHPDEd8RoeSmTZuRyaIgXV2w+hRQZbdgjgafhcb&#10;HtJ5CrIs5P8K5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY4PcHQMCAAAtBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAf1sVa+AAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAABdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" strokecolor="blue">
+              <v:shape id="直線單箭頭接點 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:97.4pt;margin-top:49.75pt;width:0;height:18.4pt;z-index:251650048;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGCG3zywEAAPsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RdabWqmu5Dl/KC&#10;YMXlA1zHTizZHmtsmuTvGTttCgtCApGHiS9zZuacGe8eR2fZWWE04Bu+XtWcKS+hNb5r+NcvxzcP&#10;nMUkfCsseNXwSUX+uH/9ajeErdpAD7ZVyCiIj9shNLxPKWyrKspeORFXEJSnSw3oRKItdlWLYqDo&#10;zlabur6vBsA2IEgVI50+zZd8X+JrrWT6qHVUidmGU22pWCz2lG2134lthyL0Rl7KEP9QhRPGU9Il&#10;1JNIgn1D80soZyRCBJ1WElwFWhupCgdis65fsPnci6AKFxInhkWm+P/Cyg/ng39GkmEIcRvDM2YW&#10;o0aX/1QfG4tY0yKWGhOT86Gk083d3f1D0bG64QLG9E6BY3nR8JhQmK5PB/CeOgK4LlqJ8/uYKDMB&#10;r4Cc1PpsI1jTHo21ZYPd6WCRnUVuI33HY+4cAX9yS8LYt75laQo0agIRhotbjlndGJZVmqya831S&#10;mpmWOM11leFTSz4hpfJpvUQi7wzTVNsCrAuhPwIv/hmqymD+DXhBlMzg0wJ2xgP+LnsaryXr2f+q&#10;wMw7S3CCdiq9L9LQhBVJL68hj/CP+wK/vdn9dwAAAP//AwBQSwMEFAAGAAgAAAAhAH9bFWvgAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS6Ew0dJ0GmhIaOJCi8Q1a0zb&#10;0ThRk22FX4/HBW5+9tPz94rFZAexxzH0jhRczRIQSI0zPbUK3uqnyzsQIWoyenCECr4wwKI8PSl0&#10;btyBXnFfxVZwCIVcK+hi9LmUoenQ6jBzHolvH260OrIcW2lGfeBwO8jrJJlLq3viD532+Nhh81nt&#10;rAJfvywf3n26Gr4vnn0V1tusXm2VOj+blvcgIk7xzwxHfEaHkpk2bkcmiIF1dsPoUUGW3YI4Gn4X&#10;Gx7SeQqyLOT/CuUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYIbfPLAQAA+wMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH9bFWvgAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="blue">
                 <v:stroke endarrow="open"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>Illustration of Data Output:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6D6C5A" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="003D1017">
+    <w:p w14:paraId="7D6D6C5A" w14:textId="631514A0" w:rsidR="00DD7C51" w:rsidRDefault="00DD7C51" w:rsidP="003D1017">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="315"/>
         <w:tblW w:w="11946" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1500"/>
         <w:gridCol w:w="1363"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1003"/>
       </w:tblGrid>
       <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="7CE72806" w14:textId="77777777" w:rsidTr="001867BE">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69E2C3E9" w14:textId="77777777" w:rsidR="001867BE" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="69E2C3E9" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Date of </w:t>
+              <w:t>Date of birth</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:bCs/>
+          </w:p>
+          <w:p w14:paraId="3B82AE5E" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>birth</w:t>
-[...11 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>of baby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F681522" w14:textId="77777777" w:rsidR="001867BE" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="1F681522" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Maternal a</w:t>
+              <w:t xml:space="preserve">Maternal age </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          </w:p>
+          <w:p w14:paraId="76FF69AD" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ge</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...37 lines deleted...]
-              <w:t>delivery</w:t>
+              <w:t>at delivery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F86181F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
+          <w:p w14:paraId="3F86181F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Gender</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> of baby</w:t>
+              <w:t>Gender of baby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="165823EC" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
+          <w:p w14:paraId="165823EC" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>District of residence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E66D339" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
+          <w:p w14:paraId="4E66D339" w14:textId="2124090A" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pay status of mother</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59C21E47" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
+          <w:p w14:paraId="59C21E47" w14:textId="4BBFCFEE" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Birth weight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07106B34" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
+          <w:p w14:paraId="07106B34" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00DD7C51">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gestation week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BED6277" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="00C9377A" w:rsidP="00C9377A">
+          <w:p w14:paraId="1BED6277" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="00C9377A" w:rsidP="00C9377A">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">No. of </w:t>
             </w:r>
-            <w:r w:rsidR="00A508B5" w:rsidRPr="00A508B5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A508B5" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">singleton </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">live </w:t>
             </w:r>
-            <w:r w:rsidR="00A508B5" w:rsidRPr="00A508B5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00A508B5" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>births</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="772221BB" w14:textId="77777777" w:rsidTr="001867BE">
+      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="772221BB" w14:textId="77777777" w:rsidTr="00A54AB2">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AF7623E" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
+          <w:p w14:paraId="4AF7623E" w14:textId="3749E958" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>201</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00D376D3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0009338D" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>7</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F80CC4D" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="0F80CC4D" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B2A6F67" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="5B2A6F67" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06009C90" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="06009C90" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6082E121" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="6082E121" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18039E42" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="18039E42" w14:textId="5563E566" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="00A54AB2" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74644D26" wp14:editId="7785F962">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>942975</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-15240</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1247775" cy="1076325"/>
+                      <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="16" name="Rounded Rectangle 16"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1247775" cy="1076325"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="roundRect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln>
+                                <a:solidFill>
+                                  <a:srgbClr val="00B050"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="accent1">
+                                  <a:shade val="50000"/>
+                                </a:schemeClr>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="lt1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:roundrect w14:anchorId="15ADB0F1" id="Rounded Rectangle 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:74.25pt;margin-top:-1.2pt;width:98.25pt;height:84.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6jRWS+wEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7azpRmMOAXWorsM&#10;a9FuH6DIVCxAFgVJjZN9/SjZdYp26KFYDopIkY98j5I3l8fesAP4oNE2vFqUnIGV2Gq7b/jvXzef&#10;vnIWorCtMGih4ScI/HL78cNmcDUssUPTgmcEYkM9uIZ3Mbq6KILsoBdhgQ4sHSr0vYhk+n3RejEQ&#10;em+KZVleFAP61nmUEAJ5r8dDvs34SoGMt0oFiMw0nHqLefV53aW12G5EvffCdVpObYh3dNELbano&#10;DHUtomCPXr+C6rX0GFDFhcS+QKW0hMyB2FTlCzYPnXCQuZA4wc0yhf8HK38eHtydJxkGF+pA28Ti&#10;qHyf/qk/dsxinWax4BiZJGe1/LJer1ecSTqryvXF5+UqyVmc050P8Ttgz9Km4R4fbXtPI8lKicOP&#10;EMf4p7hU0uKNNiaPxdjkCGh0m3zZ8PvdlfHsINI8y2/lKo+Qaj4LIyulFmdGeRdPBhKGsfegmG6J&#10;wzJ3ki8bzLBCSrCxGo860cJYbVXSbyI4Z2S6GTAhK+pyxp4A0kV+jT3ynuJTKuS7OieXbzU2Js8Z&#10;uTLaOCf32qL/F4AhVlPlMf5JpFGapNIO29Md6Qs+3tKiDA4Nl0Y7zjr0f176fDRXOD4tYSVFNDzm&#10;EgmLrmzWZ3pe6U08t3Px80dg+xcAAP//AwBQSwMEFAAGAAgAAAAhAFuMH2reAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5grd2k5rGErMpIip40yqCt032NRuafRuy2zT+e19P&#10;9TjMMPNNuZ1dLyYcQ+dJQbpMQCA13nTUKvj6fFlsQISoyejeEyr4xQDb6vqq1IXxJ/rAaRdbwSUU&#10;Cq3AxjgUUobGotNh6Qck9vZ+dDqyHFtpRn3ictfLVZLk0umOeMHqAZ8sNofd0SmIeGj75/e3IQ31&#10;fnr98c6G/Fup25v58QFExDlewnDGZ3SomKn2RzJB9KyzzZqjCharDAQH7rI1n6vZye9TkFUp/1+o&#10;/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6jRWS+wEAAEwEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBbjB9q3gAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAFUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="001867BE" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DDB19B3" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="5DDB19B3" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3975CC0F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="00E32593" w:rsidP="001867BE">
+          <w:p w14:paraId="3975CC0F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="00E32593" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001867BE" w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidR="001867BE" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="78BE12BB" w14:textId="77777777" w:rsidTr="001867BE">
+      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="78BE12BB" w14:textId="77777777" w:rsidTr="00A54AB2">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7374EB4E" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
+          <w:p w14:paraId="7374EB4E" w14:textId="7BC00D70" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>201</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00D376D3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0009338D" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>7</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67741096" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="67741096" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AAD3111" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="6AAD3111" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11404C92" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="11404C92" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AC62606" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="6AC62606" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EAD9BBB" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="4EAD9BBB" w14:textId="4F09E806" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&gt;5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="753C2FF8" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="753C2FF8" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21093189" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="21093189" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="295C59BC" w14:textId="77777777" w:rsidTr="001867BE">
+      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="295C59BC" w14:textId="77777777" w:rsidTr="00A54AB2">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EE19874" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
+          <w:p w14:paraId="2EE19874" w14:textId="5F2A8C3E" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>201</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00D376D3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0009338D" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>7</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FA2722F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="1FA2722F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="360338F6" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="360338F6" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34ACFE93" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="34ACFE93" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BAF12A2" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="6BAF12A2" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="366ACAC3" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="366ACAC3" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39F162B2" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="39F162B2" w14:textId="1E312920" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&gt;38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C6427EB" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="00E32593" w:rsidP="001867BE">
+          <w:p w14:paraId="7C6427EB" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="00E32593" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="001867BE" w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidR="001867BE" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="315F644E" w14:textId="77777777" w:rsidTr="001867BE">
+      <w:tr w:rsidR="001867BE" w:rsidRPr="00DD7C51" w14:paraId="315F644E" w14:textId="77777777" w:rsidTr="00A54AB2">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56EB4269" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
+          <w:p w14:paraId="56EB4269" w14:textId="3CAA5322" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="00D376D3">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>201</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00D376D3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="0009338D" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>7</w:t>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>XX</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A5F8A11" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="1A5F8A11" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E40726F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="5E40726F" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6972F85E" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="6972F85E" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AAF2B80" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="7AAF2B80" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D24C948" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="2D24C948" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&gt;5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="774AABB1" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="001867BE" w:rsidP="001867BE">
+          <w:p w14:paraId="774AABB1" w14:textId="01E2F634" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="001867BE" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&gt;38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06A98BA8" w14:textId="77777777" w:rsidR="001867BE" w:rsidRPr="00DD7C51" w:rsidRDefault="00E32593" w:rsidP="001867BE">
+          <w:p w14:paraId="06A98BA8" w14:textId="5928C235" w:rsidR="001867BE" w:rsidRPr="009F17BC" w:rsidRDefault="00E32593" w:rsidP="001867BE">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001867BE" w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidR="001867BE" w:rsidRPr="009F17BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3397C79F" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRDefault="00CB088D" w:rsidP="003D1017">
+    <w:p w14:paraId="3397C79F" w14:textId="3969AB51" w:rsidR="00DD7C51" w:rsidRDefault="007055D5" w:rsidP="003D1017">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...216 lines deleted...]
-          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wpg">
+          <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251721728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B1CCA59" wp14:editId="2A8B9A2C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69D2A9B0" wp14:editId="61155818">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>4523105</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>189230</wp:posOffset>
+                  <wp:posOffset>160655</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2381250" cy="1943100"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:extent cx="6810375" cy="409575"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
-                <wp:docPr id="9" name="Group 9"/>
+                <wp:docPr id="14" name="Rounded Rectangle 11"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
-[...2 lines deleted...]
-                      <wpg:grpSpPr>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2381250" cy="1943100"/>
-[...1 lines deleted...]
-                          <a:chExt cx="2495550" cy="1806575"/>
+                          <a:ext cx="6810375" cy="409575"/>
                         </a:xfrm>
-                      </wpg:grpSpPr>
-[...46 lines deleted...]
-                          </a:prstGeom>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
                           <a:solidFill>
-                            <a:schemeClr val="lt1"/>
+                            <a:srgbClr val="0000FF"/>
                           </a:solidFill>
-                          <a:ln w="9525" cmpd="sng">
-[...122 lines deleted...]
-                    </wpg:wgp>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                    </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4B1CCA59" id="Group 9" o:spid="_x0000_s1031" style="position:absolute;margin-left:356.15pt;margin-top:14.9pt;width:187.5pt;height:153pt;z-index:251721728;mso-width-relative:margin;mso-height-relative:margin" coordsize="24955,18065" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhvZX0YgQAAMkPAAAOAAAAZHJzL2Uyb0RvYy54bWzsV0tv4zYQvhfofyB0byzZll+Is8hmm6BA&#10;sBskKfZMU5QtVCJVko6d/fWdGYryI07sps/D+iBL5HBm+PGbB88/rKuSPUljC62mUXIWR0wqobNC&#10;zafRr4/XP40iZh1XGS+1ktPoWdrow8WPP5yv6ons6oUuM2kYKFF2sqqn0cK5etLpWLGQFbdnupYK&#10;JnNtKu7g08w7meEr0F6VnW4cDzorbbLaaCGthdFPfjK6IP15LoX7kudWOlZOI/DN0dPQc4bPzsU5&#10;n8wNrxeFaNzg7/Ci4oUCo62qT9xxtjTFC1VVIYy2OndnQlcdneeFkLQH2E0S7+3mxuhlTXuZT1bz&#10;uoUJoN3D6d1qxeenG1M/1HcGkFjVc8CCvnAv69xU+A9esjVB9txCJteOCRjs9kZJNwVkBcwl434v&#10;iRtQxQKQf7FOLH4OK/vjNG1XjuJBOkzxODrBcGfHnVUNBLEbDOxfw+BhwWtJ0NoJYHBnWJHBBpKI&#10;KV4BT+/1UmUyY/fAIK7mpWQwRxCRfAuYnVjA7lS0xkm/D/h4sJJR3B/sbplPamPdjdQVw5dpBARQ&#10;GfpA5OJPt9Z5iIIcWlb6uihLGOeTUuHT6rLIcIw+zHx2VRr2xDEE4o8xYO51bIkB6LgUIA8bojf3&#10;XEqv9l7mgBAeOHlC8SlbtVwIqVzipxY8k95aGsMvGMOIxhV0wqUChag5By9b3Y2CIOmVBN3e50Ye&#10;l0oK73Zx/JZjfnG7gixr5drFVaG0OaSghF01lr18AMlDgyjNdPYM/IEk6L7AIy/1ahqJsqgjttDm&#10;2/6YceWV9tmIKwES08iRiYbhGIb/BtXTQPVHjOWPes0SIiNah4hAhjO3hnEIC/QPx1/hen84oByA&#10;KQDeez6Q4YSaUE/66SBOwSAmiV4vhsTdgBpSTKBzoP0Rxm8xF9i+y5fNie1IlYrBsYzTLrpR1RDs&#10;Vs39ie9Ey0tlSBZ7Cqm37J0eT4G2TZT60gQJHrJEKFCk7FC8nLb2eMi8bfsdUZP9djRq3Hq2ppzb&#10;C+T6k3G0gqINh/j7khsZsQNRJZz5L+JqEOLqQAkZhL02AfZ2WIVqAUFDvAXprZhKR0nSls9kGI/7&#10;x4Lqey35Xkv+mbZp2HK+mC+gmBguoGEaHmc7Mxq6nBSaIuwUkN9Ns5nEkKmTXsSoYoySHinb0L8L&#10;JYdSOcxDOYmx/vg6/VpJQc/IMTLzSivlq0R3hL0o5f2d2vD3dlIndDuH26SQ9puG6v/QJrn10YTf&#10;pHc6cChuthbXBfS4t9y6O27g0gWDuz2Ubrqp/T5qM47ycA+ALitiu/Wg/EUB1SmDwq2PPvrpsAs2&#10;zPbMbHtGLSvqzOASAN7RK8pv+rXc6Oor3Dcv0SpMhf4NK03zceV8BYcbq5CXlyQGN72au1v1UAvs&#10;pZBX2O88rr9yUzcdj4Ne6bMOtxI+2eOnl8WVSl8unc4LugdgT+ZxbdpSuCHRG90XqdNu7rZ4Id3+&#10;JqnNDfziDwAAAP//AwBQSwMEFAAGAAgAAAAhAE6xmRbhAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01rwkAQhu+F/odlCr3VzQfWGDMRkbYnKVQLpbc1GZNgdjdk1yT++46nepyZh3eeN1tPuhUD&#10;9a6xBiGcBSDIFLZsTIXwfXh/SUA4r0ypWmsI4UoO1vnjQ6bS0o7mi4a9rwSHGJcqhNr7LpXSFTVp&#10;5Wa2I8O3k+218jz2lSx7NXK4bmUUBK9Sq8bwh1p1tK2pOO8vGuFjVOMmDt+G3fm0vf4e5p8/u5AQ&#10;n5+mzQqEp8n/w3DTZ3XI2eloL6Z0okVYhFHMKEK05Ao3IEgWvDkixPE8AZln8r5D/gcAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBhvZX0YgQAAMkPAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBOsZkW4QAAAAsBAAAPAAAAAAAAAAAAAAAAALwGAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAygcAAAAA&#10;">
-[...51 lines deleted...]
-              </v:group>
+              <v:roundrect w14:anchorId="790FCB97" id="Rounded Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:12.65pt;width:536.25pt;height:32.25pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0vDvD+wEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc6127dZquvM4hkXup&#10;mihJfwBmBy8SyyAgXru/vgP74SiteqjqA4Zh5r15D9jNzakz7Ag+aLQ1Xy5KzsBKbLQ91PzH8+7D&#10;NWchCtsIgxZqfobAb7bv3216V8EKWzQNeEYgNlS9q3kbo6uKIsgWOhEW6MDSpkLfiUhLfygaL3pC&#10;70yxKsurokffOI8SQqDo3bDJtxlfKZDxXqkAkZmaU28xjz6P+zQW242oDl64VsuxDfEPXXRCWyKd&#10;oe5EFOzF69+gOi09BlRxIbErUCktIWsgNcvyjZqnVjjIWsic4Gabwv+Dld+PT+7Bkw29C1WgaVJx&#10;Ur5L/9QfO2WzzrNZcIpMUvDqell+/LzmTNLep/LLmuYEU1yqnQ/xK2DH0qTmHl9s80gnko0Sx28h&#10;DvlTXmK0uNPG5FMxNgUCGt2kWF74w/7WeHYU6Tjpt9uNnK/SqINUWlwE5Vk8G0gYxj6CYrohCavc&#10;Sb5rMMMKKcHG5bDVigYGtnWim8jS7UwVWW4GTMiKupyxR4ApcwCZsAfdY34qhXxV5+Lyb40NxXNF&#10;ZkYb5+JOW/R/AjCkamQe8ieTBmuSS3tszg/kL/h4T4My2NdcGu04a9H/fBvz0dzi8LKElZRR85gp&#10;Ehbd2OzP+LrSk3i9zuSXb8D2FwAAAP//AwBQSwMEFAAGAAgAAAAhABYOi0PfAAAABwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5ghexu6ZE05iXokJFKCiNvXjbZl+TYPZtyG7b+O/d&#10;nvQ4zDDzTbGcbC+ONPrOMcLdTIEgrp3puEHYfq5uMxA+aDa6d0wIP+RhWV5eFDo37sQbOlahEbGE&#10;fa4R2hCGXEpft2S1n7mBOHp7N1odohwbaUZ9iuW2l4lS99LqjuNCqwd6aan+rg4WYXjbbmr1/vG1&#10;eq2f0/nNokr26wrx+mp6egQRaAp/YTjjR3QoI9POHdh40SPEIwEhSecgzq56SFIQO4RskYEsC/mf&#10;v/wFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9Lw7w/sBAABLBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAFg6LQ98AAAAHAQAADwAAAAAAAAAA&#10;AAAAAABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="blue" strokeweight="2pt">
+                <w10:wrap anchorx="margin"/>
+              </v:roundrect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="009F17BC">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47EBEF19" wp14:editId="1ED8AFA8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6885305</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>160655</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="752475" cy="1514475"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="圓角矩形 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="752475" cy="1514475"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="539690E1" id="圓角矩形 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:542.15pt;margin-top:12.65pt;width:59.25pt;height:119.25pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBOdUf+AEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2yAQvVfqPyDuje1o062sOHvYVXqp&#10;uqvd7gcQPMRImEHAxkm/vgN2nGhb9VA1BwLDzHvzHuD13bE37AA+aLQNrxYlZ2AlttruG/76Y/vp&#10;C2chCtsKgxYafoLA7zYfP6wHV8MSOzQteEYgNtSDa3gXo6uLIsgOehEW6MDSpkLfi0hLvy9aLwZC&#10;702xLMvPxYC+dR4lhEDRh3GTbzK+UiDjo1IBIjMNp95iHn0ed2ksNmtR771wnZZTG+IfuuiFtkQ6&#10;Qz2IKNib179B9Vp6DKjiQmJfoFJaQtZAaqrynZqXTjjIWsic4Gabwv+Dld8PL+7Jkw2DC3WgaVJx&#10;VL5P/9QfO2azTrNZcIxMUvB2tby5XXEmaataVTdpQTDFpdr5EL8C9ixNGu7xzbbPdCLZKHH4FuKY&#10;f85LjBa32ph8KsamQECj2xTLC7/f3RvPDoKOc7st6TdxXqVRB6m0uAjKs3gykDCMfQbFdEsSlrmT&#10;fNdghhVSgo3VuNWJFka21TVZup2pIsvNgAlZUZcz9gRwzhxBztij7ik/lUK+qnNx+bfGxuK5IjOj&#10;jXNxry36PwEYUjUxj/lnk0Zrkks7bE9P5C/4+EiDMjg0XBrtOOvQ/3wf89Hc4/iyhJWU0fCYKRIW&#10;3djsz/S60pO4Xmfyyzdg8wsAAP//AwBQSwMEFAAGAAgAAAAhAG7T70LhAAAADAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTQohCnEqFFFxQBwI/QA3dpO09jqKnTbl69me6Gk1&#10;u6PZN8VqdpYdzRh6jxIeFwKYwcbrHlsJm5/1QwYsRIVaWY9GwtkEWJW3N4XKtT/htznWsWUUgiFX&#10;EroYh5zz0HTGqbDwg0G67fzoVCQ5tlyP6kThzvJEiJQ71SN96NRgqs40h3pyEnYbu69+zx+pmKqv&#10;975a15/pSyXl/d389gosmjn+m+GCT+hQEtPWT6gDs6RF9rQkr4TkmebFkYiE2mxpky4z4GXBr0uU&#10;fwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBBOdUf+AEAAEsEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBu0+9C4QAAAAwBAAAPAAAAAAAAAAAA&#10;AAAAAFIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A508B5">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48A64DDF" wp14:editId="2F062D38">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48A64DDF" wp14:editId="74E12A08">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-3156585</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>178435</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1064260" cy="1287780"/>
                 <wp:effectExtent l="0" t="0" r="21590" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rounded Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1064260" cy="1287780"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -26294,67 +26107,67 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="61A6914E" id="Rounded Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-248.55pt;margin-top:14.05pt;width:83.8pt;height:101.4pt;z-index:251701248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBb7640nQIAAJMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H6ceCOkXWosOA&#10;og3aDj0rshQbkEVNUuJkv36k7LhBW+wwLAdHFMlH8pHU5dWuNWyrfGjAlrw4yTlTVkLV2HXJfz7f&#10;frngLERhK2HAqpLvVeBX88+fLjs3UxOowVTKMwSxYda5ktcxulmWBVmrVoQTcMqiUoNvRUTRr7PK&#10;iw7RW5NN8vws68BXzoNUIeDtTa/k84SvtZLxQeugIjMlx9xi+vr0XdE3m1+K2doLVzdySEP8Qxat&#10;aCwGHaFuRBRs45t3UG0jPQTQ8URCm4HWjVSpBqymyN9U81QLp1ItSE5wI03h/8HK++3Ss6bC3nFm&#10;RYsteoSNrVTFHpE8YddGsYJo6lyYofWTW/pBCnikmnfat/SP1bBdonY/Uqt2kUm8LPKz6eQMOyBR&#10;V0wuzs8vEvnZq7vzIX5X0DI6lNxTGpRD4lVs70LEuGh/sKOQFm4bY1ITjaWLAKap6C4Jfr26Np5t&#10;BXU//5afHmIemSEiuWZUX19ROsW9UYRh7KPSSBDWMEmZpNFUI6yQUtlY9KpaVKqPdprjj2hD+NEj&#10;SQmQkDVmOWIPADT277F7mMGeXFWa7NE5/1tivfPokSKDjaNz21jwHwEYrGqI3NsfSOqpIZZWUO1x&#10;fDz0exWcvG2weXcixKXwuEjYcHwc4gN+tIGu5DCcOKvB//7onuxxvlHLWYeLWfLwayO84sz8sDj5&#10;X4vplDY5CdPT8wkK/lizOtbYTXsN2H2cbswuHck+msNRe2hf8A1ZUFRUCSsxdsll9AfhOvYPBr5C&#10;Ui0WyQy314l4Z5+cJHBilebyefcivBsmOOLw38NhicXszQz3tuRpYbGJoJs04K+8Dnzj5qfBGV4p&#10;elqO5WT1+pbO/wAAAP//AwBQSwMEFAAGAAgAAAAhAPGsnHnkAAAADAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAMhu9IvENkJC5Tl7Yb21qaToBUNAGaxLYHyJrQVmucKsm28vaYE5ws259+fy7W&#10;o+nZRTvfWRSQTGNgGmurOmwEHPZVtALmg0Qle4tawLf2sC5vbwqZK3vFT33ZhYZRCPpcCmhDGHLO&#10;fd1qI/3UDhpp92WdkYFa13Dl5JXCTc/TOF5wIzukC60c9Eur69PubAS8TtT8/WMyHE5vbp9snrdJ&#10;tbSVEPd349MjsKDH8AfDrz6pQ0lOR3tG5VkvIJpny4RYAemKKhHRLM0egB1pMosz4GXB/z9R/gAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBb7640nQIAAJMFAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDxrJx55AAAAAwBAAAPAAAAAAAAAAAAAAAA&#10;APcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACAYAAAAA&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="50B414DA" id="Rounded Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-248.55pt;margin-top:14.05pt;width:83.8pt;height:101.4pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBX5jO8gwIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H6ceCOkXWosOA&#10;oi3aDj0rshQbkEWNUuJkv36U7DhBW+wwLAdHFMlH8onk5dW2NWyj0DdgS16c5JwpK6Fq7KrkP19u&#10;v1xw5oOwlTBgVcl3yvOr+edPl52bqQnUYCqFjECsn3Wu5HUIbpZlXtaqFf4EnLKk1ICtCCTiKqtQ&#10;dITemmyS52dZB1g5BKm8p9ubXsnnCV9rJcOD1l4FZkpOuYX0xfRdxm82vxSzFQpXN3JIQ/xDFq1o&#10;LAUdoW5EEGyNzTuotpEIHnQ4kdBmoHUjVaqBqinyN9U818KpVAuR491Ik/9/sPJ+8+wekWjonJ95&#10;OsYqthrb+E/5sW0iazeSpbaBSbos8rPp5Iw4laQrJhfn5xeJzuzg7tCH7wpaFg8lR1jb6omeJDEl&#10;Nnc+UFyy39vFkBZuG2PSsxgbLzyYpop3ScDV8tog24j4nvm3/HQf88iMEKNrdqgoncLOqIhh7JPS&#10;rKmohknKJDWbGmGFlMqGolfVolJ9tNOcfrFfCH70SFICjMiashyxB4DYyO+xe5jBPrqq1Kujc/63&#10;xHrn0SNFBhtG57axgB8BGKpqiNzb70nqqYksLaHaPSJD6CfFO3nb0OPdCR8eBdJo0IPTuIcH+mgD&#10;XclhOHFWA/7+6D7aU8eSlrOORq3k/tdaoOLM/LDUy1+L6TTOZhKmp+cTEvBYszzW2HV7DfT6BS0W&#10;J9Mx2gezP2qE9pW2wiJGJZWwkmKXXAbcC9ehXwG0V6RaLJIZzaMT4c4+OxnBI6uxL1+2rwLd0MGB&#10;mv8e9mMpZm96uLeNnhYW6wC6SQ1+4HXgm2Y5Nc6wd+KyOJaT1WE7zv8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDxrJx55AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuU5e2G9ta&#10;mk6AVDQBmsS2B8ia0FZrnCrJtvL2mBOcLNuffn8u1qPp2UU731kUkExjYBprqzpsBBz2VbQC5oNE&#10;JXuLWsC39rAub28KmSt7xU992YWGUQj6XApoQxhyzn3daiP91A4aafdlnZGBWtdw5eSVwk3P0zhe&#10;cCM7pAutHPRLq+vT7mwEvE7U/P1jMhxOb26fbJ63SbW0lRD3d+PTI7Cgx/AHw68+qUNJTkd7RuVZ&#10;LyCaZ8uEWAHpiioR0SzNHoAdaTKLM+Blwf8/Uf4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAV+YzvIMCAABlBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA8ayceeQAAAAMAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAO4FAAAAAA==&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A508B5">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251703296" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B018294" wp14:editId="23FB3B50">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B018294" wp14:editId="7D166EA9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-2057239</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>185420</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1043173" cy="1287780"/>
                 <wp:effectExtent l="0" t="0" r="24130" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rounded Rectangle 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1043173" cy="1287780"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -26378,67 +26191,67 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="78303E0A" id="Rounded Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-162pt;margin-top:14.6pt;width:82.15pt;height:101.4pt;z-index:251703296;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJCXaMngIAAJMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTdOmCOkXWosOA&#10;Yi3aDj0rshQbkEVNUuJkXz9SdtygLXYYloMjiuQj+UTy4nLXGrZVPjRgS16c5JwpK6Fq7LrkP59u&#10;Pp1zFqKwlTBgVcn3KvDLxccPF52bqwnUYCrlGYLYMO9cyesY3TzLgqxVK8IJOGVRqcG3IqLo11nl&#10;RYforckmef4568BXzoNUIeDtda/ki4SvtZLxTuugIjMlx9xi+vr0XdE3W1yI+doLVzdySEP8Qxat&#10;aCwGHaGuRRRs45s3UG0jPQTQ8URCm4HWjVSpBqymyF9V81gLp1ItSE5wI03h/8HKH9t7z5qq5FPO&#10;rGjxiR5gYytVsQckT9i1UWxKNHUuzNH60d37QQp4pJp32rf0j9WwXaJ2P1KrdpFJvCzy6WkxO+VM&#10;oq6YnM9m54n87MXd+RC/KWgZHUruKQ3KIfEqtrchYly0P9hRSAs3jTHpEY2liwCmqeguCX69ujKe&#10;bQW9fv41PzvEPDJDRHLNqL6+onSKe6MIw9gHpZEgrGGSMkmtqUZYIaWysehVtahUH+0sxx/RhvCj&#10;R5ISICFrzHLEHgCo7d9i9zCDPbmq1Nmjc/63xHrn0SNFBhtH57ax4N8DMFjVELm3P5DUU0MsraDa&#10;Y/t46OcqOHnT4OPdihDvhcdBwpHD5RDv8KMNdCWH4cRZDf73e/dkj/2NWs46HMySh18b4RVn5rvF&#10;zv9STKc0yUmYns0mKPhjzepYYzftFeDrF7iGnExHso/mcNQe2mfcIUuKiiphJcYuuYz+IFzFfmHg&#10;FpJquUxmOL1OxFv76CSBE6vUl0+7Z+Hd0MERm/8HHIZYzF/1cG9LnhaWmwi6SQ3+wuvAN05+apxh&#10;S9FqOZaT1csuXfwBAAD//wMAUEsDBBQABgAIAAAAIQDM3PJr5AAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcqtSJWygNcSpASoUAIdH2A9zYJFHjdWS7bfh7llM5zs5o9k2x&#10;Gm3PTsaHzqGEbJoCM1g73WEjYbetkgdgISrUqndoJPyYAKvy+qpQuXZn/DKnTWwYlWDIlYQ2xiHn&#10;PNStsSpM3WCQvG/nrYokfcO1V2cqtz0XaXrPreqQPrRqMC+tqQ+bo5Wwnuj5+8dk2B3e/DZ7ff7M&#10;qoWrpLy9GZ8egUUzxksY/vAJHUpi2rsj6sB6CclMzGlMlCCWAhglkuxuuQC2p8tMpMDLgv8fUf4C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACQl2jJ4CAACTBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzNzya+QAAAAMAQAADwAAAAAAAAAAAAAA&#10;AAD4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAkGAAAAAA==&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="47C5482B" id="Rounded Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-162pt;margin-top:14.6pt;width:82.15pt;height:101.4pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCk9SKqhAIAAGUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTdGmDOkXWosOA&#10;oi3aDj0rspQYkEWNUuJkXz9KdpygLXYYloMjiuQj+UTy8mrbGLZR6GuwJS9Ocs6UlVDVdlnyny+3&#10;X84580HYShiwquQ75fnV7POny9ZN1QhWYCqFjECsn7au5KsQ3DTLvFypRvgTcMqSUgM2IpCIy6xC&#10;0RJ6Y7JRnn/NWsDKIUjlPd3edEo+S/haKxketPYqMFNyyi2kL6bvIn6z2aWYLlG4VS37NMQ/ZNGI&#10;2lLQAepGBMHWWL+DamqJ4EGHEwlNBlrXUqUaqJoif1PN80o4lWohcrwbaPL/D1beb57dIxINrfNT&#10;T8dYxVZjE/8pP7ZNZO0GstQ2MEmXRT4+LSannEnSFaPzyeQ80Zkd3B368F1Bw+Kh5AhrWz3RkySm&#10;xObOB4pL9nu7GNLCbW1MehZj44UHU1fxLgm4XFwbZBsR3zP/lp/tYx6ZEWJ0zQ4VpVPYGRUxjH1S&#10;mtUV1TBKmaRmUwOskFLZUHSqlahUF+0sp1/sF4IfPJKUACOypiwH7B4gNvJ77A6mt4+uKvXq4Jz/&#10;LbHOefBIkcGGwbmpLeBHAIaq6iN39nuSOmoiSwuodo/IELpJ8U7e1vR4d8KHR4E0GjRENO7hgT7a&#10;QFty6E+crQB/f3Qf7aljSctZS6NWcv9rLVBxZn5Y6uWLYjyOs5mE8dlkRAIeaxbHGrturoFev6DF&#10;4mQ6Rvtg9keN0LzSVpjHqKQSVlLsksuAe+E6dCuA9opU83kyo3l0ItzZZycjeGQ19uXL9lWg6zs4&#10;UPPfw34sxfRND3e20dPCfB1A16nBD7z2fNMsp8bp905cFsdysjpsx9kfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAzNzya+QAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXKrUiVso&#10;DXEqQEqFACHR9gPc2CRR43Vku234e5ZTOc7OaPZNsRptz07Gh86hhGyaAjNYO91hI2G3rZIHYCEq&#10;1Kp3aCT8mACr8vqqULl2Z/wyp01sGJVgyJWENsYh5zzUrbEqTN1gkLxv562KJH3DtVdnKrc9F2l6&#10;z63qkD60ajAvrakPm6OVsJ7o+fvHZNgd3vw2e33+zKqFq6S8vRmfHoFFM8ZLGP7wCR1KYtq7I+rA&#10;egnJTMxpTJQglgIYJZLsbrkAtqfLTKTAy4L/H1H+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAKT1IqqEAgAAZQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAMzc8mvkAAAADAEAAA8AAAAAAAAAAAAAAAAA3gQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="001867BE">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="781F33D7" wp14:editId="6014BFC1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="781F33D7" wp14:editId="78F89E63">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-7735295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>178710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6755642" cy="476250"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rounded Rectangle 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6755642" cy="476250"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -26457,76 +26270,572 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="198BB49F" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-609.1pt;margin-top:14.05pt;width:531.95pt;height:37.5pt;z-index:251697152;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBG19vDFwIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxC817KNyCkMyzkkcC9F&#10;EzjtB9B8WAQoLkEylt2v7y4lK0Fa9FDUB5qP3Zmd4VKbu3Pn2EnHZME3fDGbc6a9BGX9seE/vu8+&#10;feYsZeGVcOB1wy868bvtxw+bPqz1ElpwSkeGID6t+9DwNuewrqokW92JNIOgPR4aiJ3IuIzHSkXR&#10;I3rnquV8vqp6iCpEkDol3H0YDvm24BujZX40JunMXMOxtlzGWMYDjdV2I9bHKEJr5ViG+IcqOmE9&#10;kk5QDyIL9hLtb1CdlRESmDyT0FVgjJW6aEA1i/k7Nc+tCLpoQXNSmGxK/w9Wfjs9RWZVw2vOvOjw&#10;ivbw4pVWbI/mCX90mtVkUx/SGqOfw1McVwmnpPlsYkf/qIadi7WXyVp9zkzi5uq2rlc3S84knt3c&#10;rpZ18b56zQ4x5S8aOkaThkeqgkootorT15SRFuOvccToYWedK3foPG0kcFbRXlnE4+HeRXYSdPn4&#10;2+1ICGK8CcMVpVYkbxBUZvniNGE4v9cG/UEJy1JJ6Uw9wQoptc+L4agVSg9sNdFdyaiXKaNQF0BC&#10;NljlhD0CXCMHkCv2UPMYT6m6NPaUPP9bYUPylFGYwecpubMe4p8AHKoamYf4q0mDNeTSAdQFuwef&#10;f37EwTjoGy6dDZy1EH++34vZ3cPwDoWXGNHwXCgIC/u7+DO+RXpAb9eF/PWLsf0FAAD//wMAUEsD&#10;BBQABgAIAAAAIQACEa1C5AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9dS8MwFIbvBf9DOII3&#10;0uWjTmptOlSYCANldTfeZUnWFpukNNlW/73HK708vA/v+5xqNbuBnOwU++Al8AUDYr0OpvethN3H&#10;OiuAxKS8UUPwVsK3jbCqLy8qVZpw9lt7alJLsMTHUknoUhpLSqPurFNxEUbrMTuEyamE59RSM6kz&#10;lruBCsbuqFO9x4VOjfa5s/qrOToJ4+tuq9nb++f6RT8t85v7Rhw2jZTXV/PjA5Bk5/QHw68+qkON&#10;Tvtw9CaSQULGBS8EwhJEwYEgkvHlbQ5kjzDLOdC6ov+/qH8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEARtfbwxcCAAB5BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAAhGtQuQAAAANAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="7E986777" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-609.1pt;margin-top:14.05pt;width:531.95pt;height:37.5pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLTkuc/QEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CJh2COD20yC7D&#10;WrTbBygyFQuQRYFS42RfP0pOnKIbdhiWgyJS5Hvko+T13bFz4gAULfpaziZTKcBrbKzf1/LH9+2n&#10;z1LEpHyjHHqo5QmivNt8/LDuwwrm2KJrgASD+LjqQy3blMKqqqJuoVNxggE8HxqkTiU2aV81pHpG&#10;71w1n06XVY/UBEINMbL3YTiUm4JvDOj0aEyEJFwtubZUVirrLq/VZq1We1KhtfpchvqHKjplPZOO&#10;UA8qKfFK9jeozmrCiCZNNHYVGmM1lB64m9n0XTcvrQpQemFxYhhliv8PVn87vIQnYhn6EFeRt7mL&#10;o6Eu/3N94ljEOo1iwTEJzc7l7WKxvJlLofns5nY5XxQ1q2t2oJi+AHYib2pJ+OqbZ55IEUodvsbE&#10;tBx/icuMHrfWuTIV57MjorNN9hWD9rt7R+Kg8jj5t93mCTLGmzC2cmp1bajs0slBxnD+GYywDbcw&#10;L5WUuwYjrNIafJoNR61qYGBbZLoLWb6dOaNQF8CMbLjKEfsMcIkcQC7YQ83n+JwK5aqOydO/FTYk&#10;jxmFGX0akzvrkf4E4LirM/MQfxFpkCartMPm9MT6AqVHXozDvpba2SBFi/TzvY+Su8fhZSmvOaKW&#10;qVBkLL6xRZ/z68pP4q1dyK/fgM0vAAAA//8DAFBLAwQUAAYACAAAACEAAhGtQuQAAAANAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPXUvDMBSG7wX/QziCN9Llo05qbTpUmAgDZXU33mVJ1habpDTZVv+9&#10;xyu9PLwP7/ucajW7gZzsFPvgJfAFA2K9Dqb3rYTdxzorgMSkvFFD8FbCt42wqi8vKlWacPZbe2pS&#10;S7DEx1JJ6FIaS0qj7qxTcRFG6zE7hMmphOfUUjOpM5a7gQrG7qhTvceFTo32ubP6qzk6CePrbqvZ&#10;2/vn+kU/LfOb+0YcNo2U11fz4wOQZOf0B8OvPqpDjU77cPQmkkFCxgUvBMISRMGBIJLx5W0OZI8w&#10;yznQuqL/v6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMtOS5z9AQAASwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAIRrULkAAAADQEAAA8A&#10;AAAAAAAAAAAAAAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D1FCF2" w14:textId="77777777" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="00A508B5" w:rsidP="003D1017">
+    <w:p w14:paraId="60D1FCF2" w14:textId="67AA96F0" w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidRDefault="007055D5" w:rsidP="003D1017">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED0B99">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="583108AC" wp14:editId="25B34194">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4513580</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>246380</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1028700" cy="1076325"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="11" name="Rounded Rectangle 11"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1028700" cy="1076325"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="00B050"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="6304E647" id="Rounded Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:355.4pt;margin-top:19.4pt;width:81pt;height:84.75pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJJuzk+gEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L5YzpC2COAXWorsM&#10;a9FuH6DIVCxAFgVJjZN9/SjZdYp22GFYDopIkY98j5I318fesgOEaNA1vF4IzsApbI3bN/znj7tP&#10;V5zFJF0rLTpo+Akiv95+/LAZ/BqW2KFtITACcXE9+IZ3Kfl1VUXVQS/jAj04OtQYepnIDPuqDXIg&#10;9N5WSyEuqgFD6wMqiJG8t+Mh3xZ8rUGle60jJGYbTr2lsoay7vJabTdyvQ/Sd0ZNbch/6KKXxlHR&#10;GepWJsmeg3kH1RsVMKJOC4V9hVobBYUDsanFGzZPnfRQuJA40c8yxf8Hq74fnvxDIBkGH9eRtpnF&#10;UYc+/1N/7FjEOs1iwTExRc5aLK8uBWmq6KwWlxefl6ssZ3VO9yGmr4A9y5uGB3x27SONpCglD99i&#10;GuNf4nJJh3fG2jIW67IjojVt9hUj7Hc3NrCDzPMUX8SqjJBqvgojK6dWZ0Zll04WMoZ1j6CZaYnD&#10;snRSLhvMsFIpcKkejzrZwlhtJeg3EZwzCt0CmJE1dTljTwD5Ir/HHnlP8TkVyl2dk8XfGhuT54xS&#10;GV2ak3vjMPwJwBKrqfIY/yLSKE1WaYft6YH0hZDuadEWh4YrazxnHYZfb30h2Rscn5Z0iiIankqJ&#10;jEVXtugzPa/8Jl7bpfj5I7D9DQAA//8DAFBLAwQUAAYACAAAACEAOZqNb94AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvEMBCF74L/IYzgzU3ahd1Smy4iKnjTXRG8pc1sU7aZlCbbrf/e8aSn&#10;mcc83vum2i1+EDNOsQ+kIVspEEhtsD11Gj4Oz3cFiJgMWTMEQg3fGGFXX19VprThQu8471MnOIRi&#10;aTS4lMZSytg69CauwojEt2OYvEksp07ayVw43A8yV2ojvemJG5wZ8dFhe9qfvYaEp254ensds9gc&#10;55ev4F3cfGp9e7M83INIuKQ/M/ziMzrUzNSEM9koBg3bTDF60rAueLKh2Oa8NBpyVaxB1pX8/0L9&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAkm7OT6AQAATAQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADmajW/eAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAVAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="000A374C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="170D4AAC" wp14:editId="73F6701D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39125FED" wp14:editId="686DDC1A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4999355</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1637030</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1366520" cy="352425"/>
+                <wp:effectExtent l="0" t="0" r="24130" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="15" name="Text Box 15"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1366520" cy="352425"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="9525" cmpd="sng">
+                          <a:solidFill>
+                            <a:schemeClr val="lt1">
+                              <a:shade val="50000"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:scrgbClr r="0" g="0" b="0"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="446A1BAE" w14:textId="77777777" w:rsidR="005979D6" w:rsidRDefault="005979D6" w:rsidP="005979D6">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:lang w:eastAsia="zh-HK"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="00B050"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                                <w:lang w:eastAsia="zh-HK"/>
+                              </w:rPr>
+                              <w:t>Classification level</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="39125FED" id="Text Box 15" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:393.65pt;margin-top:128.9pt;width:107.6pt;height:27.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCyOChJgIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vEzEQvSPxHyzfyaYpiSDKpoJW5YIo&#10;ovADHH9kLWyPsZ3shl/P2E42TTkVsQfv2p73ZubNzK5uBmvIXoaowbX0ajKlRDoOQrttS398v3/z&#10;jpKYmBPMgJMtPchIb9avX616v5Qz6MAIGQiSuLjsfUu7lPyyaSLvpGVxAl46vFQQLEu4DdtGBNYj&#10;uzXNbDpdND0E4QNwGSOe3tVLui78SkmeHpSKMhHTUowtlTWUdZPXZr1iy21gvtP8GAb7hygs0w6d&#10;jlR3LDGyC/ovKqt5gAgqTTjYBpTSXJYcMJur6bNsHjvmZckFxYl+lCn+P1r+Zf/ovwaSho8wYAGz&#10;IL2Py4iHOZ9BBZvfGCnBe5TwMMomh0R4Bl0vFvMZXnG8u57P3s7mmaY5o32I6ZMES/JHSwOWpajF&#10;9p9jqqYnk+wsgtHiXhtTNrkV5K0JZM+wiCaVGJH8wso40rf0/RxdE269aGl02+Ljwqz01SVZ8dEx&#10;ISv/fIrPMfzRuiTzhAi9G4eHZ6XKVzoYmemM+yYV0aIIVnMI201OoXYejgaqdeq/QoaAbKgw6Rdi&#10;j5CMlqXhX4gfQcU/uDTirXYQqoaXNRA/TzVQ1f4kRRUga5GGzYAKYD+cOmoD4oCNhv+K9ICLMoAF&#10;40Z7SjoIv5+f9TiTWMRfOxYkJSGZW6gjzBxHe4SmGpuDD7sESpc+yq6ro2NIODaleMcRz3P5dF+s&#10;zj+i9R8AAAD//wMAUEsDBBQABgAIAAAAIQC6VCbp4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8QwEIXvgv8hjODNTdpYu9ROFxFcELzsKnpNm9gWm0lp0m3335s96XGYj/e+V+5WO7CTmXzv&#10;CCHZCGCGGqd7ahE+3l/utsB8UKTV4MggnI2HXXV9VapCu4UO5nQMLYsh5AuF0IUwFpz7pjNW+Y0b&#10;DcXft5usCvGcWq4ntcRwO/BUiAduVU+xoVOjee5M83OcLUKd+Ex+vZ7v35LPed0vh3afTQvi7c36&#10;9AgsmDX8wXDRj+pQRafazaQ9GxDybS4jipBmedxwIYRIM2A1gkykBF6V/P+I6hcAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDCyOChJgIAANAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC6VCbp4AAAAAwBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="446A1BAE" w14:textId="77777777" w:rsidR="005979D6" w:rsidRDefault="005979D6" w:rsidP="005979D6">
+                      <w:pPr>
+                        <w:pStyle w:val="NormalWeb"/>
+                        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:lang w:eastAsia="zh-HK"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="00B050"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                          <w:lang w:eastAsia="zh-HK"/>
+                        </w:rPr>
+                        <w:t>Classification level</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="000A374C">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A267696" wp14:editId="75B5D16D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6551930</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1344930</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1447800" cy="628650"/>
+                <wp:effectExtent l="0" t="38100" r="19050" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Group 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1447800" cy="628650"/>
+                          <a:chOff x="9738" y="-10886"/>
+                          <a:chExt cx="1480185" cy="718820"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="34" name="文字方塊 3"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="9738" y="326934"/>
+                            <a:ext cx="1480185" cy="381000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:schemeClr val="lt1"/>
+                          </a:solidFill>
+                          <a:ln w="9525" cmpd="sng">
+                            <a:solidFill>
+                              <a:schemeClr val="lt1">
+                                <a:shade val="50000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="dk1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="1D33F3EF" w14:textId="77777777" w:rsidR="00E97970" w:rsidRDefault="00E97970" w:rsidP="00ED0B99">
+                              <w:pPr>
+                                <w:pStyle w:val="NormalWeb"/>
+                                <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:lang w:eastAsia="zh-HK"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="FF0000"/>
+                                  <w:sz w:val="22"/>
+                                  <w:szCs w:val="22"/>
+                                  <w:lang w:eastAsia="zh-HK"/>
+                                </w:rPr>
+                                <w:t>Data Measurement</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Straight Arrow Connector 12"/>
+                        <wps:cNvCnPr>
+                          <a:stCxn id="34" idx="0"/>
+                        </wps:cNvCnPr>
+                        <wps:spPr>
+                          <a:xfrm flipV="1">
+                            <a:off x="749831" y="-10886"/>
+                            <a:ext cx="0" cy="337653"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                            <a:round/>
+                            <a:headEnd type="none" w="med" len="med"/>
+                            <a:tailEnd type="arrow" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:scrgbClr r="0" g="0" b="0"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="4A267696" id="Group 3" o:spid="_x0000_s1028" style="position:absolute;margin-left:515.9pt;margin-top:105.9pt;width:114pt;height:49.5pt;z-index:251663360;mso-width-relative:margin;mso-height-relative:margin" coordorigin="97,-108" coordsize="14801,7188" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtqu9rfwMAAIUJAAAOAAAAZHJzL2Uyb0RvYy54bWzkVktu2zAQ3RfoHQjtE1nyTzFiB6lTZ1M0&#10;QdN2T0vUB6VIlqQtuRco0AOk6x6gB+iBknN0SEqynQ+KpOiqG1mkhvN5897Qxyd1SdGaSFVwNvWC&#10;w56HCIt5UrBs6n14vziIPKQ0ZgmmnJGptyHKO5m9fHFciQkJec5pQiQCJ0xNKjH1cq3FxPdVnJMS&#10;q0MuCIOPKZcl1rCUmZ9IXIH3kvphrzfyKy4TIXlMlILdM/fRm1n/aUpifZGmimhEpx7kpu1T2ufS&#10;PP3ZMZ5kEou8iJs08DOyKHHBIGjn6gxrjFayuOeqLGLJFU/1YcxLn6dpERNbA1QT9O5Ucy75Stha&#10;skmViQ4mgPYOTs92G79dn0txJS4lIFGJDLCwK1NLncrS/EKWqLaQbTrISK1RDJvBYDCOeoBsDN9G&#10;YTQaNpjGOQBvjh2N+8AB+HoQ9KJo5BCP89edg6gXREPnYBxEUWgd+G14fy+pSgBN1BYJ9XdIXOVY&#10;EAuwmgASlxIVydTrDzzEcAlsvb3+evPz++31r5sf31DfpG4SAEsDGNL1K24gaPcVbD6AWwdAPxwd&#10;gW9LuS1+O+X3o6AHWIJBVz6eCKn0OeElMi9TTwKlLdPw+o3SzrQ1McEVp0WyKCi1CyMjMqcSrTEI&#10;gGqbKzjfs6IMVdCnYWi6UApAQLHMxtgzs5rcd2Zj5Dghzv8Qsm/T76xtMTuOIDplsGmQdIjZN72h&#10;xLij7B1JoQ2WcK4GmS1NCU61wH1gW6td6wwOGMMUin7i2eaIOU3ssHji+e6Qjc+Z7s6XBePSYbjf&#10;g+RT24PU2bdQOAAMFrpe1paIYcusJU82QDiYs/oCHinl0LCYFsJDOZdf7u5VMM+giZ9XWBIPSU3n&#10;3I0/zGKwh6Pa5cb46UrztLA8MqFdoCYlEJoj/D9XXBC2irvSEhdZrtGplLxCc84YEJ5LBCZb+c2Z&#10;U5rS85p1mm1IYzRhagGZOjvLrx1tohSQ+2iEa9rWTLfx4CjqB/cGVavTZsL1++PR0A6CxxWqmhK6&#10;3F2cR/S6Jz7TtpRivatDhGkGV2vbsh0lgYwbaVh1Lxa78tsdA2Y+nGGVO5VaD24Kwf3CEsALT3KC&#10;k9csQXojYO4xuKs9MxRKkniIEohv3qylxgXdWmLTpodN/3Oh6/qPQndqa/lq5WavO7jrgcN7fyZ2&#10;15bf239Ps98AAAD//wMAUEsDBBQABgAIAAAAIQD+WDbN4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BasMwEETvhf6D2EJvjSSblNS1HEJoewqFJoXSm2JtbBNLMpZiO3/f9am5zbDD7Jt8PdmW&#10;DdiHxjsFciGAoSu9aVyl4Pvw/rQCFqJ2RrfeoYIrBlgX93e5zowf3RcO+1gxKnEh0wrqGLuM81DW&#10;aHVY+A4d3U6+tzqS7Stuej1SuW15IsQzt7px9KHWHW5rLM/7i1XwMepxk8q3YXc+ba+/h+Xnz06i&#10;Uo8P0+YVWMQp/odhxid0KIjp6C/OBNaSF6kk9qggkbOYI8nyhdRRQSrFCniR89sVxR8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA7arva38DAACFCQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/lg2zeEAAAANAQAADwAAAAAAAAAAAAAAAADZBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOcGAAAAAA==&#10;">
+                <v:shape id="文字方塊 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:97;top:3269;width:14802;height:3810;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDbX9gtxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW81U38R4nZSBEUBS9aaa+v2WcSmn0bdlcTv71bKPQ4zMxvmHw1mFbcyPnGsoJ0nIAg&#10;Lq1uuFJw/ti8voHwAVlja5kU3MnDqnh+yjHTtucj3U6hEhHCPkMFdQhdJqUvazLox7Yjjt7FOoMh&#10;SldJ7bCPcNPKSZIspMGG40KNHa1rKn9OV6PgO/Xz6df+Pjukn9dh2x+r7dz1So1ehvcliEBD+A//&#10;tXdawXQGv1/iD5DFAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANtf2C3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="1D33F3EF" w14:textId="77777777" w:rsidR="00E97970" w:rsidRDefault="00E97970" w:rsidP="00ED0B99">
+                        <w:pPr>
+                          <w:pStyle w:val="NormalWeb"/>
+                          <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:lang w:eastAsia="zh-HK"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="FF0000"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                            <w:lang w:eastAsia="zh-HK"/>
+                          </w:rPr>
+                          <w:t>Data Measurement</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 12" o:spid="_x0000_s1030" type="#_x0000_t32" style="position:absolute;left:7498;top:-108;width:0;height:3375;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCM/w0GwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMY4W5EU11cpBpFROXuen0sdDc0Y1tsJqWJbf17Iwju5nCes1h1phQN1a6wrGAyjkAQp1YX&#10;nCk4n3ajGQjnkTWWlknBkxyslv3eAmNtWz5Qc/SZCCHsYlSQe1/FUro0J4NubCviwN1sbdAHWGdS&#10;19iGcFPKaRT9SoMFh4YcK9rklN6PD6Og2ScPO7kOL+0/bW/tfpZc/TZR6mfQrecgPHX+K/64/3SY&#10;P4X3L+EAuXwBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjP8NBsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokecolor="red">
+                  <v:stroke endarrow="open"/>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="000A374C">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33E65B46" wp14:editId="23FD9770">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5511165</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>535623</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="295643" cy="1878097"/>
+                <wp:effectExtent l="8890" t="0" r="18415" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="17" name="Right Brace 17"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm rot="5400000">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="295643" cy="1878097"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rightBrace">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B050"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="70841F60" id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="sum 21600 0 #0"/>
+                  <v:f eqn="sum #1 0 #0"/>
+                  <v:f eqn="sum #1 #0 0"/>
+                  <v:f eqn="prod #0 9598 32768"/>
+                  <v:f eqn="sum 21600 0 @4"/>
+                  <v:f eqn="sum 21600 0 #1"/>
+                  <v:f eqn="min #1 @6"/>
+                  <v:f eqn="prod @7 1 2"/>
+                  <v:f eqn="prod #0 2 1"/>
+                  <v:f eqn="sum 21600 0 @9"/>
+                  <v:f eqn="val #1"/>
+                </v:formulas>
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;21600,@11;0,21600" textboxrect="0,@4,7637,@5"/>
+                <v:handles>
+                  <v:h position="center,#0" yrange="0,@8"/>
+                  <v:h position="bottomRight,#1" yrange="@9,@10"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Right Brace 17" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:433.95pt;margin-top:42.2pt;width:23.3pt;height:147.9pt;rotation:90;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3rmRAdwIAAE4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L7ubJkAiNiiAqCoh&#10;QIWKs+O1s5a8tjt2skl/fcfeB1Ghh1b1wZrxvL+Z8cXlvtFkJ8Ara0panOSUCMNtpcympN+fbz+d&#10;U+IDMxXT1oiSHoSnl8uPHy5atxATW1tdCSDoxPhF60pah+AWWeZ5LRrmT6wTBoXSQsMCsrDJKmAt&#10;em90Nsnz06y1UDmwXHiPrzedkC6TfykFDw9SehGILinmFtIN6V7HO1tesMUGmKsV79Ng/5BFw5TB&#10;oKOrGxYY2YJ646pRHKy3Mpxw22RWSsVFqgGrKfLfqnmqmROpFgTHuxEm///c8vvdk3sEhKF1fuGR&#10;jFXsJTQELKI1m+bxpNowW7JP0B1G6MQ+EI6Pk/nsdPqZEo6i4vzsPJ+fRWyzzlf06cCHL8I2JBIl&#10;BbWpwxUwHgtkC7a786EzGBTjszakLel8NpklLW+1qm6V1lHmYbO+1kB2LPY2v8pnqZ0Y8kgNOW0w&#10;j9fqEhUOWnT+vwlJVIUVFF2EOHhidMs4FyYUfSnaoHY0k5jCaNiBkyb2T4a9fjQVaSj/xni0SJGt&#10;CaNxo4yF99IO+yFl2ekPCHR1RwjWtjo8QtdkXAzv+K3CxtwxHx4Z4A7gI+51eMBLaotdsD1FSW3h&#10;53vvUR9HE6WUtLhTJfU/tgwEJfqrwaGdF9NpXMLETGdnE2TgWLI+lphtc22xtUXKLpFRP+iBlGCb&#10;F1z/VYyKImY4xi4pDzAw16HbdfxAuFitkhounmPhzjw5PnQ9jtzz/oWB66cz4Fzf22H/3oxnpxv7&#10;YexqG6xUaXZfce3xxqVNO9B/MPFXOOaT1us3uPwFAAD//wMAUEsDBBQABgAIAAAAIQBPx6sc4AAA&#10;AAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuE0u2ssFK0wkhxp0OJI5ZY9pq&#10;jVM12RZ4+nknONr+9Pv7i3VyvTjiGDpPGmZTBQKp9rajRsPHdnP3CCJEQ9b0nlDDDwZYl9dXhcmt&#10;P9E7HqvYCA6hkBsNbYxDLmWoW3QmTP2AxLdvPzoTeRwbaUdz4nDXy7lSS+lMR/yhNQO+tFjvq4PT&#10;kLbZ/newb6+fvvmapIm3VYVR69ub9PwEImKKfzBc9FkdSnba+QPZIHoND/dZxqiGuVpxqQuhstUM&#10;xI5Xi8USZFnI/yXKMwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA3rmRAdwIAAE4FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBPx6sc4AAAAAwB&#10;AAAPAAAAAAAAAAAAAAAAANEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" adj="283" strokecolor="#00b050"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00A508B5" w:rsidRPr="00ED0B99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="170D4AAC" wp14:editId="33A1B31E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-2790190</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1593044</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1506855" cy="276225"/>
                 <wp:effectExtent l="0" t="0" r="17145" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="文字方塊 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1506855" cy="276225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -26566,89 +26875,89 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="00B050"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                               <w:t>Classification level</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="170D4AAC" id="文字方塊 9" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:-219.7pt;margin-top:125.45pt;width:118.65pt;height:21.75pt;z-index:251685888;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHUW9oHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wGc9YFcQqsRXcZ&#10;1mHtfoCij1ioJGqSGjv79aPkxGm6U4f6IFsS3yP5SHp1NVhDdjJEDa6lF7OaEuk4CO22Lf31cPvh&#10;kpKYmBPMgJMt3ctIr9bv3616v5Rz6MAIGQiSuLjsfUu7lPyyqiLvpGVxBl46vFQQLEu4DdtKBNYj&#10;uzXVvK4XVQ9B+ABcxoinN+MlXRd+pSRPd0pFmYhpKcaWyhrKuslrtV6x5TYw32l+CIP9RxSWaYdO&#10;J6oblhh5CvofKqt5gAgqzTjYCpTSXJYcMJuL+kU29x3zsuSC4kQ/yRTfjpZ/3937H4Gk4QsMWMAs&#10;SO/jMuJhzmdQweY3RkrwHiXcT7LJIRGeQU29uGwaSjjezT8t5vMm01QntA8xfZVgSf5oacCyFLXY&#10;7ltMo+nRJDuLYLS41caUTW4FeW0C2TEsokklRiQ/szKO9C393KBrwq0XLY1uW3ycmZW+OicrPjom&#10;5Mjf1Pgcwp+sSzLPiNC7cXh4Uqp8pb2Rmc64n1IRLYpgYw5hu8kpjJ2Ho4FCHvuvkCEgGypM+pXY&#10;AySjZWn4V+InUPEPLk14qx2EUcPzGojHYw3UaH+UYhQga5GGzYAKtPTjsaM2IPbYaPivSHe4KANY&#10;MG60p6SD8OflWY8ziUX8/cSCpCQkcw3jCDPH0R6hKZQyZW84HKVEh0HO0/d8X8I7/W7WfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFomAs3iAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8m&#10;vkMzJt7YFraYBSkbY+ImJl52Neu10ApE2pK2LOzbO570ODNf/vn+ar+akVy0D4OzAtINA6Jt69Rg&#10;OwEf7y/JDkiI0io5OqsFXHWAfX17U8lSucUe9eUUO4IhNpRSQB/jVFIa2l4bGTZu0hZvX84bGXH0&#10;HVVeLhhuRpox9kCNHCx+6OWkn3vdfp9mI6BJQ779fL3yt/Q8r4fl2B1yvwhxf7c+PQKJeo1/MPzq&#10;ozrU6NS42apARgEJ3xYcWQFZzgogiCQZy1IgDa4KzoHWFf3fov4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAx1FvaBwCAAC2BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAWiYCzeIAAAANAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape w14:anchorId="170D4AAC" id="文字方塊 9" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:-219.7pt;margin-top:125.45pt;width:118.65pt;height:21.75pt;z-index:251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHUW9oHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wGc9YFcQqsRXcZ&#10;1mHtfoCij1ioJGqSGjv79aPkxGm6U4f6IFsS3yP5SHp1NVhDdjJEDa6lF7OaEuk4CO22Lf31cPvh&#10;kpKYmBPMgJMt3ctIr9bv3616v5Rz6MAIGQiSuLjsfUu7lPyyqiLvpGVxBl46vFQQLEu4DdtKBNYj&#10;uzXVvK4XVQ9B+ABcxoinN+MlXRd+pSRPd0pFmYhpKcaWyhrKuslrtV6x5TYw32l+CIP9RxSWaYdO&#10;J6oblhh5CvofKqt5gAgqzTjYCpTSXJYcMJuL+kU29x3zsuSC4kQ/yRTfjpZ/3937H4Gk4QsMWMAs&#10;SO/jMuJhzmdQweY3RkrwHiXcT7LJIRGeQU29uGwaSjjezT8t5vMm01QntA8xfZVgSf5oacCyFLXY&#10;7ltMo+nRJDuLYLS41caUTW4FeW0C2TEsokklRiQ/szKO9C393KBrwq0XLY1uW3ycmZW+OicrPjom&#10;5Mjf1Pgcwp+sSzLPiNC7cXh4Uqp8pb2Rmc64n1IRLYpgYw5hu8kpjJ2Ho4FCHvuvkCEgGypM+pXY&#10;AySjZWn4V+InUPEPLk14qx2EUcPzGojHYw3UaH+UYhQga5GGzYAKtPTjsaM2IPbYaPivSHe4KANY&#10;MG60p6SD8OflWY8ziUX8/cSCpCQkcw3jCDPH0R6hKZQyZW84HKVEh0HO0/d8X8I7/W7WfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFomAs3iAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOhDAQhu8m&#10;vkMzJt7YFraYBSkbY+ImJl52Neu10ApE2pK2LOzbO570ODNf/vn+ar+akVy0D4OzAtINA6Jt69Rg&#10;OwEf7y/JDkiI0io5OqsFXHWAfX17U8lSucUe9eUUO4IhNpRSQB/jVFIa2l4bGTZu0hZvX84bGXH0&#10;HVVeLhhuRpox9kCNHCx+6OWkn3vdfp9mI6BJQ779fL3yt/Q8r4fl2B1yvwhxf7c+PQKJeo1/MPzq&#10;ozrU6NS42apARgEJ3xYcWQFZzgogiCQZy1IgDa4KzoHWFf3fov4BAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAx1FvaBwCAAC2BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAWiYCzeIAAAANAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="70C49A38" w14:textId="77777777" w:rsidR="00E97970" w:rsidRDefault="00E97970" w:rsidP="00ED0B99">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="00B050"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Classification level</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A508B5">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5037FB40" wp14:editId="0EAEA3B0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5037FB40" wp14:editId="5D6156BF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-2826385</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1210310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1536700" cy="327660"/>
                 <wp:effectExtent l="19050" t="0" r="25400" b="72390"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Group 33"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1536700" cy="327660"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="2560420" cy="327705"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
@@ -26747,194 +27056,183 @@
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0179CC45" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:-222.55pt;margin-top:95.3pt;width:121pt;height:25.8pt;z-index:251689984;mso-width-relative:margin;mso-height-relative:margin" coordsize="25604,3277" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4EhruEAMAAOwKAAAOAAAAZHJzL2Uyb0RvYy54bWzsVstu2zAQvBfoPxC6JxIlW7aF2EGb16Vo&#10;gqbtnZaoR0GRBMlY9t93SVFynFfRBOihSA6KKXGWs8PZJU9Oty1DG6p0I/gywMdRgCjPRdHwahn8&#10;+H55NA+QNoQXhAlOl8GO6uB09fHDSSczGotasIIqBEG4zjq5DGpjZBaGOq9pS/SxkJTDx1KolhgY&#10;qiosFOkgesvCOIrSsBOqkErkVGt4e95/DFYuflnS3FyXpaYGsWUA3Ix7Kvdc22e4OiFZpYism9zT&#10;IK9g0ZKGw6JjqHNiCLpTzaNQbZMroUVpjnPRhqIsm5y6HCAbHD3I5kqJO+lyqbKukqNMIO0DnV4d&#10;Nv+6uVGoKZZBkgSIkxb2yC2LYAzidLLKYM6VkrfyRvkXVT+y+W5L1dr/kAnaOll3o6x0a1AOL/E0&#10;SWcRqJ/DtySepanXPa9hcx7B8vrCA+NpGk3iPXAWTS2ncFg2tOxGMp0EC+m9SvptKt3WRFInvrYK&#10;DCoBm16lC7YWHToTnIPJhEKJS8qSgNln3IulMw26PatUPJ2AMM6Eo1p4Hk3Saa8WTmazxWHSJJNK&#10;mysqWmR/LIM15WakkTgXks0XbZwdC8+WFL9wgMqWgbs3hKGjdDL3WvrJoOoQ2CIZt08tWFNcNoy5&#10;garWZ0whwMMeR5+jqaMOwHvTYGShsDVD6u6X2THah/1GS/CbtYWj6iqdjmFJnkM62FNjHGZbWAkU&#10;RmD0Z6Cfb6HUdYG/AY8It7LgZgS3DRfqqdXNdqBc9vMHBfq8rQRrUeycKZw0YFRbXP/CsbDvzzjW&#10;cbYknncsUgIshqN5ZP/AQayRP4e980WP8Rxj+/GJ0k9mi2SoYJwmeJEeVPDec28y8yJdvJt5qMzD&#10;EvrPzBwPZr41ijRVbdAnpQ77cGyt8LKrbWEP5o3BlBHUCJjXGXRm4dA2/BnkTx+cTqbR0DGHQ2/o&#10;l9672lMam3Hf4Vx/7Y+tAWAXeG2DJZkhDbvgBTI7Cac1sfl79793Xntc9GfPi53X3RzgSuUuE/76&#10;Z+9s98cu0P6SuvoNAAD//wMAUEsDBBQABgAIAAAAIQBEXw9U4wAAAA0BAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BasMwDIbvg72D0WC31E6aljWLU0rZdiqDtYPRmxurSWhsh9hN0refdlqP0v/x61O+&#10;nkzLBux946yEeCaAoS2dbmwl4fvwHr0A80FZrVpnUcINPayLx4dcZdqN9guHfagYlVifKQl1CF3G&#10;uS9rNMrPXIeWsrPrjQo09hXXvRqp3LQ8EWLJjWosXahVh9say8v+aiR8jGrczOO3YXc5b2/Hw+Lz&#10;ZxejlM9P0+YVWMAp/MPwp0/qUJDTyV2t9qyVEKXpIiaWkpVYAiMkSsScVicJSZokwIuc339R/AIA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC4EhruEAMAAOwKAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBEXw9U4wAAAA0BAAAPAAAAAAAAAAAAAAAA&#10;AGoFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAegYAAAAA&#10;">
+              <v:group w14:anchorId="1B77C3BF" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:-222.55pt;margin-top:95.3pt;width:121pt;height:25.8pt;z-index:251652096;mso-width-relative:margin;mso-height-relative:margin" coordsize="25604,3277" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRGfY//AIAAMgKAAAOAAAAZHJzL2Uyb0RvYy54bWzsVk1z2yAQvXem/4HRPRGSbdnWxM60+bp0&#10;2kzT9o4R+uggYIBY9r/vgpESJ3E6TTo9dOIDFoJdvX37duHkdNNytGbaNFIsouQYR4gJKotGVIvo&#10;+7fLo1mEjCWiIFwKtoi2zESny/fvTjqVs1TWkhdMI3AiTN6pRVRbq/I4NrRmLTHHUjEBi6XULbEw&#10;1VVcaNKB95bHKcZZ3EldKC0pMwbenu8Wo6X3X5aM2i9laZhFfBEBNutH7ceVG+PlCckrTVTd0ACD&#10;vABFSxoBHx1cnRNL0K1uHrlqG6qlkaU9prKNZVk2lPkYIJoEP4jmSstb5WOp8q5SA01A7QOeXuyW&#10;fl5faXWjrjUw0akKuPAzF8um1K37B5Ro4ynbDpSxjUUUXiaTUTbFwCyFtVE6zbLAKa2B+EdmtL4I&#10;hukkw+P0znCKJy4Zcf/ZeA9Mp0Ae5o4B8zoGbmqimCfW5MDAtUZNAfABjSAtqPSCr2SHzqQQICCp&#10;Eax4evzuMxHIMrkB3g4ylU7GQIwX2MBWMsPjbLJjKxlNp/P9oEmutLFXTLbIPSyiFRN2gDHyCiPr&#10;T8Z6qRUBLSl+JhEqWw7KXROOjrLxLHAZNgOrvWNnyYUbjeRNcdlw7ie6Wp1xjcAecow/4omHDob3&#10;tsHMmUJq+tD9k91ytnP7lZXApJOFh+qrmA1uCaUQThKgcQG7nVkJEAZD/HvDsN+ZMl/hf2I8WPgv&#10;S2EH47YRUj/1dbvpIZe7/T0Du7gdBStZbL0oPDUgVFdL/0KxkPcDivWYHQjQ9wHFIi1BYgmeYfcD&#10;BfFG/ehzF4o+SWZJ4hafKP3RdD7qKzjJRsk8C6ntG0evuVeJeZ7N38TcV+Z+Cf1nYk57Md9YTZqq&#10;tuiD1vt9OHVSeF7VrrB78aYgSgw1AuL1Ap06c2gb4QwKp0+SjSe475gHtGsCpKEZ7zqc76/g8y81&#10;WJJb0vALUSC7VXAOERd/UP9b53XHxe7sebbz+psDXJd8VsLVzt3H7s+9o7sL6PIXAAAA//8DAFBL&#10;AwQUAAYACAAAACEARF8PVOMAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMAyG74O9g9Fg&#10;t9ROmpY1i1NK2XYqg7WD0Zsbq0lobIfYTdK3n3Zaj9L/8etTvp5MywbsfeOshHgmgKEtnW5sJeH7&#10;8B69APNBWa1aZ1HCDT2si8eHXGXajfYLh32oGJVYnykJdQhdxrkvazTKz1yHlrKz640KNPYV170a&#10;qdy0PBFiyY1qLF2oVYfbGsvL/mokfIxq3Mzjt2F3OW9vx8Pi82cXo5TPT9PmFVjAKfzD8KdP6lCQ&#10;08ldrfaslRCl6SImlpKVWAIjJErEnFYnCUmaJMCLnN9/UfwCAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA0Rn2P/wCAADICgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEARF8PVOMAAAANAQAADwAAAAAAAAAAAAAAAABWBQAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAGYGAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                   </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <v:handles>
                     <v:h position="#0,center"/>
                   </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="Elbow Connector 30" o:spid="_x0000_s1027" type="#_x0000_t34" style="position:absolute;top:254;width:11804;height:1377;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvPeXfvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCm5EUxUfVKM4A4IrwerC5aW5NsXmpjSx1r83C2GWh/Pe7DpbiZYaXzpWMBknIIhzp0su&#10;FFwvh9EKhA/IGivHpOBNHnbb3s8GU+1efKY2C4WIIexTVGBCqFMpfW7Ioh+7mjhyd9dYDBE2hdQN&#10;vmK4reQ0SRbSYsmxwWBNf4byR/a0Cm6rw95Sh+3zbcqE58vTo/odKjXod/s1iEBd+Bd/3UetYBbX&#10;xy/xB8jtBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK895d++AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" adj="-140" strokecolor="#00b050"/>
                 <v:shape id="Elbow Connector 31" o:spid="_x0000_s1028" type="#_x0000_t34" style="position:absolute;left:11811;width:13793;height:1631;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCmqNV0wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hvAVvmvoHkW5TKYKggodVYa+P5tmWbV5qE9vut98Iwh6HmfkNk2wHU4uOWldZVjCfRSCI&#10;c6srLhTcrvvpBoTzyBpry6Tglxxs0/EowVjbnr+ou/hCBAi7GBWU3jexlC4vyaCb2YY4eHfbGvRB&#10;toXULfYBbmq5iKK1NFhxWCixoV1J+c/laRRkXX78Xp+Gx+G8epiq74o7nzKlJh9D9gnC0+D/w+/2&#10;QStYzuH1JfwAmf4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApqjVdMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-209" strokecolor="#00b050"/>
                 <v:shape id="Straight Arrow Connector 32" o:spid="_x0000_s1029" type="#_x0000_t32" style="position:absolute;left:12319;top:1631;width:0;height:1646;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDqtRg0xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2pum6KKUapSyILujBP1SPj+bZFpuX0kTtfnsjCB6HmfkNM513phY3al1lWcH3IAJB&#10;nFtdcaHgsF/0YxDOI2usLZOCf3Iwn330pphoe+ct3Xa+EAHCLkEFpfdNIqXLSzLoBrYhDt7ZtgZ9&#10;kG0hdYv3ADe1HEbRWBqsOCyU2NBvSflldzUKjvGojv5kZu3mGC+7U7ZO0ypX6uuzSycgPHX+HX61&#10;V1rBzxCeX8IPkLMHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOq1GDTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="#00b050">
                   <v:stroke endarrow="open"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DD7C51" w:rsidRPr="00DD7C51" w:rsidSect="00C43B1C">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="851" w:footer="742" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10CA61E9" w14:textId="77777777" w:rsidR="00814649" w:rsidRDefault="00814649" w:rsidP="00EE44D0">
+    <w:p w14:paraId="18B4722F" w14:textId="77777777" w:rsidR="00931ACB" w:rsidRDefault="00931ACB" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="035DD10F" w14:textId="77777777" w:rsidR="00814649" w:rsidRDefault="00814649" w:rsidP="00EE44D0">
+    <w:p w14:paraId="0BC0F63E" w14:textId="77777777" w:rsidR="00931ACB" w:rsidRDefault="00931ACB" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
-    <w:charset w:val="88"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B334AAFF" w:usb1="F9DFFFFF" w:usb2="0000003E" w:usb3="00000000" w:csb0="001F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4CC8595E" w14:textId="77777777" w:rsidR="0060237F" w:rsidRDefault="0060237F">
-[...9 lines deleted...]
-  <w:p w14:paraId="7FCDC9C4" w14:textId="588E2BDC" w:rsidR="00E97970" w:rsidRPr="00C00A88" w:rsidRDefault="00E97970" w:rsidP="00C00A88">
+  <w:p w14:paraId="7FCDC9C4" w14:textId="1078AF7B" w:rsidR="00E97970" w:rsidRPr="00C00A88" w:rsidRDefault="00E97970" w:rsidP="00C00A88">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>DRAF(A-Birth) (0</w:t>
+      <w:t>DRAF(A-Birth) (</w:t>
     </w:r>
-    <w:r w:rsidR="0060237F">
+    <w:r w:rsidR="0009338D" w:rsidRPr="00A2094E">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>11</w:t>
     </w:r>
-    <w:r w:rsidR="006771F8">
+    <w:r w:rsidR="006771F8" w:rsidRPr="00A2094E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>/2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00A0661C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-593934641"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
@@ -27035,107 +27333,67 @@
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE44D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A7E14AF" w14:textId="77777777" w:rsidR="00814649" w:rsidRDefault="00814649" w:rsidP="00EE44D0">
+    <w:p w14:paraId="0601A417" w14:textId="77777777" w:rsidR="00931ACB" w:rsidRDefault="00931ACB" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53D6A430" w14:textId="77777777" w:rsidR="00814649" w:rsidRDefault="00814649" w:rsidP="00EE44D0">
+    <w:p w14:paraId="2169D515" w14:textId="77777777" w:rsidR="00931ACB" w:rsidRDefault="00931ACB" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DB686A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDC65C6A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
@@ -28075,147 +28333,151 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1679308324">
+  <w:num w:numId="1" w16cid:durableId="1885601833">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1913616444">
+  <w:num w:numId="2" w16cid:durableId="1468814743">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2042432845">
+  <w:num w:numId="3" w16cid:durableId="1744334453">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1559824871">
+  <w:num w:numId="4" w16cid:durableId="1610232934">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="643780282">
+  <w:num w:numId="5" w16cid:durableId="2101944846">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1418868371">
+  <w:num w:numId="6" w16cid:durableId="101074832">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="358121091">
+  <w:num w:numId="7" w16cid:durableId="688408644">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1965499158">
+  <w:num w:numId="8" w16cid:durableId="1746802700">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1953246044">
+  <w:num w:numId="9" w16cid:durableId="201673917">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="2123915060">
+  <w:num w:numId="10" w16cid:durableId="1701973055">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1829705113">
+  <w:num w:numId="11" w16cid:durableId="320892700">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1180654461">
+  <w:num w:numId="12" w16cid:durableId="814569391">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D3F9F"/>
     <w:rsid w:val="00006EFB"/>
     <w:rsid w:val="0001199E"/>
     <w:rsid w:val="0001733E"/>
     <w:rsid w:val="00017DB6"/>
     <w:rsid w:val="00030CE6"/>
     <w:rsid w:val="00031EA5"/>
     <w:rsid w:val="000345FE"/>
     <w:rsid w:val="000348BA"/>
+    <w:rsid w:val="000378A0"/>
     <w:rsid w:val="0004133E"/>
     <w:rsid w:val="0004270E"/>
     <w:rsid w:val="00051ACC"/>
     <w:rsid w:val="00052312"/>
     <w:rsid w:val="0005239F"/>
     <w:rsid w:val="000618C7"/>
     <w:rsid w:val="000621DD"/>
     <w:rsid w:val="00062EBD"/>
     <w:rsid w:val="000662C1"/>
     <w:rsid w:val="00072556"/>
     <w:rsid w:val="00072A7D"/>
     <w:rsid w:val="000736C1"/>
     <w:rsid w:val="00084C5B"/>
     <w:rsid w:val="00087D63"/>
+    <w:rsid w:val="0009338D"/>
     <w:rsid w:val="00093BB9"/>
     <w:rsid w:val="000949D4"/>
     <w:rsid w:val="000950DC"/>
     <w:rsid w:val="00097305"/>
+    <w:rsid w:val="000A374C"/>
     <w:rsid w:val="000A4824"/>
     <w:rsid w:val="000B43BB"/>
     <w:rsid w:val="000C0A56"/>
     <w:rsid w:val="000C40B6"/>
     <w:rsid w:val="000C43F6"/>
     <w:rsid w:val="000C4B20"/>
     <w:rsid w:val="000D5B21"/>
     <w:rsid w:val="000E54F7"/>
     <w:rsid w:val="000F500F"/>
     <w:rsid w:val="000F579F"/>
     <w:rsid w:val="00101455"/>
     <w:rsid w:val="001122C7"/>
     <w:rsid w:val="00112393"/>
     <w:rsid w:val="00120089"/>
     <w:rsid w:val="00126A2E"/>
     <w:rsid w:val="00133BF4"/>
     <w:rsid w:val="001472C6"/>
     <w:rsid w:val="0015176A"/>
     <w:rsid w:val="00151A7F"/>
     <w:rsid w:val="00155D98"/>
     <w:rsid w:val="00156CA6"/>
     <w:rsid w:val="00163DED"/>
     <w:rsid w:val="00170FF7"/>
     <w:rsid w:val="00171C41"/>
     <w:rsid w:val="0017311F"/>
@@ -28381,50 +28643,51 @@
     <w:rsid w:val="0067797F"/>
     <w:rsid w:val="00680B2A"/>
     <w:rsid w:val="00682B2D"/>
     <w:rsid w:val="006837B1"/>
     <w:rsid w:val="00685520"/>
     <w:rsid w:val="00686FAC"/>
     <w:rsid w:val="006919B7"/>
     <w:rsid w:val="006A52C4"/>
     <w:rsid w:val="006B40BB"/>
     <w:rsid w:val="006C0727"/>
     <w:rsid w:val="006C225E"/>
     <w:rsid w:val="006C24CB"/>
     <w:rsid w:val="006C559B"/>
     <w:rsid w:val="006E16DA"/>
     <w:rsid w:val="006E313B"/>
     <w:rsid w:val="006E3634"/>
     <w:rsid w:val="006F05B9"/>
     <w:rsid w:val="006F1292"/>
     <w:rsid w:val="006F1DCA"/>
     <w:rsid w:val="006F478B"/>
     <w:rsid w:val="006F4AF8"/>
     <w:rsid w:val="006F5121"/>
     <w:rsid w:val="006F66BB"/>
     <w:rsid w:val="00702543"/>
     <w:rsid w:val="007035DD"/>
+    <w:rsid w:val="007055D5"/>
     <w:rsid w:val="00721277"/>
     <w:rsid w:val="00721D18"/>
     <w:rsid w:val="0072688F"/>
     <w:rsid w:val="00735382"/>
     <w:rsid w:val="00735D96"/>
     <w:rsid w:val="00741A0F"/>
     <w:rsid w:val="00743129"/>
     <w:rsid w:val="00744653"/>
     <w:rsid w:val="00745D48"/>
     <w:rsid w:val="00745E31"/>
     <w:rsid w:val="007518D8"/>
     <w:rsid w:val="00752722"/>
     <w:rsid w:val="00755B4E"/>
     <w:rsid w:val="00755C92"/>
     <w:rsid w:val="00773105"/>
     <w:rsid w:val="007770F0"/>
     <w:rsid w:val="007775F4"/>
     <w:rsid w:val="00777935"/>
     <w:rsid w:val="007808F4"/>
     <w:rsid w:val="00784880"/>
     <w:rsid w:val="00785CC5"/>
     <w:rsid w:val="0079374C"/>
     <w:rsid w:val="0079628D"/>
     <w:rsid w:val="00796305"/>
     <w:rsid w:val="0079725D"/>
@@ -28458,116 +28721,123 @@
     <w:rsid w:val="00836983"/>
     <w:rsid w:val="008418C7"/>
     <w:rsid w:val="008418D0"/>
     <w:rsid w:val="00853AFE"/>
     <w:rsid w:val="00865980"/>
     <w:rsid w:val="00871B75"/>
     <w:rsid w:val="00881CBF"/>
     <w:rsid w:val="00881D4E"/>
     <w:rsid w:val="00884DD3"/>
     <w:rsid w:val="00897456"/>
     <w:rsid w:val="008A0191"/>
     <w:rsid w:val="008A3330"/>
     <w:rsid w:val="008A3A56"/>
     <w:rsid w:val="008A4DF7"/>
     <w:rsid w:val="008A678F"/>
     <w:rsid w:val="008A7663"/>
     <w:rsid w:val="008A7F3A"/>
     <w:rsid w:val="008B1A16"/>
     <w:rsid w:val="008B60B5"/>
     <w:rsid w:val="008B7574"/>
     <w:rsid w:val="008C318A"/>
     <w:rsid w:val="008D6EDA"/>
     <w:rsid w:val="008E13C5"/>
     <w:rsid w:val="008E1FA9"/>
     <w:rsid w:val="008E622C"/>
+    <w:rsid w:val="008F2A98"/>
     <w:rsid w:val="008F572B"/>
     <w:rsid w:val="009100C6"/>
     <w:rsid w:val="00920862"/>
     <w:rsid w:val="00925E25"/>
+    <w:rsid w:val="00931ACB"/>
     <w:rsid w:val="009322C3"/>
     <w:rsid w:val="00943054"/>
     <w:rsid w:val="00943892"/>
     <w:rsid w:val="0094736B"/>
     <w:rsid w:val="00947635"/>
     <w:rsid w:val="00947E9F"/>
     <w:rsid w:val="00955A61"/>
     <w:rsid w:val="009570A0"/>
     <w:rsid w:val="009619AA"/>
     <w:rsid w:val="00961EFA"/>
     <w:rsid w:val="00963E24"/>
     <w:rsid w:val="00967AA0"/>
     <w:rsid w:val="009712A2"/>
     <w:rsid w:val="00973DAB"/>
     <w:rsid w:val="0097663A"/>
     <w:rsid w:val="009862C0"/>
     <w:rsid w:val="00991965"/>
     <w:rsid w:val="009A0DD1"/>
     <w:rsid w:val="009A7F8F"/>
     <w:rsid w:val="009B65BB"/>
     <w:rsid w:val="009C5EF6"/>
     <w:rsid w:val="009D1F73"/>
     <w:rsid w:val="009E0A68"/>
     <w:rsid w:val="009E0EA5"/>
     <w:rsid w:val="009F0C09"/>
+    <w:rsid w:val="009F17BC"/>
     <w:rsid w:val="009F402D"/>
     <w:rsid w:val="009F42A0"/>
     <w:rsid w:val="00A0661C"/>
     <w:rsid w:val="00A070EF"/>
     <w:rsid w:val="00A11EBA"/>
     <w:rsid w:val="00A13DF5"/>
     <w:rsid w:val="00A15051"/>
+    <w:rsid w:val="00A2094E"/>
     <w:rsid w:val="00A30C8E"/>
     <w:rsid w:val="00A30E16"/>
+    <w:rsid w:val="00A32789"/>
     <w:rsid w:val="00A40040"/>
     <w:rsid w:val="00A42505"/>
     <w:rsid w:val="00A435D1"/>
     <w:rsid w:val="00A5006B"/>
     <w:rsid w:val="00A504EE"/>
     <w:rsid w:val="00A508B5"/>
+    <w:rsid w:val="00A54AB2"/>
     <w:rsid w:val="00A65083"/>
     <w:rsid w:val="00A75B41"/>
     <w:rsid w:val="00A76D54"/>
     <w:rsid w:val="00A813C3"/>
     <w:rsid w:val="00A843C5"/>
     <w:rsid w:val="00A865B5"/>
     <w:rsid w:val="00A921E0"/>
     <w:rsid w:val="00A92FC5"/>
     <w:rsid w:val="00A95D2C"/>
     <w:rsid w:val="00AA154D"/>
     <w:rsid w:val="00AB23BA"/>
     <w:rsid w:val="00AC4EB4"/>
     <w:rsid w:val="00AC6E69"/>
     <w:rsid w:val="00AC77AE"/>
     <w:rsid w:val="00AC7D96"/>
     <w:rsid w:val="00AD06D2"/>
     <w:rsid w:val="00AD16C4"/>
     <w:rsid w:val="00AD1C7C"/>
     <w:rsid w:val="00AE1BFE"/>
     <w:rsid w:val="00AF0909"/>
     <w:rsid w:val="00AF57F7"/>
     <w:rsid w:val="00AF7371"/>
+    <w:rsid w:val="00AF7454"/>
     <w:rsid w:val="00B04E9D"/>
     <w:rsid w:val="00B05E5D"/>
     <w:rsid w:val="00B122FB"/>
     <w:rsid w:val="00B13C3C"/>
     <w:rsid w:val="00B22579"/>
     <w:rsid w:val="00B24293"/>
     <w:rsid w:val="00B2545D"/>
     <w:rsid w:val="00B2698D"/>
     <w:rsid w:val="00B27110"/>
     <w:rsid w:val="00B31E6B"/>
     <w:rsid w:val="00B62801"/>
     <w:rsid w:val="00B6370A"/>
     <w:rsid w:val="00B67074"/>
     <w:rsid w:val="00B74E5B"/>
     <w:rsid w:val="00B750D1"/>
     <w:rsid w:val="00B7639E"/>
     <w:rsid w:val="00B8238E"/>
     <w:rsid w:val="00B87798"/>
     <w:rsid w:val="00B916F5"/>
     <w:rsid w:val="00B9521F"/>
     <w:rsid w:val="00B95A7F"/>
     <w:rsid w:val="00BB7D04"/>
     <w:rsid w:val="00BC0DF6"/>
     <w:rsid w:val="00BC3A8F"/>
     <w:rsid w:val="00BD25D9"/>
@@ -28579,50 +28849,51 @@
     <w:rsid w:val="00BF0BD3"/>
     <w:rsid w:val="00BF44B4"/>
     <w:rsid w:val="00BF45F9"/>
     <w:rsid w:val="00C00A88"/>
     <w:rsid w:val="00C104A6"/>
     <w:rsid w:val="00C10F7B"/>
     <w:rsid w:val="00C119EF"/>
     <w:rsid w:val="00C12FBD"/>
     <w:rsid w:val="00C32A86"/>
     <w:rsid w:val="00C34391"/>
     <w:rsid w:val="00C42914"/>
     <w:rsid w:val="00C43B1C"/>
     <w:rsid w:val="00C471D6"/>
     <w:rsid w:val="00C55811"/>
     <w:rsid w:val="00C607D7"/>
     <w:rsid w:val="00C6343C"/>
     <w:rsid w:val="00C65703"/>
     <w:rsid w:val="00C7142E"/>
     <w:rsid w:val="00C731AD"/>
     <w:rsid w:val="00C8328C"/>
     <w:rsid w:val="00C844E0"/>
     <w:rsid w:val="00C87ACB"/>
     <w:rsid w:val="00C9377A"/>
     <w:rsid w:val="00C97F2F"/>
     <w:rsid w:val="00CA254C"/>
+    <w:rsid w:val="00CA3FB4"/>
     <w:rsid w:val="00CA41FB"/>
     <w:rsid w:val="00CA5A3A"/>
     <w:rsid w:val="00CB088D"/>
     <w:rsid w:val="00CB08E7"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CB4DBA"/>
     <w:rsid w:val="00CC0CD6"/>
     <w:rsid w:val="00CC6823"/>
     <w:rsid w:val="00CC6975"/>
     <w:rsid w:val="00CD080C"/>
     <w:rsid w:val="00CE323E"/>
     <w:rsid w:val="00CE4F84"/>
     <w:rsid w:val="00CE6259"/>
     <w:rsid w:val="00CF0209"/>
     <w:rsid w:val="00CF3233"/>
     <w:rsid w:val="00D000FF"/>
     <w:rsid w:val="00D03CC9"/>
     <w:rsid w:val="00D06971"/>
     <w:rsid w:val="00D125F9"/>
     <w:rsid w:val="00D20D8D"/>
     <w:rsid w:val="00D2616A"/>
     <w:rsid w:val="00D26559"/>
     <w:rsid w:val="00D30B7F"/>
     <w:rsid w:val="00D30C71"/>
     <w:rsid w:val="00D375E6"/>
@@ -28666,101 +28937,103 @@
     <w:rsid w:val="00E909A0"/>
     <w:rsid w:val="00E9615B"/>
     <w:rsid w:val="00E97970"/>
     <w:rsid w:val="00EA0BAE"/>
     <w:rsid w:val="00EA2468"/>
     <w:rsid w:val="00EA4D09"/>
     <w:rsid w:val="00EA630F"/>
     <w:rsid w:val="00EA7580"/>
     <w:rsid w:val="00EB3760"/>
     <w:rsid w:val="00EB69B7"/>
     <w:rsid w:val="00EC637D"/>
     <w:rsid w:val="00ED0B99"/>
     <w:rsid w:val="00ED0D51"/>
     <w:rsid w:val="00ED11F1"/>
     <w:rsid w:val="00ED7D3C"/>
     <w:rsid w:val="00EE0870"/>
     <w:rsid w:val="00EE115B"/>
     <w:rsid w:val="00EE20BB"/>
     <w:rsid w:val="00EE44D0"/>
     <w:rsid w:val="00EF29D6"/>
     <w:rsid w:val="00EF58D3"/>
     <w:rsid w:val="00EF5CE7"/>
     <w:rsid w:val="00F01914"/>
     <w:rsid w:val="00F068E4"/>
     <w:rsid w:val="00F10CC8"/>
+    <w:rsid w:val="00F12FDD"/>
     <w:rsid w:val="00F149C2"/>
     <w:rsid w:val="00F15AC7"/>
     <w:rsid w:val="00F162D4"/>
     <w:rsid w:val="00F178C4"/>
+    <w:rsid w:val="00F20291"/>
     <w:rsid w:val="00F3456F"/>
     <w:rsid w:val="00F361FA"/>
     <w:rsid w:val="00F50033"/>
     <w:rsid w:val="00F5062D"/>
     <w:rsid w:val="00F541F6"/>
     <w:rsid w:val="00F54619"/>
     <w:rsid w:val="00F633EE"/>
     <w:rsid w:val="00F6498E"/>
     <w:rsid w:val="00F7292F"/>
     <w:rsid w:val="00F73925"/>
     <w:rsid w:val="00F73D50"/>
     <w:rsid w:val="00F76C11"/>
     <w:rsid w:val="00F90846"/>
     <w:rsid w:val="00F90DA6"/>
     <w:rsid w:val="00F927F2"/>
     <w:rsid w:val="00F95D8F"/>
     <w:rsid w:val="00F962FF"/>
     <w:rsid w:val="00FA2D86"/>
     <w:rsid w:val="00FA496E"/>
     <w:rsid w:val="00FA56D9"/>
     <w:rsid w:val="00FA7960"/>
     <w:rsid w:val="00FB1833"/>
     <w:rsid w:val="00FB4FBC"/>
     <w:rsid w:val="00FB7365"/>
     <w:rsid w:val="00FC4EAC"/>
     <w:rsid w:val="00FD4346"/>
     <w:rsid w:val="00FE08B5"/>
     <w:rsid w:val="00FF444C"/>
     <w:rsid w:val="00FF7F61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B283A0E"/>
   <w15:docId w15:val="{6FB6D2A5-3241-480B-B264-C66D08583765}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -29560,51 +29833,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2045446053">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F1C6FA3B667C4B5EB7C5A42B8501FBF8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BD94C603-75B5-41D8-A0DD-B8879130F946}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -31393,54 +31666,53 @@
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
-    <w:charset w:val="88"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="B334AAFF" w:usb1="F9DFFFFF" w:usb2="0000003E" w:usb3="00000000" w:csb0="001F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
@@ -31484,51 +31756,56 @@
   <w:view w:val="normal"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:revisionView w:comments="0" w:formatting="0"/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E52B0D"/>
+    <w:rsid w:val="00576EBE"/>
     <w:rsid w:val="008066E5"/>
+    <w:rsid w:val="008E4AA0"/>
+    <w:rsid w:val="00AF7454"/>
+    <w:rsid w:val="00B51BFD"/>
+    <w:rsid w:val="00CA3FB4"/>
     <w:rsid w:val="00E52B0D"/>
     <w:rsid w:val="00FE59DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -33129,65 +33406,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D316FDFC-FC0A-4562-8BE7-DC6BB443FFF6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1199</Words>
-  <Characters>6836</Characters>
+  <Words>1200</Words>
+  <Characters>6840</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
+  <Lines>57</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hospital Authority</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8019</CharactersWithSpaces>
+  <CharactersWithSpaces>8024</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maggie CHOW, HOS&amp;P M(S&amp;DS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>