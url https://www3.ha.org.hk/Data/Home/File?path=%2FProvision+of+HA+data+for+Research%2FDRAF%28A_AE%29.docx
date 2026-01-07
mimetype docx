--- v0 (2025-11-05)
+++ v1 (2026-01-07)
@@ -1,46 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="15134" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -69,139 +64,139 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DEC6DDE" w14:textId="77777777" w:rsidR="00263203" w:rsidRDefault="00263203" w:rsidP="004F5471">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5386" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="223FC008" w14:textId="77777777" w:rsidR="00263203" w:rsidRDefault="008F352E" w:rsidP="004F5471">
+          <w:p w14:paraId="223FC008" w14:textId="77777777" w:rsidR="00263203" w:rsidRDefault="00A7354D" w:rsidP="004F5471">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:ind w:leftChars="13" w:left="175" w:hangingChars="60" w:hanging="144"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="3E0D8A38">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-94.2pt;margin-top:-.2pt;width:133.5pt;height:63pt;z-index:251703296;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:page;mso-height-relative:page" wrapcoords="-121 0 -121 21343 21600 21343 21600 0 -121 0" filled="t">
+                <v:shape id="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-94.2pt;margin-top:-.2pt;width:133.5pt;height:63pt;z-index:251700224;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;mso-width-relative:page;mso-height-relative:page" wrapcoords="-121 0 -121 21343 21600 21343 21600 0 -121 0" filled="t">
                   <v:imagedata r:id="rId8" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                   <w10:wrap type="tight"/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1033" DrawAspect="Content" ObjectID="_1814945873" r:id="rId9"/>
+                <o:OLEObject Type="Embed" ProgID="StaticMetafile" ShapeID="_x0000_s1033" DrawAspect="Content" ObjectID="_1824885615" r:id="rId9"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B6B96B" w14:textId="77777777" w:rsidR="00263203" w:rsidRPr="000B0F52" w:rsidRDefault="00263203" w:rsidP="00971AD9">
+          <w:p w14:paraId="02B6B96B" w14:textId="2DC3B485" w:rsidR="00263203" w:rsidRPr="000B0F52" w:rsidRDefault="00263203" w:rsidP="00971AD9">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B0F52">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>HA Ref</w:t>
             </w:r>
             <w:r w:rsidRPr="000B0F52">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>erence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00263203" w14:paraId="72DDBD4B" w14:textId="77777777" w:rsidTr="000B0F52">
+      <w:tr w:rsidR="00263203" w14:paraId="72DDBD4B" w14:textId="77777777" w:rsidTr="00B11FE6">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6204" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="470E9A0D" w14:textId="77777777" w:rsidR="00263203" w:rsidRDefault="00263203" w:rsidP="004F5471">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -243,94 +238,66 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00971AD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>App. No.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0F275467" w14:textId="77777777" w:rsidR="00263203" w:rsidRPr="00971AD9" w:rsidRDefault="008F352E" w:rsidP="00971AD9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F275467" w14:textId="7146D4A3" w:rsidR="00263203" w:rsidRPr="00971AD9" w:rsidRDefault="00263203" w:rsidP="00B11FE6">
             <w:pPr>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...25 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00263203" w14:paraId="2282183D" w14:textId="77777777" w:rsidTr="000B0F52">
+      <w:tr w:rsidR="00263203" w14:paraId="2282183D" w14:textId="77777777" w:rsidTr="00B11FE6">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6204" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB3EA32" w14:textId="77777777" w:rsidR="00263203" w:rsidRDefault="00263203" w:rsidP="004F5471">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -371,67 +338,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00971AD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Submitted on:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="08B1A7E1" w14:textId="77777777" w:rsidR="00263203" w:rsidRPr="00971AD9" w:rsidRDefault="00263203" w:rsidP="00971AD9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B1A7E1" w14:textId="77777777" w:rsidR="00263203" w:rsidRPr="00971AD9" w:rsidRDefault="00263203" w:rsidP="00B11FE6">
             <w:pPr>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00263203" w14:paraId="0B45F866" w14:textId="77777777" w:rsidTr="000B0F52">
+      <w:tr w:rsidR="00263203" w14:paraId="0B45F866" w14:textId="77777777" w:rsidTr="00B11FE6">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6204" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E8AA28" w14:textId="77777777" w:rsidR="00263203" w:rsidRDefault="00263203" w:rsidP="004F5471">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -472,56 +438,55 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00971AD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Assessed on:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60CF4990" w14:textId="77777777" w:rsidR="00263203" w:rsidRPr="00971AD9" w:rsidRDefault="00263203" w:rsidP="00971AD9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CF4990" w14:textId="77777777" w:rsidR="00263203" w:rsidRPr="00971AD9" w:rsidRDefault="00263203" w:rsidP="00B11FE6">
             <w:pPr>
               <w:contextualSpacing/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="165727CA" w14:textId="77777777" w:rsidR="006777EA" w:rsidRDefault="00721277" w:rsidP="004F5471">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00721277">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -865,56 +830,51 @@
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="704D458B" w14:textId="77777777" w:rsidR="002E690C" w:rsidRPr="004F075F" w:rsidRDefault="002E690C" w:rsidP="003A6C8B">
             <w:pPr>
               <w:ind w:leftChars="51" w:left="136" w:hanging="14"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CA03724" w14:textId="77777777" w:rsidR="002E690C" w:rsidRPr="002E690C" w:rsidRDefault="002E690C" w:rsidP="004F5471">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="002E690C" w:rsidRPr="002E690C" w:rsidSect="00380B64">
-          <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="992" w:right="851" w:bottom="992" w:left="992" w:header="851" w:footer="742" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19703580" w14:textId="77777777" w:rsidR="00084C5B" w:rsidRPr="004F075F" w:rsidRDefault="004F075F" w:rsidP="004E0F0E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F075F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -1230,50 +1190,53 @@
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">                       from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="zh-HK"/>
             </w:rPr>
             <w:alias w:val="C_AdmDate_From"/>
             <w:tag w:val="C_AdmDate_From"/>
             <w:id w:val="-1317802566"/>
             <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="1E8955480A7C43C3B1771BA2B32F285A"/>
+            </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2822" w:type="dxa"/>
                 <w:gridSpan w:val="6"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="735EE0CC" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="00962AA5" w:rsidP="0037548F">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
@@ -1326,75 +1289,78 @@
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3036" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31712481" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="008F352E" w:rsidP="0037548F">
+          <w:p w14:paraId="31712481" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="00A7354D" w:rsidP="0037548F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmDate_To"/>
                 <w:tag w:val="C_AdmDate_To"/>
                 <w:id w:val="1568533697"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="76FC6A010A774D85B3237F5F1C0F6B4D"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00962AA5" w:rsidRPr="0013503F">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
@@ -1518,59 +1484,71 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B0D6400" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="000A4824" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4BC245F7" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="000A4824" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
@@ -1583,59 +1561,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3036" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7702F935" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="00AE1BFE" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D602E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>yyyy-mm-dd</w:t>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D602E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="481F5659" w14:textId="77777777" w:rsidR="000A4824" w:rsidRPr="00C65703" w:rsidRDefault="000A4824" w:rsidP="000A4824">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
@@ -1779,51 +1769,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="591D189C" w14:textId="77777777" w:rsidR="00C30813" w:rsidRPr="007770F0" w:rsidRDefault="008F352E" w:rsidP="000D2F2C">
+          <w:p w14:paraId="591D189C" w14:textId="77777777" w:rsidR="00C30813" w:rsidRPr="007770F0" w:rsidRDefault="00A7354D" w:rsidP="000D2F2C">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="70" w:left="168"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmAge_No"/>
                 <w:tag w:val="CO_AdmAge_No"/>
                 <w:id w:val="-1690137916"/>
@@ -1931,51 +1921,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334A13B1" w14:textId="77777777" w:rsidR="00C30813" w:rsidRPr="007770F0" w:rsidRDefault="008F352E" w:rsidP="00C65703">
+          <w:p w14:paraId="334A13B1" w14:textId="77777777" w:rsidR="00C30813" w:rsidRPr="007770F0" w:rsidRDefault="00A7354D" w:rsidP="00C65703">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_AdmAge_Yes"/>
                 <w:tag w:val="CO_AdmAge_Yes"/>
                 <w:id w:val="152102176"/>
                 <w:lock w:val="sdtLocked"/>
@@ -2131,63 +2121,76 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Please specify the required range of age for data extraction:</w:t>
             </w:r>
             <w:r w:rsidR="000125B1">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000125B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="009F51C4" w:rsidRPr="00087D63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="009F51C4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="009F51C4" w:rsidRPr="00087D63">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">Please select the appropriate </w:t>
             </w:r>
             <w:r w:rsidR="009F51C4" w:rsidRPr="0030660A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2329,51 +2332,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A8C18ED" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="008F352E" w:rsidP="000B4EFF">
+          <w:p w14:paraId="4A8C18ED" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="00A7354D" w:rsidP="000B4EFF">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:after="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_From"/>
@@ -2391,51 +2394,51 @@
                     <w:kern w:val="0"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA52AEA" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="008F352E" w:rsidP="000B4EFF">
+          <w:p w14:paraId="7BA52AEA" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="00A7354D" w:rsidP="000B4EFF">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:after="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_FromUnit"/>
                 <w:tag w:val="C_AdmAge_FromUnit"/>
                 <w:id w:val="1774283893"/>
@@ -2489,51 +2492,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76B8C7D8" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="008F352E" w:rsidP="000B4EFF">
+          <w:p w14:paraId="76B8C7D8" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="00A7354D" w:rsidP="000B4EFF">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:after="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_To"/>
@@ -2551,51 +2554,51 @@
                     <w:kern w:val="0"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">      </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1249" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29D7A1CE" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="008F352E" w:rsidP="00962AA5">
+          <w:p w14:paraId="29D7A1CE" w14:textId="77777777" w:rsidR="00962AA5" w:rsidRPr="00C65703" w:rsidRDefault="00A7354D" w:rsidP="00962AA5">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:after="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_AdmAge_ToUnit"/>
                 <w:tag w:val="C_AdmAge_ToUnit"/>
                 <w:id w:val="1919053795"/>
@@ -2742,71 +2745,93 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="54D696CD" w14:textId="77777777" w:rsidR="00D26A0D" w:rsidRPr="00C65703" w:rsidRDefault="00AF65D5" w:rsidP="00B1091B">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:beforeLines="50" w:before="180" w:line="480" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>(Age in Months: 0 – 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B1091B">
+              <w:t xml:space="preserve">(Age in Months: 0 – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00812D9D">
+            <w:r w:rsidR="00B1091B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years: </w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00812D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00812D9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
             <w:r w:rsidRPr="00812D9D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -2973,51 +2998,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC1750F" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="007770F0" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="4BC1750F" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="007770F0" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Specialty_No"/>
                 <w:tag w:val="CO_Specialty_No"/>
                 <w:id w:val="916989980"/>
@@ -3121,51 +3146,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1129" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="472DF371" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="007770F0" w:rsidRDefault="008F352E" w:rsidP="00121217">
+          <w:p w14:paraId="472DF371" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="007770F0" w:rsidRDefault="00A7354D" w:rsidP="00121217">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Specialty_Yes"/>
                 <w:tag w:val="CO_Specialty_Yes"/>
                 <w:id w:val="-34274969"/>
                 <w:lock w:val="sdtLocked"/>
@@ -3347,51 +3372,75 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lease specify</w:t>
             </w:r>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> the required </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>attending specialty(ies) for data extraction</w:t>
+              <w:t>attending specialty(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C65703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C65703">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>) for data extraction</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00121217" w:rsidRPr="008A3A56" w14:paraId="42EF7657" w14:textId="77777777" w:rsidTr="001A5371">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2704" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3413,51 +3462,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12190" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55163C40" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="00C65703" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="55163C40" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="00C65703" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Specialty_CTS"/>
                 <w:tag w:val="C_Specialty_CTS"/>
                 <w:id w:val="100922032"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3970,51 +4019,51 @@
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00121217" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> OPH</w:t>
             </w:r>
             <w:r w:rsidR="00121217" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="511237B2" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="00C65703" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="511237B2" w14:textId="77777777" w:rsidR="00121217" w:rsidRPr="00C65703" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="84" w:firstLine="176"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="C_Specialty_ORT"/>
                 <w:tag w:val="C_Specialty_ORT"/>
                 <w:id w:val="1530680430"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4354,51 +4403,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C132DA7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="007770F0" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="7C132DA7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="007770F0" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="83" w:firstLine="174"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Diagnosis_No"/>
                 <w:tag w:val="CO_Diagnosis_No"/>
                 <w:id w:val="-135341449"/>
@@ -4490,51 +4539,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Part 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4171F39F" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="007770F0" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4171F39F" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="007770F0" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_Diagnosis_Yes"/>
                 <w:tag w:val="CO_Diagnosis_Yes"/>
                 <w:id w:val="-2083046995"/>
                 <w14:checkbox>
@@ -4795,51 +4844,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12190" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28F73A73" w14:textId="77777777" w:rsidR="001A5371" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="28F73A73" w14:textId="77777777" w:rsidR="001A5371" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="77" w:left="223" w:hangingChars="18" w:hanging="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="CO_PriDiagno"/>
                 <w:tag w:val="CO_PriDiagno"/>
                 <w:id w:val="528693821"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -4919,61 +4968,82 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001A5371" w:rsidRPr="00C65703">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A5371">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve">Any diagnosis     </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Any diagnosis  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="001A5371">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="001A5371">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>(P</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001A5371">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001A5371" w:rsidRPr="00CE6259">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>lease specify your r</w:t>
             </w:r>
             <w:r w:rsidR="001A5371">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>equired diagnosis groupings in</w:t>
             </w:r>
             <w:r w:rsidR="001A5371" w:rsidRPr="00CE6259">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
@@ -5357,51 +5427,51 @@
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007770F0" w:rsidRPr="008A3A56" w14:paraId="7EE0963A" w14:textId="77777777" w:rsidTr="00B9521F">
         <w:trPr>
           <w:trHeight w:val="1264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE64D81" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="3BE64D81" w14:textId="77777777" w:rsidR="007770F0" w:rsidRPr="0072688F" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:firstLineChars="76" w:firstLine="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="D_AE"/>
                 <w:tag w:val="D_AE"/>
                 <w:id w:val="647328390"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -5939,51 +6009,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Comments from Central Panel on Administrative Assessment of External Data Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="69F8B189" w14:textId="77777777" w:rsidTr="000A76BD">
         <w:trPr>
           <w:trHeight w:val="482"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F89BA0E" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00E319C8" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="0F89BA0E" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00E319C8" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="60" w:left="392" w:hangingChars="118" w:hanging="248"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmAge"/>
                 <w:tag w:val="G_AdmAge"/>
                 <w:id w:val="1220026674"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -6144,51 +6214,77 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> in</w:t>
             </w:r>
             <w:r w:rsidR="00647B66">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="Age" w:history="1">
               <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:i/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
-                <w:t>Note (i)</w:t>
+                <w:t>Note (</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>i</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="006837B1" w:rsidRPr="006837B1">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="zh-HK"/>
+                </w:rPr>
+                <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4751223A" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="547" w:hanging="547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
@@ -6206,51 +6302,51 @@
           <w:p w14:paraId="0E9AF6BF" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="547" w:hanging="547"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="794857C2" w14:textId="77777777" w:rsidTr="00F46245">
         <w:trPr>
           <w:trHeight w:val="136"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04BFBECC" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00745E31" w:rsidRDefault="008F352E" w:rsidP="00647B66">
+          <w:p w14:paraId="04BFBECC" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="00745E31" w:rsidRDefault="00A7354D" w:rsidP="00647B66">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Gender"/>
                 <w:tag w:val="G_Gender"/>
                 <w:id w:val="-1062559414"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -6362,51 +6458,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="314D3072" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="49245DF1" w14:textId="77777777" w:rsidTr="001472C6">
         <w:trPr>
           <w:trHeight w:val="130"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="675B9F37" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="004B056D" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="675B9F37" w14:textId="77777777" w:rsidR="00745E31" w:rsidRPr="004B056D" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="61" w:left="297" w:hangingChars="72" w:hanging="151"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_DistrictResidence"/>
                 <w:tag w:val="G_DistrictResidence"/>
                 <w:id w:val="141630797"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -6502,51 +6598,51 @@
           </w:tcPr>
           <w:p w14:paraId="2915ECA6" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F46245" w:rsidRPr="00853AFE" w14:paraId="3400167B" w14:textId="77777777" w:rsidTr="00F46245">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1334C4E3" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="00E319C8" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="1334C4E3" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="00E319C8" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate"/>
                 <w:tag w:val="G_AdmDate"/>
                 <w:id w:val="1334874741"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -6579,51 +6675,51 @@
             <w:r w:rsidR="00F46245">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Date of attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A72063D" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="0013126E" w:rsidRDefault="008F352E" w:rsidP="0013126E">
+          <w:p w14:paraId="6A72063D" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="0013126E" w:rsidRDefault="00A7354D" w:rsidP="0013126E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_1"/>
                 <w:tag w:val="G_AdmDate_1"/>
                 <w:id w:val="-268705668"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6640,100 +6736,122 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F46245" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F46245" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Date (yyyy-mm-dd)</w:t>
+              <w:t>Date (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F46245" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F46245" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm-dd)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="336640D5" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="00F46245" w:rsidRDefault="00F46245" w:rsidP="00F46245"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74D1E9B7" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="00F46245" w:rsidRDefault="00F46245" w:rsidP="00F46245"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F46245" w:rsidRPr="00853AFE" w14:paraId="01FEF700" w14:textId="77777777" w:rsidTr="00F46245">
         <w:trPr>
           <w:trHeight w:val="19"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="026B300C" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="00F46245" w:rsidRDefault="00F46245" w:rsidP="00F46245"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="72" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="651EFB26" w14:textId="77777777" w:rsidR="0013126E" w:rsidRPr="00853AFE" w:rsidRDefault="008F352E" w:rsidP="0013126E">
+          <w:p w14:paraId="651EFB26" w14:textId="77777777" w:rsidR="0013126E" w:rsidRPr="00853AFE" w:rsidRDefault="00A7354D" w:rsidP="0013126E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_2"/>
                 <w:tag w:val="G_AdmDate_2"/>
                 <w:id w:val="1898011247"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6753,51 +6871,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Week (start from Sun to Sat)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7095C2E3" w14:textId="77777777" w:rsidR="0013126E" w:rsidRPr="00853AFE" w:rsidRDefault="008F352E" w:rsidP="0013126E">
+          <w:p w14:paraId="7095C2E3" w14:textId="77777777" w:rsidR="0013126E" w:rsidRPr="00853AFE" w:rsidRDefault="00A7354D" w:rsidP="0013126E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_3"/>
                 <w:tag w:val="G_AdmDate_3"/>
                 <w:id w:val="-1431898731"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6814,54 +6932,76 @@
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>Month (yyyy-mm)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3C626664" w14:textId="77777777" w:rsidR="0013126E" w:rsidRDefault="008F352E" w:rsidP="0013126E">
+              <w:t>Month (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-mm)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C626664" w14:textId="77777777" w:rsidR="0013126E" w:rsidRDefault="00A7354D" w:rsidP="0013126E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_4"/>
                 <w:tag w:val="G_AdmDate_4"/>
                 <w:id w:val="-718585865"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -6881,51 +7021,51 @@
                   </w:rPr>
                   <w:sym w:font="Wingdings" w:char="F06F"/>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0013126E" w:rsidRPr="00853AFE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Calendar year</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25FEE1C5" w14:textId="77777777" w:rsidR="0013126E" w:rsidRDefault="008F352E" w:rsidP="0013126E">
+          <w:p w14:paraId="25FEE1C5" w14:textId="77777777" w:rsidR="0013126E" w:rsidRDefault="00A7354D" w:rsidP="0013126E">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:leftChars="13" w:left="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_AdmDate_5"/>
                 <w:tag w:val="G_AdmDate_5"/>
                 <w:id w:val="904184743"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
@@ -7020,51 +7160,51 @@
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="thinDiagStripe" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B13523" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="00F46245" w:rsidRDefault="00F46245" w:rsidP="00F46245"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="605041F3" w14:textId="77777777" w:rsidR="00F46245" w:rsidRPr="00F46245" w:rsidRDefault="00F46245" w:rsidP="00F46245"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="571DB2E4" w14:textId="77777777" w:rsidTr="00F46245">
         <w:trPr>
           <w:trHeight w:val="110"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D5667CF" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="008A3A56" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="2D5667CF" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="008A3A56" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Specialty"/>
                 <w:tag w:val="G_Specialty"/>
                 <w:id w:val="-1565021578"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -7135,51 +7275,69 @@
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="001472C6" w:rsidRPr="00E025FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ttending</w:t>
             </w:r>
             <w:r w:rsidRPr="00E025FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> specialty</w:t>
             </w:r>
             <w:r w:rsidR="004B056D" w:rsidRPr="00E025FB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(ies)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004B056D" w:rsidRPr="00E025FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004B056D" w:rsidRPr="00E025FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36CCA366" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7189,51 +7347,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63A54A3B" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED7D3C" w:rsidRPr="00853AFE" w14:paraId="740AFF53" w14:textId="77777777" w:rsidTr="00F46245">
         <w:trPr>
           <w:trHeight w:val="599"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2964BF87" w14:textId="77777777" w:rsidR="00ED7D3C" w:rsidRDefault="008F352E" w:rsidP="00A52702">
+          <w:p w14:paraId="2964BF87" w14:textId="77777777" w:rsidR="00ED7D3C" w:rsidRDefault="00A7354D" w:rsidP="00A52702">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Triage"/>
                 <w:tag w:val="G_Triage"/>
                 <w:id w:val="1031149627"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
@@ -7311,120 +7469,140 @@
             <w:r w:rsidRPr="00ED7D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>Critical; Emergency</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED7D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Urgent; Semi-urgent</w:t>
+              <w:t xml:space="preserve"> Urgent; Semi-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00ED7D3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>urgent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED7D3C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Non-urgent</w:t>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00ED7D3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t>-urgent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:shd w:val="thinDiagStripe" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F4E0189" w14:textId="77777777" w:rsidR="00ED7D3C" w:rsidRPr="00853AFE" w:rsidRDefault="00ED7D3C" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E9DBA90" w14:textId="77777777" w:rsidR="00ED7D3C" w:rsidRPr="00853AFE" w:rsidRDefault="00ED7D3C" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w14:paraId="560568BA" w14:textId="77777777" w:rsidTr="00F46245">
         <w:trPr>
           <w:trHeight w:val="326"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34A6E9C6" w14:textId="79490E27" w:rsidR="007E0CA4" w:rsidRPr="005C73BB" w:rsidRDefault="008F352E" w:rsidP="005C73BB">
+          <w:p w14:paraId="34A6E9C6" w14:textId="79490E27" w:rsidR="007E0CA4" w:rsidRPr="005C73BB" w:rsidRDefault="00A7354D" w:rsidP="005C73BB">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_DischargeDest"/>
                 <w:tag w:val="G_DischargeDest"/>
                 <w:id w:val="1927457794"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -7546,51 +7724,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48112D58" w14:textId="77777777" w:rsidR="007E0CA4" w:rsidRPr="00853AFE" w:rsidRDefault="007E0CA4" w:rsidP="0063229E">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5371" w:rsidRPr="00853AFE" w14:paraId="003C9FE0" w14:textId="77777777" w:rsidTr="006E3DBF">
         <w:trPr>
           <w:trHeight w:val="326"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0862AD87" w14:textId="129B3976" w:rsidR="001A5371" w:rsidRDefault="008F352E" w:rsidP="001A5371">
+          <w:p w14:paraId="0862AD87" w14:textId="129B3976" w:rsidR="001A5371" w:rsidRDefault="00A7354D" w:rsidP="001A5371">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_Diagno"/>
                 <w:tag w:val="G_Diagno"/>
                 <w:id w:val="836969220"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
@@ -7704,51 +7882,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08715E55" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="00853AFE" w:rsidRDefault="001A5371" w:rsidP="001A5371">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A5371" w:rsidRPr="00853AFE" w14:paraId="04291841" w14:textId="77777777" w:rsidTr="006E3DBF">
         <w:trPr>
           <w:trHeight w:val="326"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="288F86A8" w14:textId="2C33F513" w:rsidR="001A5371" w:rsidRDefault="008F352E" w:rsidP="001A5371">
+          <w:p w14:paraId="288F86A8" w14:textId="2C33F513" w:rsidR="001A5371" w:rsidRDefault="00A7354D" w:rsidP="001A5371">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:leftChars="62" w:left="594" w:hangingChars="212" w:hanging="445"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="G_PublicAssistance"/>
                 <w:tag w:val="G_PublicAssistance"/>
                 <w:id w:val="-305556107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="00FE" w14:font="Wingdings"/>
                   <w14:uncheckedState w14:val="006F" w14:font="Wingdings"/>
@@ -8414,51 +8592,75 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5481339B" w14:textId="77777777" w:rsidR="006837B1" w:rsidRPr="000D51A7" w:rsidRDefault="006837B1" w:rsidP="006837B1">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Age"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Note (i): </w:t>
+        <w:t>Note (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-HK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>Classification level</w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="000D51A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8652,71 +8854,93 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Attendance</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30FFD9F1" w14:textId="77777777" w:rsidR="000125B1" w:rsidRPr="00A42505" w:rsidRDefault="000125B1" w:rsidP="000B4EFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t>(Age in Months: 0 – 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000B4EFF">
+              <w:t xml:space="preserve">(Age in Months: 0 – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D30C71">
+            <w:r w:rsidR="000B4EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years:</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
@@ -8853,72 +9077,75 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="519840CB" w14:textId="77777777" w:rsidTr="002B49AF">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A566D6D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00790913">
+          <w:p w14:paraId="1A566D6D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00790913">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_1"/>
                 <w:tag w:val="L_AdmAge_Fmt_1"/>
                 <w:id w:val="-898130132"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="A7B086BCD2354625AA942D39658B4C09"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0037548F" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text</w:t>
                 </w:r>
                 <w:r w:rsidR="0037548F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8999,51 +9226,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149115B4" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00E645A0">
+          <w:p w14:paraId="149115B4" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00E645A0">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_1"/>
                 <w:tag w:val="L_AdmAge_FromUnit_1"/>
                 <w:id w:val="-1084838667"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9148,51 +9375,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D3050CA" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00E645A0">
+          <w:p w14:paraId="4D3050CA" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00E645A0">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_1"/>
                 <w:tag w:val="L_AdmAge_ToUnit_1"/>
                 <w:id w:val="-559012545"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9215,72 +9442,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="58FCB773" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58FA8103" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00E243AB">
+          <w:p w14:paraId="58FA8103" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00E243AB">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_2"/>
                 <w:tag w:val="L_AdmAge_Fmt_2"/>
                 <w:id w:val="-1639491593"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="490F3F4F2D6F4FA28A591612C4CC4782"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0037548F" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text</w:t>
                 </w:r>
                 <w:r w:rsidR="0037548F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9361,51 +9591,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7949F250" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00E645A0">
+          <w:p w14:paraId="7949F250" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00E645A0">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_2"/>
                 <w:tag w:val="L_AdmAge_FromUnit_2"/>
                 <w:id w:val="768355314"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9510,51 +9740,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A0766BB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00E645A0">
+          <w:p w14:paraId="0A0766BB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00E645A0">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_2"/>
                 <w:tag w:val="L_AdmAge_ToUnit_2"/>
                 <w:id w:val="-406537381"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9577,72 +9807,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="1BD0F0AD" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7216945C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="005F2738">
+          <w:p w14:paraId="7216945C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="005F2738">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_3"/>
                 <w:tag w:val="L_AdmAge_Fmt_3"/>
                 <w:id w:val="569078929"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="263365D377864639859E00797B24FAEF"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text</w:t>
                 </w:r>
                 <w:r w:rsidR="002B49AF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9723,51 +9956,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17F36D77" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00E645A0">
+          <w:p w14:paraId="17F36D77" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00E645A0">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_3"/>
                 <w:tag w:val="L_AdmAge_FromUnit_3"/>
                 <w:id w:val="-404600935"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9872,51 +10105,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="571A0224" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00E645A0">
+          <w:p w14:paraId="571A0224" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00E645A0">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_3"/>
                 <w:tag w:val="L_AdmAge_ToUnit_3"/>
                 <w:id w:val="1109402786"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -9939,72 +10172,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="60A6B634" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39ADEF45" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="39ADEF45" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_4"/>
                 <w:tag w:val="L_AdmAge_Fmt_4"/>
                 <w:id w:val="-915624846"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="7FC6078289404FD7A4F281E5AEB15F79"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -10079,51 +10315,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A039E2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="66A039E2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_4"/>
                 <w:tag w:val="L_AdmAge_FromUnit_4"/>
                 <w:id w:val="1526218288"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -10228,51 +10464,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53683ADB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="53683ADB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_4"/>
                 <w:tag w:val="L_AdmAge_ToUnit_4"/>
                 <w:id w:val="1256484052"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -10295,72 +10531,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="1F80A895" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76A8D024" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="76A8D024" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_5"/>
                 <w:tag w:val="L_AdmAge_Fmt_5"/>
                 <w:id w:val="1389292951"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="BB86960B4182435483877859B1A3BA2D"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -10435,51 +10674,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23DA8B34" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="23DA8B34" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_5"/>
                 <w:tag w:val="L_AdmAge_FromUnit_5"/>
                 <w:id w:val="-1147045424"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -10584,51 +10823,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3411874F" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="3411874F" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_5"/>
                 <w:tag w:val="L_AdmAge_ToUnit_5"/>
                 <w:id w:val="-1044528080"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -10651,72 +10890,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="1AF591A6" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25D02F87" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="25D02F87" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_6"/>
                 <w:tag w:val="L_AdmAge_Fmt_6"/>
                 <w:id w:val="-1658073850"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="A26053A443E0446086648F2FB8651F44"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -10791,51 +11033,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8771FF" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="4E8771FF" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_6"/>
                 <w:tag w:val="L_AdmAge_FromUnit_6"/>
                 <w:id w:val="-1003421580"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -10940,51 +11182,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05FECC70" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="05FECC70" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_6"/>
                 <w:tag w:val="L_AdmAge_ToUnit_6"/>
                 <w:id w:val="72027423"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11007,72 +11249,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="0B35B6EA" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59E1402E" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="59E1402E" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_7"/>
                 <w:tag w:val="L_AdmAge_Fmt_7"/>
                 <w:id w:val="2045019254"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="A276E07CE76446D0AC3E4F0E1E621999"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -11147,51 +11392,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F88C2C7" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="7F88C2C7" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_7"/>
                 <w:tag w:val="L_AdmAge_FromUnit_7"/>
                 <w:id w:val="-203940065"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11296,51 +11541,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A43EF07" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="2A43EF07" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_7"/>
                 <w:tag w:val="L_AdmAge_ToUnit_7"/>
                 <w:id w:val="999082955"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11363,72 +11608,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="74F4BD75" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B6DA8B" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="26B6DA8B" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_8"/>
                 <w:tag w:val="L_AdmAge_Fmt_8"/>
                 <w:id w:val="-715357034"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="68B4356BEB6A4F9AAF8C2A69BDFA4944"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -11503,51 +11751,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFE13D2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="7DFE13D2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_8"/>
                 <w:tag w:val="L_AdmAge_FromUnit_8"/>
                 <w:id w:val="-1826732346"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11652,51 +11900,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA9ECF8" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="3FA9ECF8" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_8"/>
                 <w:tag w:val="L_AdmAge_ToUnit_8"/>
                 <w:id w:val="1001545408"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -11719,72 +11967,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="4E89D15B" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1529C3" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="6C1529C3" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_9"/>
                 <w:tag w:val="L_AdmAge_Fmt_9"/>
                 <w:id w:val="-831675108"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="29D44379FB3648F38D9E5C34BDA8E894"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -11859,51 +12110,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E113C86" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="4E113C86" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_9"/>
                 <w:tag w:val="L_AdmAge_FromUnit_9"/>
                 <w:id w:val="-1520226890"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12008,51 +12259,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20BB5A74" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="20BB5A74" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_9"/>
                 <w:tag w:val="L_AdmAge_ToUnit_9"/>
                 <w:id w:val="542332231"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12075,72 +12326,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="67177AC1" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18317943" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="18317943" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_10"/>
                 <w:tag w:val="L_AdmAge_Fmt_10"/>
                 <w:id w:val="160441466"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="C6A547D00F8044EC8CBD130EC1B2B06D"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -12215,51 +12469,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECC4C0C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="1ECC4C0C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_10"/>
                 <w:tag w:val="L_AdmAge_FromUnit_10"/>
                 <w:id w:val="194587573"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12364,51 +12618,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50D3C41D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="50D3C41D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_10"/>
                 <w:tag w:val="L_AdmAge_ToUnit_10"/>
                 <w:id w:val="-2008745644"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12431,72 +12685,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="363631A2" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACD1F60" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="0ACD1F60" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_11"/>
                 <w:tag w:val="L_AdmAge_Fmt_11"/>
                 <w:id w:val="1235659990"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="A96D9DAA76BD4434A6FF834146D63E60"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -12571,51 +12828,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03D272A2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="03D272A2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_11"/>
                 <w:tag w:val="L_AdmAge_FromUnit_11"/>
                 <w:id w:val="-1824961597"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -12720,51 +12977,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1B526E" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="5F1B526E" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_11"/>
                 <w:tag w:val="L_AdmAge_ToUnit_11"/>
                 <w:id w:val="-1721129420"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
                   <w:listItem w:displayText="Year(s)" w:value="Year(s)"/>
@@ -12786,72 +13043,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="3FBE5807" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="581AEE5D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="581AEE5D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_12"/>
                 <w:tag w:val="L_AdmAge_Fmt_12"/>
                 <w:id w:val="-1975063354"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="2428083013D845F3B9BFE353A917DAC2"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -12926,51 +13186,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10FD92DE" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="10FD92DE" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_12"/>
                 <w:tag w:val="L_AdmAge_FromUnit_12"/>
                 <w:id w:val="364492512"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13075,51 +13335,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463A2586" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="463A2586" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_12"/>
                 <w:tag w:val="L_AdmAge_ToUnit_12"/>
                 <w:id w:val="-610121967"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13142,72 +13402,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="1B073CA9" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0443CFED" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="0443CFED" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_13"/>
                 <w:tag w:val="L_AdmAge_Fmt_13"/>
                 <w:id w:val="1664511046"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="E64BBB9EF1D74C35A7B972CFB448C890"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -13282,51 +13545,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C54ACEB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="7C54ACEB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_13"/>
                 <w:tag w:val="L_AdmAge_FromUnit_13"/>
                 <w:id w:val="919906695"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13431,51 +13694,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1833EC91" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="1833EC91" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_13"/>
                 <w:tag w:val="L_AdmAge_ToUnit_13"/>
                 <w:id w:val="-1196070719"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13498,72 +13761,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="4B54A63F" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FAEEBE5" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="7FAEEBE5" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_14"/>
                 <w:tag w:val="L_AdmAge_Fmt_14"/>
                 <w:id w:val="61155389"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="D8610953C2EF45E5BE22A198CEB55F2C"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -13638,51 +13904,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3705E872" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="3705E872" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_14"/>
                 <w:tag w:val="L_AdmAge_FromUnit_14"/>
                 <w:id w:val="836271173"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13787,51 +14053,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E220CE0" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="0E220CE0" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_14"/>
                 <w:tag w:val="L_AdmAge_ToUnit_14"/>
                 <w:id w:val="1561745937"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -13854,72 +14120,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="30DFE8A9" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="097A938F" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="097A938F" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_15"/>
                 <w:tag w:val="L_AdmAge_Fmt_15"/>
                 <w:id w:val="1169139282"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="D6B30D12D2AD4A2CBDE22593622570AD"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -13994,51 +14263,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A33E76" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="25A33E76" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_15"/>
                 <w:tag w:val="L_AdmAge_FromUnit_15"/>
                 <w:id w:val="1617101022"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14143,51 +14412,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC3C817" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="4BC3C817" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_15"/>
                 <w:tag w:val="L_AdmAge_ToUnit_15"/>
                 <w:id w:val="-2020917651"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14210,72 +14479,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="663B259E" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18ED5EC2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="18ED5EC2" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_16"/>
                 <w:tag w:val="L_AdmAge_Fmt_16"/>
                 <w:id w:val="2102987932"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="70D7CEF2A9834D26A94A01CE43A9032E"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -14350,51 +14622,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2112CDC9" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="2112CDC9" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_16"/>
                 <w:tag w:val="L_AdmAge_FromUnit_16"/>
                 <w:id w:val="1596675120"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14499,51 +14771,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255FC5FC" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="255FC5FC" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_16"/>
                 <w:tag w:val="L_AdmAge_ToUnit_16"/>
                 <w:id w:val="5717960"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14566,72 +14838,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="6887779A" w14:textId="77777777" w:rsidTr="00CF31FD">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="061F0CC6" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="061F0CC6" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_17"/>
                 <w:tag w:val="L_AdmAge_Fmt_17"/>
                 <w:id w:val="-881480041"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="D5CA79CD3B95433B8927711311FBECDC"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -14706,51 +14981,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4AD3CF" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="6F4AD3CF" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_17"/>
                 <w:tag w:val="L_AdmAge_FromUnit_17"/>
                 <w:id w:val="465933421"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14855,51 +15130,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC6E68D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="0BC6E68D" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_17"/>
                 <w:tag w:val="L_AdmAge_ToUnit_17"/>
                 <w:id w:val="247401868"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -14922,72 +15197,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="6FDF468F" w14:textId="77777777" w:rsidTr="0054469E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30043A9E" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="30043A9E" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_18"/>
                 <w:tag w:val="L_AdmAge_Fmt_18"/>
                 <w:id w:val="1248386789"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="32297DA8499E4FAB82F660C8948AE1A5"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -15062,51 +15340,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA269AA" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="7BA269AA" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_18"/>
                 <w:tag w:val="L_AdmAge_FromUnit_18"/>
                 <w:id w:val="1041093964"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15211,51 +15489,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4AB3C3" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="7F4AB3C3" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_18"/>
                 <w:tag w:val="L_AdmAge_ToUnit_18"/>
                 <w:id w:val="1968692986"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15278,72 +15556,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="4E67B7B8" w14:textId="77777777" w:rsidTr="0054469E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63A2CC91" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="63A2CC91" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_19"/>
                 <w:tag w:val="L_AdmAge_Fmt_19"/>
                 <w:id w:val="-261603164"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="2A1AA3C0A99F4C9399CC9440B3EC8E3E"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -15418,51 +15699,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3822091C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="3822091C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_19"/>
                 <w:tag w:val="L_AdmAge_FromUnit_19"/>
                 <w:id w:val="-1248644867"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15567,51 +15848,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FE0CEBB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="5FE0CEBB" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_19"/>
                 <w:tag w:val="L_AdmAge_ToUnit_19"/>
                 <w:id w:val="-251667611"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15634,72 +15915,75 @@
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B49AF" w:rsidRPr="004B056D" w14:paraId="52EA7CCD" w14:textId="77777777" w:rsidTr="0054469E">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFFFB3C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="7BFFFB3C" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00AB23BA" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_Fmt_20"/>
                 <w:tag w:val="L_AdmAge_Fmt_20"/>
                 <w:id w:val="723638798"/>
                 <w:lock w:val="sdtLocked"/>
+                <w:placeholder>
+                  <w:docPart w:val="2CCBF212E7AA4FB99EBF0A9729E114B4"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002B49AF" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:kern w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               <w:lang w:eastAsia="zh-HK"/>
@@ -15774,51 +16058,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1717" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54289DD0" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="54289DD0" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_FromUnit_20"/>
                 <w:tag w:val="L_AdmAge_FromUnit_20"/>
                 <w:id w:val="-2006815045"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -15923,51 +16207,51 @@
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                     <w:lang w:eastAsia="zh-HK"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3819DAC5" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="008F352E" w:rsidP="00B86D4F">
+          <w:p w14:paraId="3819DAC5" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="00155D98" w:rsidRDefault="00A7354D" w:rsidP="00B86D4F">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="zh-HK"/>
                 </w:rPr>
                 <w:alias w:val="L_AdmAge_ToUnit_20"/>
                 <w:tag w:val="L_AdmAge_ToUnit_20"/>
                 <w:id w:val="1975019946"/>
                 <w:lock w:val="sdtLocked"/>
                 <w:dropDownList>
                   <w:listItem w:displayText="Month(s)" w:value="Month(s)"/>
@@ -16358,71 +16642,93 @@
               </w:rPr>
               <w:t>Attendance</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="511C5EC7" w14:textId="77777777" w:rsidR="002B49AF" w:rsidRPr="004B056D" w:rsidRDefault="002B49AF" w:rsidP="000B4EFF">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Age in Months: 0 – 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000B4EFF">
+              <w:t xml:space="preserve"> (Age in Months: 0 – </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D30C71">
+            <w:r w:rsidR="000B4EFF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ; Age in Years:</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D30C71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="zh-HK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Age in Years:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0</w:t>
             </w:r>
             <w:r w:rsidRPr="00D30C71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="zh-HK"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
@@ -17463,51 +17769,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13A85456" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="13A85456" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_1"/>
                 <w:tag w:val="L_Diagno_Fmt_1"/>
                 <w:id w:val="388236941"/>
                 <w:placeholder>
                   <w:docPart w:val="4C23DC50F81A4649AD6AA1568EC7A236"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -17516,51 +17822,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BB8328C" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="3BB8328C" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_1"/>
                 <w:tag w:val="L_ICD9_From_1"/>
                 <w:id w:val="712002368"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -17586,51 +17892,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2477ED64" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="2477ED64" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_1"/>
                 <w:tag w:val="L_ICD9_To_1"/>
                 <w:id w:val="-1292889082"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -17682,51 +17988,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="232DAE42" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="232DAE42" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_2"/>
                 <w:tag w:val="L_Diagno_Fmt_2"/>
                 <w:id w:val="322093362"/>
                 <w:placeholder>
                   <w:docPart w:val="968630A123CB45048F89BC4171A68159"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -17735,51 +18041,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A82ED99" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="2A82ED99" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_2"/>
                 <w:tag w:val="L_ICD9_From_2"/>
                 <w:id w:val="1236127612"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -17805,51 +18111,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BE1D554" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="7BE1D554" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_2"/>
                 <w:tag w:val="L_ICD9_To_2"/>
                 <w:id w:val="679708380"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -17901,51 +18207,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D65F71" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="59D65F71" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_3"/>
                 <w:tag w:val="L_Diagno_Fmt_3"/>
                 <w:id w:val="-1906214224"/>
                 <w:placeholder>
                   <w:docPart w:val="D33FB8DE4F80414AB4805D11BFECDE3C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -17954,51 +18260,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10184C0B" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="10184C0B" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_3"/>
                 <w:tag w:val="L_ICD9_From_3"/>
                 <w:id w:val="-1448623368"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -18024,51 +18330,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F29FB3F" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="0F29FB3F" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_3"/>
                 <w:tag w:val="L_ICD9_To_3"/>
                 <w:id w:val="138628016"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -18120,51 +18426,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6674AE93" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="6674AE93" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_4"/>
                 <w:tag w:val="L_Diagno_Fmt_4"/>
                 <w:id w:val="1439022706"/>
                 <w:placeholder>
                   <w:docPart w:val="A0E2D629D6424533BC7070FF5E89C5FB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -18173,51 +18479,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="255A2CE6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="255A2CE6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_4"/>
                 <w:tag w:val="L_ICD9_From_4"/>
                 <w:id w:val="-1475904231"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -18243,51 +18549,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F7931D3" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="0F7931D3" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_4"/>
                 <w:tag w:val="L_ICD9_To_4"/>
                 <w:id w:val="2140987585"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -18339,51 +18645,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="308E5BF5" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="308E5BF5" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_5"/>
                 <w:tag w:val="L_Diagno_Fmt_5"/>
                 <w:id w:val="-965355901"/>
                 <w:placeholder>
                   <w:docPart w:val="D837B25610FA4C529F966C8A7B69731D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -18392,51 +18698,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="606A895D" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="606A895D" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_5"/>
                 <w:tag w:val="L_ICD9_From_5"/>
                 <w:id w:val="354162608"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -18462,51 +18768,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="722499F0" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="722499F0" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_5"/>
                 <w:tag w:val="L_ICD9_To_5"/>
                 <w:id w:val="-122614693"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -18558,51 +18864,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20373338" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="20373338" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_6"/>
                 <w:tag w:val="L_Diagno_Fmt_6"/>
                 <w:id w:val="-178114954"/>
                 <w:placeholder>
                   <w:docPart w:val="27CCFF1A6C424A2F9AE88FBC55138772"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -18611,51 +18917,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00B49D70" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="00B49D70" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_6"/>
                 <w:tag w:val="L_ICD9_From_6"/>
                 <w:id w:val="1998921296"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -18681,51 +18987,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C08825B" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="2C08825B" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_6"/>
                 <w:tag w:val="L_ICD9_To_6"/>
                 <w:id w:val="760409982"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -18777,51 +19083,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A0A21F7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="5A0A21F7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_7"/>
                 <w:tag w:val="L_Diagno_Fmt_7"/>
                 <w:id w:val="2102994519"/>
                 <w:placeholder>
                   <w:docPart w:val="7FAFEB2B00B64519B49733456E1810C9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -18830,51 +19136,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51C5DDDE" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="51C5DDDE" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_7"/>
                 <w:tag w:val="L_ICD9_From_7"/>
                 <w:id w:val="2057731657"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -18900,51 +19206,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EDD5F06" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="2EDD5F06" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_7"/>
                 <w:tag w:val="L_ICD9_To_7"/>
                 <w:id w:val="562298067"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -18996,51 +19302,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CB18220" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="6CB18220" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_8"/>
                 <w:tag w:val="L_Diagno_Fmt_8"/>
                 <w:id w:val="1254081266"/>
                 <w:placeholder>
                   <w:docPart w:val="E3D80306E6DC40409DE8457088FDE0DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -19049,51 +19355,51 @@
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70DA060D" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="70DA060D" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_8"/>
                 <w:tag w:val="L_ICD9_From_8"/>
                 <w:id w:val="312987099"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -19119,51 +19425,51 @@
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77270772" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="77270772" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_8"/>
                 <w:tag w:val="L_ICD9_To_8"/>
                 <w:id w:val="-1565949978"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -19214,51 +19520,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07EFCD0E" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="07EFCD0E" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_9"/>
                 <w:tag w:val="L_Diagno_Fmt_9"/>
                 <w:id w:val="-1391494237"/>
                 <w:placeholder>
                   <w:docPart w:val="020099C1B33B46CEAAEC488A868241A7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -19266,51 +19572,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="159A3BD4" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="159A3BD4" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_9"/>
                 <w:tag w:val="L_ICD9_From_9"/>
                 <w:id w:val="201992589"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -19335,51 +19641,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F5DECA" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="58F5DECA" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_9"/>
                 <w:tag w:val="L_ICD9_To_9"/>
                 <w:id w:val="1324552942"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -19429,51 +19735,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="237B8CB0" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="237B8CB0" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_10"/>
                 <w:tag w:val="L_Diagno_Fmt_10"/>
                 <w:id w:val="-962643810"/>
                 <w:placeholder>
                   <w:docPart w:val="0EBD146B70D0488F917B9E49ADCA8BBF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -19481,51 +19787,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55D10BCF" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="55D10BCF" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_10"/>
                 <w:tag w:val="L_ICD9_From_10"/>
                 <w:id w:val="3566943"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00676EE5">
@@ -19550,51 +19856,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBEF62A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4FBEF62A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_10"/>
                 <w:tag w:val="L_ICD9_To_10"/>
                 <w:id w:val="1011414113"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00A61E8A">
@@ -19644,51 +19950,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="229A432A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="229A432A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_11"/>
                 <w:tag w:val="L_Diagno_Fmt_11"/>
                 <w:id w:val="1995366539"/>
                 <w:placeholder>
                   <w:docPart w:val="3A4DE5AC558B4863A5D03716E936F7B4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -19696,51 +20002,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130F5FA1" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="130F5FA1" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_11"/>
                 <w:tag w:val="L_ICD9_From_11"/>
                 <w:id w:val="-1793587198"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19766,51 +20072,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD44DE6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4FD44DE6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_11"/>
                 <w:tag w:val="L_ICD9_To_11"/>
                 <w:id w:val="1814833372"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19861,51 +20167,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC6FDE3" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="7BC6FDE3" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_12"/>
                 <w:tag w:val="L_Diagno_Fmt_12"/>
                 <w:id w:val="-1724048919"/>
                 <w:placeholder>
                   <w:docPart w:val="B0E684991F4E4A4EA2A5BF13DD1683AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -19913,51 +20219,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C06E3B4" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="1C06E3B4" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_12"/>
                 <w:tag w:val="L_ICD9_From_12"/>
                 <w:id w:val="106164372"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -19983,51 +20289,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F5A3C24" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4F5A3C24" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_12"/>
                 <w:tag w:val="L_ICD9_To_12"/>
                 <w:id w:val="-580291630"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20078,51 +20384,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7384E0A1" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="7384E0A1" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_13"/>
                 <w:tag w:val="L_Diagno_Fmt_13"/>
                 <w:id w:val="-1198307805"/>
                 <w:placeholder>
                   <w:docPart w:val="0BD76D91F35F4348B24CCCAA83E5C42F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -20130,51 +20436,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BAA7C7F" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4BAA7C7F" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_13"/>
                 <w:tag w:val="L_ICD9_From_13"/>
                 <w:id w:val="1678538380"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20200,51 +20506,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6676DF4A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="6676DF4A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_13"/>
                 <w:tag w:val="L_ICD9_To_13"/>
                 <w:id w:val="969481288"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20295,51 +20601,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="170BC9D2" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="170BC9D2" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_14"/>
                 <w:tag w:val="L_Diagno_Fmt_14"/>
                 <w:id w:val="982888268"/>
                 <w:placeholder>
                   <w:docPart w:val="33CD7C33F1D34A4B8B97B03C6DF2D4C2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -20347,51 +20653,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4A2959" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="3A4A2959" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_14"/>
                 <w:tag w:val="L_ICD9_From_14"/>
                 <w:id w:val="601070943"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20417,51 +20723,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A210DAE" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4A210DAE" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_14"/>
                 <w:tag w:val="L_ICD9_To_14"/>
                 <w:id w:val="-1273239826"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20512,51 +20818,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD1B142" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="5AD1B142" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_15"/>
                 <w:tag w:val="L_Diagno_Fmt_15"/>
                 <w:id w:val="1809511887"/>
                 <w:placeholder>
                   <w:docPart w:val="CF22D182ED2F44888D8CD04688CD64F8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -20564,51 +20870,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="398A0A97" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="398A0A97" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_15"/>
                 <w:tag w:val="L_ICD9_From_15"/>
                 <w:id w:val="1315606208"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20634,51 +20940,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC525FB" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="7FC525FB" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_15"/>
                 <w:tag w:val="L_ICD9_To_15"/>
                 <w:id w:val="-1334915928"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20729,51 +21035,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2473F5" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="6B2473F5" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_16"/>
                 <w:tag w:val="L_Diagno_Fmt_16"/>
                 <w:id w:val="1410117019"/>
                 <w:placeholder>
                   <w:docPart w:val="E421EA25E6254790B00877AA2B3F7E9F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -20781,51 +21087,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70817FB4" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="70817FB4" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_16"/>
                 <w:tag w:val="L_ICD9_From_16"/>
                 <w:id w:val="1935777133"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20851,51 +21157,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="330D066A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="330D066A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_16"/>
                 <w:tag w:val="L_ICD9_To_16"/>
                 <w:id w:val="-1165932342"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -20946,51 +21252,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63173870" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="63173870" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_17"/>
                 <w:tag w:val="L_Diagno_Fmt_17"/>
                 <w:id w:val="-686828574"/>
                 <w:placeholder>
                   <w:docPart w:val="66B4F61B782E4E8E81335FC4966E16B3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -20998,51 +21304,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CDD19C6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="0CDD19C6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_17"/>
                 <w:tag w:val="L_ICD9_From_17"/>
                 <w:id w:val="380822748"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21068,51 +21374,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="193288CA" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="193288CA" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_17"/>
                 <w:tag w:val="L_ICD9_To_17"/>
                 <w:id w:val="1092667073"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21163,51 +21469,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11E7F8C9" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="11E7F8C9" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_18"/>
                 <w:tag w:val="L_Diagno_Fmt_18"/>
                 <w:id w:val="680013899"/>
                 <w:placeholder>
                   <w:docPart w:val="97A5E2FAA6E94FCCB29BDF7FEBF2F547"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -21215,51 +21521,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4003F9" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="0B4003F9" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_18"/>
                 <w:tag w:val="L_ICD9_From_18"/>
                 <w:id w:val="56370424"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21285,51 +21591,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31E52FD7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="31E52FD7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_18"/>
                 <w:tag w:val="L_ICD9_To_18"/>
                 <w:id w:val="-2058999988"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21380,51 +21686,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD9E2D7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4BD9E2D7" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_19"/>
                 <w:tag w:val="L_Diagno_Fmt_19"/>
                 <w:id w:val="-2071178889"/>
                 <w:placeholder>
                   <w:docPart w:val="22DF061451884FA68BCF90CE8679348F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -21432,51 +21738,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E02CC6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="00E02CC6" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_19"/>
                 <w:tag w:val="L_ICD9_From_19"/>
                 <w:id w:val="-382951775"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21502,51 +21808,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3322532A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="3322532A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_19"/>
                 <w:tag w:val="L_ICD9_To_19"/>
                 <w:id w:val="-201323401"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21597,51 +21903,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4539" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE90A82" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="7AE90A82" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003D1017" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:alias w:val="L_Diagno_Fmt_20"/>
                 <w:tag w:val="L_Diagno_Fmt_20"/>
                 <w:id w:val="1012571819"/>
                 <w:placeholder>
                   <w:docPart w:val="463A82A7FF994110AF48D00DA2CACB45"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
@@ -21649,51 +21955,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="001A5371" w:rsidRPr="00BC2A00">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1972" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59452A2A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="59452A2A" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_From_20"/>
                 <w:tag w:val="L_ICD9_From_20"/>
                 <w:id w:val="-1801997729"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21719,51 +22025,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:kern w:val="0"/>
                     <w:sz w:val="22"/>
                     <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                   </w:rPr>
                   <w:t xml:space="preserve">   </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6F80B9" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="008F352E" w:rsidP="004C5429">
+          <w:p w14:paraId="4D6F80B9" w14:textId="77777777" w:rsidR="001A5371" w:rsidRPr="003F5042" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:kern w:val="0"/>
                   <w:sz w:val="22"/>
                   <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:alias w:val="L_ICD9_To_20"/>
                 <w:tag w:val="L_ICD9_To_20"/>
                 <w:id w:val="1445428486"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -22969,51 +23275,51 @@
     <w:p w14:paraId="1DF2AD4F" w14:textId="29A6168E" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17C719B4" wp14:editId="4C31DE57">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251706368" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17C719B4" wp14:editId="6CAD617F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>17780</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>332105</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2590800" cy="295275"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="45" name="Text Box 45"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2590800" cy="295275"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -23076,51 +23382,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="17C719B4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 45" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:1.4pt;margin-top:26.15pt;width:204pt;height:23.25pt;z-index:251709440;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2uMPsJAIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L3YDZGuDOMXWorsM&#10;67B2D6DoJxYmi5qkxM6efpTkOEl36jAfZIs/H8mPpFe3Q2fIXvqgwTb0alZTIi0Hoe22oT+eH95d&#10;UxIis4IZsLKhBxno7frtm1XvlnIOLRghPUEQG5a9a2gbo1tWVeCt7FiYgZMWlQp8xyJe/bYSnvWI&#10;3plqXtfvqx68cB64DAGl90VJ1xlfKcnjo1JBRmIairnFfPp8btJZrVdsufXMtZqPabB/yKJj2mLQ&#10;CeqeRUZ2Xv8F1WnuIYCKMw5dBUppLnMNWM1V/aKap5Y5mWtBcoKbaAr/D5Z/3T+5b57E4RMM2MBE&#10;SO/CMqAw1TMo36U3ZkpQjxQeJtrkEAlH4XxxU1/XqOKom98s5h8WCaY6eTsf4mcJHUkfDfXYlswW&#10;238JsZgeTVKwAEaLB21MvqRRkHfGkz3DJpqYc0TwCytjSd9QjL3ANDonGhrsNse4MMtzdQmWY7RM&#10;yIK/qPEZ05+sczFnQBjdWBSemMpf8WBkgjP2u1REi0xYqcFvN6mEMnm4GsjWcf4yGDokQ4VFv9J3&#10;dEneMg/8K/0npxwfbJz8O23BFw4veyB+Hnugiv2RikJA4iIOmwEZOJuoDYgDDhr+K+IjHsoANowb&#10;7Shpwf9+KetxJ7GJv3bMS0p8NHdQVphZjvboGktuFj7uIiid5yiFLoHGlHBtcvPGFU97eX7PVqcf&#10;0foPAAAA//8DAFBLAwQUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEzO&#10;wU6DQBAG4LuJ77AZE292gRZDkaExJjYx8dJq7HVhRyCys4RdCn1715M9zvyTf75it5henGl0nWWE&#10;eBWBIK6t7rhB+Px4fchAOK9Yq94yIVzIwa68vSlUru3MBzoffSNCCbtcIbTeD7mUrm7JKLeyA3HI&#10;vu1olA/j2Eg9qjmUm14mUfQojeo4fGjVQC8t1T/HySBUsUvXp7fL5j3+mpb9fGj26Tgj3t8tz08g&#10;PC3+/xj++IEOZTBVdmLtRI+QBLhHSJM1iBBv4igsKoRtloEsC3ntL38BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAdrjD7CQCAADQBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape id="Text Box 45" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:1.4pt;margin-top:26.15pt;width:204pt;height:23.25pt;z-index:251706368;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2uMPsJAIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6L3YDZGuDOMXWorsM&#10;67B2D6DoJxYmi5qkxM6efpTkOEl36jAfZIs/H8mPpFe3Q2fIXvqgwTb0alZTIi0Hoe22oT+eH95d&#10;UxIis4IZsLKhBxno7frtm1XvlnIOLRghPUEQG5a9a2gbo1tWVeCt7FiYgZMWlQp8xyJe/bYSnvWI&#10;3plqXtfvqx68cB64DAGl90VJ1xlfKcnjo1JBRmIairnFfPp8btJZrVdsufXMtZqPabB/yKJj2mLQ&#10;CeqeRUZ2Xv8F1WnuIYCKMw5dBUppLnMNWM1V/aKap5Y5mWtBcoKbaAr/D5Z/3T+5b57E4RMM2MBE&#10;SO/CMqAw1TMo36U3ZkpQjxQeJtrkEAlH4XxxU1/XqOKom98s5h8WCaY6eTsf4mcJHUkfDfXYlswW&#10;238JsZgeTVKwAEaLB21MvqRRkHfGkz3DJpqYc0TwCytjSd9QjL3ANDonGhrsNse4MMtzdQmWY7RM&#10;yIK/qPEZ05+sczFnQBjdWBSemMpf8WBkgjP2u1REi0xYqcFvN6mEMnm4GsjWcf4yGDokQ4VFv9J3&#10;dEneMg/8K/0npxwfbJz8O23BFw4veyB+Hnugiv2RikJA4iIOmwEZOJuoDYgDDhr+K+IjHsoANowb&#10;7Shpwf9+KetxJ7GJv3bMS0p8NHdQVphZjvboGktuFj7uIiid5yiFLoHGlHBtcvPGFU97eX7PVqcf&#10;0foPAAAA//8DAFBLAwQUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEzO&#10;wU6DQBAG4LuJ77AZE292gRZDkaExJjYx8dJq7HVhRyCys4RdCn1715M9zvyTf75it5henGl0nWWE&#10;eBWBIK6t7rhB+Px4fchAOK9Yq94yIVzIwa68vSlUru3MBzoffSNCCbtcIbTeD7mUrm7JKLeyA3HI&#10;vu1olA/j2Eg9qjmUm14mUfQojeo4fGjVQC8t1T/HySBUsUvXp7fL5j3+mpb9fGj26Tgj3t8tz08g&#10;PC3+/xj++IEOZTBVdmLtRI+QBLhHSJM1iBBv4igsKoRtloEsC3ntL38BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAdrjD7CQCAADQBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAOkMDyt0AAAAHAQAADwAAAAAAAAAAAAAAAAB+BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="3D3D16F7" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="000125C4">
                       <w:pPr>
                         <w:pStyle w:val="BalloonText"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00DD7C51">
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="0000FF"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Classification variable(s</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00DD7C51">
                         <w:rPr>
@@ -23130,51 +23436,51 @@
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="302B822E" wp14:editId="102DD8A2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251707392" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="302B822E" wp14:editId="52823A8C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1236980</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>631825</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="0" cy="233680"/>
                 <wp:effectExtent l="95250" t="0" r="57150" b="52070"/>
                 <wp:wrapNone/>
                 <wp:docPr id="46" name="直線單箭頭接點 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="0" cy="233680"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
@@ -23188,55 +23494,55 @@
                         <a:lnRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="71B84C69" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="3AC724FB" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="直線單箭頭接點 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:97.4pt;margin-top:49.75pt;width:0;height:18.4pt;z-index:251710464;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJ2w+PBQIAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uOEzEQ3SNxB8t70kkGolErnVlkCBsE&#10;EZ8DOG47bck/lU06uQRLFiAhNixnViOx4Dwz0dyCsjvp4SckEL2odtn1quo9l6dnW6PJRkBQzlZ0&#10;NBhSIix3tbLrir5+tXhwSkmIzNZMOysquhOBns3u35u2vhRj1zhdCyCYxIay9RVtYvRlUQTeCMPC&#10;wHlh8VA6MCyiC+uiBtZidqOL8XA4KVoHtQfHRQi4e94d0lnOL6Xg8bmUQUSiK4q9xWwh21WyxWzK&#10;yjUw3yh+aIP9QxeGKYtF+1TnLDLyBtQvqYzi4IKTccCdKZyUiovMAdmMhj+xedkwLzIXFCf4Xqbw&#10;/9LyZ5slEFVX9OGEEssM3tH+w9X+y/vrd5f7y4vbTxc3bz/ffv1IHiWtWh9KhMztEg5e8EtIxLcS&#10;TPojJbLN+u56fcU2Et5tctwdn5xMTrP0xR3OQ4hPhDMkLSoaIjC1buLcWYuX6GCU5WWbpyFiZQQe&#10;AamotskGp1W9UFpnB9aruQayYenm8VssEgEE/hAWmdKPbU3iziNzBuDaQ1jKWSS+HcO8ijstunov&#10;hETVkFPXV55X0ddjnAsbR30mjE4wib31wGEm9EfgIT5BRZ7lvwH3iFzZ2diDjbIOflc9bo8tyy7+&#10;qEDHO0mwcvUu332WBocyS3p4QGnqv/cz/O6Zz74BAAD//wMAUEsDBBQABgAIAAAAIQB/WxVr4AAA&#10;AAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcEEuhMNHSdBpoSGjiQovENWtM&#10;29E4UZNthV+PxwVufvbT8/eKxWQHsccx9I4UXM0SEEiNMz21Ct7qp8s7ECFqMnpwhAq+MMCiPD0p&#10;dG7cgV5xX8VWcAiFXCvoYvS5lKHp0Oowcx6Jbx9utDqyHFtpRn3gcDvI6ySZS6t74g+d9vjYYfNZ&#10;7awCX78sH959uhq+L559FdbbrF5tlTo/m5b3ICJO8c8MR3xGh5KZNm5HJoiBdXbD6FFBlt2COBp+&#10;Fxse0nkKsizk/wrlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAJ2w+PBQIAAC4EAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB/WxVr4AAAAAoB&#10;AAAPAAAAAAAAAAAAAAAAAF8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" strokecolor="blue">
+              <v:shape id="直線單箭頭接點 5" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:97.4pt;margin-top:49.75pt;width:0;height:18.4pt;z-index:251707392;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGCG3zywEAAPsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RdabWqmu5Dl/KC&#10;YMXlA1zHTizZHmtsmuTvGTttCgtCApGHiS9zZuacGe8eR2fZWWE04Bu+XtWcKS+hNb5r+NcvxzcP&#10;nMUkfCsseNXwSUX+uH/9ajeErdpAD7ZVyCiIj9shNLxPKWyrKspeORFXEJSnSw3oRKItdlWLYqDo&#10;zlabur6vBsA2IEgVI50+zZd8X+JrrWT6qHVUidmGU22pWCz2lG2134lthyL0Rl7KEP9QhRPGU9Il&#10;1JNIgn1D80soZyRCBJ1WElwFWhupCgdis65fsPnci6AKFxInhkWm+P/Cyg/ng39GkmEIcRvDM2YW&#10;o0aX/1QfG4tY0yKWGhOT86Gk083d3f1D0bG64QLG9E6BY3nR8JhQmK5PB/CeOgK4LlqJ8/uYKDMB&#10;r4Cc1PpsI1jTHo21ZYPd6WCRnUVuI33HY+4cAX9yS8LYt75laQo0agIRhotbjlndGJZVmqya831S&#10;mpmWOM11leFTSz4hpfJpvUQi7wzTVNsCrAuhPwIv/hmqymD+DXhBlMzg0wJ2xgP+LnsaryXr2f+q&#10;wMw7S3CCdiq9L9LQhBVJL68hj/CP+wK/vdn9dwAAAP//AwBQSwMEFAAGAAgAAAAhAH9bFWvgAAAA&#10;CgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISFwQS6Ew0dJ0GmhIaOJCi8Q1a0zb&#10;0ThRk22FX4/HBW5+9tPz94rFZAexxzH0jhRczRIQSI0zPbUK3uqnyzsQIWoyenCECr4wwKI8PSl0&#10;btyBXnFfxVZwCIVcK+hi9LmUoenQ6jBzHolvH260OrIcW2lGfeBwO8jrJJlLq3viD532+Nhh81nt&#10;rAJfvywf3n26Gr4vnn0V1tusXm2VOj+blvcgIk7xzwxHfEaHkpk2bkcmiIF1dsPoUUGW3YI4Gn4X&#10;Gx7SeQqyLOT/CuUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYIbfPLAQAA+wMAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAH9bFWvgAAAACgEA&#10;AA8AAAAAAAAAAAAAAAAAJQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="blue">
                 <v:stroke endarrow="open"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DD7C51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
         <w:t>Illustration of Data Output:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01EF680D" w14:textId="7FF32FD8" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -23263,2597 +23569,2778 @@
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1003"/>
       </w:tblGrid>
       <w:tr w:rsidR="000125C4" w:rsidRPr="00DD7C51" w14:paraId="67591111" w14:textId="77777777" w:rsidTr="00F9212F">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58775E9D" w14:textId="2F5C8B99" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="58775E9D" w14:textId="2F5C8B99" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Date of </w:t>
-[...11 lines deleted...]
-              <w:t>attendance</w:t>
+              <w:t>Date of attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76758719" w14:textId="28084864" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="76758719" w14:textId="28084864" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Age in years</w:t>
-[...25 lines deleted...]
-            <w:r>
+              <w:t>Age in years / months at</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000125C4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15CCC7AA" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="15CCC7AA" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C1488B7" w14:textId="08921F5F" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="6C1488B7" w14:textId="08921F5F" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>District of residence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ACDCB04" w14:textId="4536144B" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="6ACDCB04" w14:textId="458DD797" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73F24013" w14:textId="4EB325A5" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="005F0564" w:rsidP="00F9212F">
+          <w:p w14:paraId="73F24013" w14:textId="4EB325A5" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0564">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Triage category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F912133" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="2F912133" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Discharge destination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DB36496" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="6DB36496" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnosis groups </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1626BE23" w14:textId="08F11431" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
+          <w:p w14:paraId="1626BE23" w14:textId="08F11431" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="00F9212F">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000125C4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A&amp; E first attendance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000125C4" w:rsidRPr="00DD7C51" w14:paraId="67088ED1" w14:textId="77777777" w:rsidTr="004C5429">
+      <w:tr w:rsidR="000125C4" w:rsidRPr="00DD7C51" w14:paraId="67088ED1" w14:textId="77777777" w:rsidTr="00990E1B">
         <w:trPr>
-          <w:trHeight w:val="324"/>
+          <w:trHeight w:val="468"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EF09689" w14:textId="61D6D228" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="005F0564" w:rsidP="004C5429">
+          <w:p w14:paraId="5EF09689" w14:textId="73FB973E" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2025-01</w:t>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="003629AC" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00990E1B" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ECBEC0C" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="004C5429">
+          <w:p w14:paraId="4ECBEC0C" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="002B5FE1" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="004C5429">
+          <w:p w14:paraId="002B5FE1" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B09F436" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="004C5429">
+          <w:p w14:paraId="1B09F436" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yuen Long</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67EA7B4E" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="004C5429">
+          <w:p w14:paraId="67EA7B4E" w14:textId="1C7EA28F" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="298956B3" w14:textId="278495A1" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="005F0564" w:rsidP="004C5429">
+          <w:p w14:paraId="298956B3" w14:textId="278495A1" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0564">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Critical</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14CFD211" w14:textId="238F2EA0" w:rsidR="000125C4" w:rsidRPr="005F0564" w:rsidRDefault="000125C4" w:rsidP="004C5429">
+          <w:p w14:paraId="14CFD211" w14:textId="3F7CDA94" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="00A7354D" w:rsidP="004C5429">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F0564">
-              <w:rPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DC81FD" wp14:editId="2B739729">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DC81FD" wp14:editId="2A691E54">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1143000</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>22860</wp:posOffset>
+                        <wp:posOffset>-15240</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1047750" cy="1195070"/>
-                      <wp:effectExtent l="0" t="0" r="19050" b="24130"/>
+                      <wp:extent cx="1013460" cy="1509395"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="14605"/>
                       <wp:wrapNone/>
                       <wp:docPr id="47" name="圓角矩形 19"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1047750" cy="1195070"/>
+                                <a:ext cx="1013460" cy="1509395"/>
                               </a:xfrm>
                               <a:prstGeom prst="roundRect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:solidFill>
                                   <a:srgbClr val="00B050"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:roundrect w14:anchorId="6E721CF7" id="圓角矩形 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:90pt;margin-top:1.8pt;width:82.5pt;height:94.1pt;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTtBUJLAIAAHcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuEzEQvSPxD5bvZHejhtAom0q0KhdE&#10;q5Z+gOO1s5a8Hst2swmfAVckJC6Ij+BzKvgMxvZmW5WKAyIHxx7PvJn3PLPLk12nyVY4r8DUtJqU&#10;lAjDoVFmU9Ob9+cvXlHiAzMN02BETffC05PV82fL3i7EFFrQjXAEQYxf9LambQh2URSet6JjfgJW&#10;GLyU4DoW8Og2ReNYj+idLqZl+bLowTXWARfeo/UsX9JVwpdS8HAhpReB6JpibSGtLq3ruBarJVts&#10;HLOt4kMZ7B+q6JgymHSEOmOBkVun/oDqFHfgQYYJh64AKRUXiQOyqcpHbK5bZkXiguJ4O8rk/x8s&#10;f7e9dEQ1NT2aU2JYh2909/nTr28ff375fvfjK6mOo0a99Qt0vbaXbjh53EbCO+m6+I9UyC7puh91&#10;FbtAOBqr8mg+n6H8HO+q6nhWzpPyxX24dT68EdCRuKmpg1vTXOHrJVHZ9q0PmBf9D34xpYFzpXV6&#10;QW2iwYNWTbSlg9usT7UjWxafvnxdYgEZ44EbIsbQIvLLjNIu7LWIGNpcCYnqIIdpqiT1pRhhGefC&#10;hCpftawROdusxN8hWezkGJHKT4ARWWKVI/YAcPDMIAfsXPPgH0NFausxuPxbYTl4jEiZwYQxuFMG&#10;3FMAGlkNmbP/QaQsTVRpDc0eeweHP1zgIjX0NeVaWUpacB8e21zQp5CnkBmOHjUNKUXEwu5O+gyT&#10;GMfn4Tklv/9erH4DAAD//wMAUEsDBBQABgAIAAAAIQCgp8EW3AAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BS8QwEIXvgv8hjODNTetqqbXpIqKCN11F8JY2s03ZZFKabLf+e8eTe/x4w5vv1ZvF&#10;OzHjFIdACvJVBgKpC2agXsHnx/NVCSImTUa7QKjgByNsmvOzWlcmHOkd523qBZdQrLQCm9JYSRk7&#10;i17HVRiRONuFyevEOPXSTPrI5d7J6ywrpNcD8QerR3y02O23B68g4b53T2+vYx7b3fzyHbyNxZdS&#10;lxfLwz2IhEv6P4Y/fVaHhp3acCAThWMuM96SFKwLEJyvb26ZWw7u8hJkU8vTBc0vAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAJO0FQksAgAAdwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKCnwRbcAAAACQEAAA8AAAAAAAAAAAAAAAAAhgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+                    <v:roundrect w14:anchorId="7705F164" id="圓角矩形 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:90pt;margin-top:-1.2pt;width:79.8pt;height:118.85pt;z-index:251711488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATj0Zo+wEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L7bTpViNOAXaorsM&#10;a9F2H6DIVCxAFgVJjZN9/SjZdYp22GFoDopIkY98j5LXl4fesD34oNE2vFqUnIGV2Gq7a/ivp9sv&#10;3zgLUdhWGLTQ8CMEfrn5/Gk9uBqW2KFpwTMCsaEeXMO7GF1dFEF20IuwQAeWDhX6XkQy/a5ovRgI&#10;vTfFsizPiwF96zxKCIG8N+Mh32R8pUDGO6UCRGYaTr3FvPq8btNabNai3nnhOi2nNsR/dNELbano&#10;DHUjomDPXr+D6rX0GFDFhcS+QKW0hMyB2FTlGzaPnXCQuZA4wc0yhY+DlT/3j+7ekwyDC3WgbWJx&#10;UL5P/9QfO2SxjrNYcIhMkrMqq7Ov56SppLNqVV6cXaySnMUp3fkQvwP2LG0a7vHZtg80kqyU2P8I&#10;cYx/iUslLd5qY/JYjE2OgEa3yZcNv9teG8/2Is2zvCpXeYRU81UYWSm1ODHKu3g0kDCMfQDFdEsc&#10;lrmTfNlghhVSgo3VeNSJFsZqq5J+E8E5I9PNgAlZUZcz9gSQLvJ77JH3FJ9SId/VObn8V2Nj8pyR&#10;K6ONc3KvLfq/ARhiNVUe419EGqVJKm2xPd6TvuDjHS3K4NBwabTjrEP/+63PR3ON49MSVlJEw2Mu&#10;kbDoymZ9pueV3sRrOxc/fQQ2fwAAAP//AwBQSwMEFAAGAAgAAAAhAJz5XqLfAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5grd200RDG7MpIip40ypCb5vkNRu6+zZkt2n89z5P&#10;9jjMMPNNuZ2dFROOofekYLVMQCA1vu2pU/D1+bJYgwhRU6utJ1TwgwG21fVVqYvWn+kDp13sBJdQ&#10;KLQCE+NQSBkag06HpR+Q2Dv40enIcuxkO+ozlzsr0yTJpdM98YLRAz4ZbI67k1MQ8djZ5/e3YRXq&#10;w/S6986E/Fup25v58QFExDn+h+EPn9GhYqban6gNwrJeJ/wlKlikdyA4kGWbHEStIM3uM5BVKS8v&#10;VL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE49GaPsBAABMBAAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnPleot8AAAAKAQAADwAAAAAAAAAA&#10;AAAAAABVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="005F0564">
-              <w:rPr>
+            <w:r w:rsidR="00990E1B" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C7AC7FB" wp14:editId="5D56919E">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C7AC7FB" wp14:editId="464ABC82">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-180975</wp:posOffset>
+                        <wp:posOffset>-133350</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>22860</wp:posOffset>
+                        <wp:posOffset>-15240</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1323975" cy="1195070"/>
-                      <wp:effectExtent l="0" t="0" r="28575" b="24130"/>
+                      <wp:extent cx="1276350" cy="1509395"/>
+                      <wp:effectExtent l="0" t="0" r="19050" b="14605"/>
                       <wp:wrapNone/>
                       <wp:docPr id="48" name="圓角矩形 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1323975" cy="1195070"/>
+                                <a:ext cx="1276350" cy="1509395"/>
                               </a:xfrm>
                               <a:prstGeom prst="roundRect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:solidFill>
                                   <a:srgbClr val="00B050"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:roundrect w14:anchorId="4DFEF43F" id="圓角矩形 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-14.25pt;margin-top:1.8pt;width:104.25pt;height:94.1pt;z-index:251713536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArpWxhKQIAAHYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuEzEQvSPxD5bvZHdTQtsom0q0KhdE&#10;qxY+wPHaWUu2x7LdbMJnwBUJiUvFR/A5FXwGY+9mW7WIAyIHxzOeeTPvebyLk63RZCN8UGBrWk1K&#10;SoTl0Ci7rumH9+cvjigJkdmGabCipjsR6Mny+bNF5+ZiCi3oRniCIDbMO1fTNkY3L4rAW2FYmIAT&#10;Fg8leMMimn5dNJ51iG50MS3LV0UHvnEeuAgBvWf9IV1mfCkFjxdSBhGJrin2FvPq87pKa7FcsPna&#10;M9cqPrTB/qELw5TFoiPUGYuM3Hj1BMoo7iGAjBMOpgApFReZA7KpykdsrlvmROaC4gQ3yhT+Hyx/&#10;t7n0RDU1fYk3ZZnBO7r78vnX7aefX7/f/fhGjpJEnQtzjLx2l36wAm4T3630Jv0jE7LNsu5GWcU2&#10;Eo7O6mB6cHw4o4TjWVUdz8rDLHxxn+58iG8EGJI2NfVwY5srvLysKdu8DRHrYvw+LpW0cK60zheo&#10;bXIE0KpJvmz49epUe7Jh6ebL1+VsX/NBGCKm1CLx6xnlXdxpkTC0vRISxUEO09xJHksxwjLOhY1V&#10;f9SyRvTVZiX+kmwIP2ZkKwMmZIldjtgDQBr5p9g9zBCfUkWe6jG5/FtjffKYkSuDjWOyURb8nwA0&#10;shoq9/F7kXppkkoraHY4Ovj24wUuUkNXU66Vo6QF//Gxz0d9Cv0jZJZjRE1jLpGwcLizPsNDTK/n&#10;oZ2L338ulr8BAAD//wMAUEsDBBQABgAIAAAAIQDN5Vt93QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8QwEIXvgv8hjOBtN+2Kpdami4gK3nQVwVvazDZlk0lpst3675096W0e7/Hme/V28U7M&#10;OMUhkIJ8nYFA6oIZqFfw+fG8KkHEpMloFwgV/GCEbXN5UevKhBO947xLveASipVWYFMaKyljZ9Hr&#10;uA4jEnv7MHmdWE69NJM+cbl3cpNlhfR6IP5g9YiPFrvD7ugVJDz07untdcxju59fvoO3sfhS6vpq&#10;ebgHkXBJf2E44zM6NMzUhiOZKJyC1aa85aiCmwLE2S8z3tbycZeXIJta/l/Q/AIAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQArpWxhKQIAAHYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDN5Vt93QAAAAkBAAAPAAAAAAAAAAAAAAAAAIMEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+                    <v:roundrect w14:anchorId="36A72587" id="圓角矩形 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:-10.5pt;margin-top:-1.2pt;width:100.5pt;height:118.85pt;z-index:251710464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsVNNA/QEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGyEQvVfqPyDu9a4dOW1WXkdqovRS&#10;NVHSfgBmBy8SyyAgXrtf3wHsdZRWPUTxAcMw8+a9B+zqej8YtgMfNNqWz2c1Z2AldtpuW/7r592n&#10;L5yFKGwnDFpo+QECv15//LAaXQML7NF04BmB2NCMruV9jK6pqiB7GESYoQNLmwr9ICIt/bbqvBgJ&#10;fTDVoq4vqxF95zxKCIGit2WTrzO+UiDjvVIBIjMtJ24xjz6PmzRW65Votl64XssjDfEGFoPQlppO&#10;ULciCvbs9V9Qg5YeA6o4kzhUqJSWkDWQmnn9Ss1TLxxkLWROcJNN4f1g5Y/dk3vwZMPoQhNomlTs&#10;lR/SP/Fj+2zWYTIL9pFJCs4Xny8vluSppL35sr66uFomO6tzufMhfgMcWJq03OOz7R7pSLJTYvc9&#10;xJJ/ykstLd5pY/KxGJsCAY3uUiwv/HZzYzzbiXSe9deaCBSMF2nEIJVWZ0V5Fg8GEoaxj6CY7kjD&#10;IjPJlw0mWCEl2DgvW73ooHRb1vQ7NUvXM1VkuRkwIStiOWEfAU6ZBeSEXTgf81Mp5Ls6Fdf/I1aK&#10;p4rcGW2cigdt0f8LwJCqY+eSfzKpWJNc2mB3eCB/wcd7GpTBseXSaMdZj/7365iP5gbL0xJWUkbL&#10;Y26RsOjKZn+Ozyu9iZfr3Pz8EVj/AQAA//8DAFBLAwQUAAYACAAAACEAj8n19t8AAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X6D9YicQMnoUUoxEFVVSr11gKq1JsTL3GEvY5iE9K/&#10;r3Mqt92d0eybYjdawwbsfetIQLpMgCHVTrXUCDgd94sNMB8kKWkcoYBf9LArHx8KmSt3oy8cDqFh&#10;MYR8LgXoELqcc19rtNIvXYcUtbPrrQxx7RuuenmL4dbwLEnW3MqW4gctO3zVWF8OVysg4KUxb58f&#10;Xeqr8/D+46z2628h5rPxZQss4Bj+zTDhR3QoI1PlrqQ8MwIWWRq7hGl4AjYZNkk8VAKy1fMKeFnw&#10;+wrlHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsVNNA/QEAAEwEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCPyfX23wAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="005F0564">
-              <w:rPr>
+            <w:r w:rsidR="005F0564" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Admit to other HA hospitals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03BAA322" w14:textId="77777777" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="004C5429">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diabetes Mellitus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A10F15F" w14:textId="4DE36355" w:rsidR="000125C4" w:rsidRPr="00A7354D" w:rsidRDefault="000125C4" w:rsidP="004C5429">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F0564" w:rsidRPr="00DD7C51" w14:paraId="791DB7F9" w14:textId="77777777" w:rsidTr="00990E1B">
+        <w:trPr>
+          <w:trHeight w:val="468"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5BE8CD" w14:textId="34D87538" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="003629AC" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00990E1B" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36FEEA7F" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0-64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C76E4CC" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28345E12" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yuen Long</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C09AB08" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19F35196" w14:textId="4884BC82" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Critical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="268DAEC0" w14:textId="18DDB16F" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="00990E1B" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251755520" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49A8A509" wp14:editId="5F111515">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>135890</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>26035</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="442595" cy="2687320"/>
+                      <wp:effectExtent l="1588" t="0" r="16192" b="16193"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="4" name="Right Brace 4"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm rot="5400000">
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="442595" cy="2687320"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rightBrace">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="00B050"/>
+                                </a:solidFill>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="1">
+                                <a:schemeClr val="accent1"/>
+                              </a:lnRef>
+                              <a:fillRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="accent1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="tx1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="07AD1E6E" id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
+                      <v:formulas>
+                        <v:f eqn="val #0"/>
+                        <v:f eqn="sum 21600 0 #0"/>
+                        <v:f eqn="sum #1 0 #0"/>
+                        <v:f eqn="sum #1 #0 0"/>
+                        <v:f eqn="prod #0 9598 32768"/>
+                        <v:f eqn="sum 21600 0 @4"/>
+                        <v:f eqn="sum 21600 0 #1"/>
+                        <v:f eqn="min #1 @6"/>
+                        <v:f eqn="prod @7 1 2"/>
+                        <v:f eqn="prod #0 2 1"/>
+                        <v:f eqn="sum 21600 0 @9"/>
+                        <v:f eqn="val #1"/>
+                      </v:formulas>
+                      <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;21600,@11;0,21600" textboxrect="0,@4,7637,@5"/>
+                      <v:handles>
+                        <v:h position="center,#0" yrange="0,@8"/>
+                        <v:h position="bottomRight,#1" yrange="@9,@10"/>
+                      </v:handles>
+                    </v:shapetype>
+                    <v:shape id="Right Brace 4" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:10.7pt;margin-top:2.05pt;width:34.85pt;height:211.6pt;rotation:90;z-index:251755520;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMofsZeAIAAE4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+1kcR9BnCJt0WFA&#10;0QZLh54VWYoFyJJGKXGyXz9Kjt1g7Q4b5oNBieTH10fNrveNJjsBXllT0tFZTokw3FbKbEr6/fn+&#10;0yUlPjBTMW2NKOlBeHo9//hh1rqpGNva6koAQRDjp60raR2Cm2aZ57VomD+zThhUSgsNC3iETVYB&#10;axG90dk4z8+z1kLlwHLhPd7edUo6T/hSCh6epPQiEF1SzC2kP6T/Ov6z+YxNN8BcrfgxDfYPWTRM&#10;GQw6QN2xwMgW1BuoRnGw3spwxm2TWSkVF6kGrGaU/1bNqmZOpFqwOd4NbfL/D5Y/7lZuCdiG1vmp&#10;RzFWsZfQELDYrWKSxy/VhtmSfWrdYWid2AfC8XIyGRdXBSUcVePzy4vP49TbrMOKmA58+CJsQ6JQ&#10;UlCbOtwA47FANmW7Bx8wC3ToDeO1NqQt6VUxLpKVt1pV90rrqPOwWd9qIDsWZ5vf5EUf8sQM8bRB&#10;2NfqkhQOWnT434QkqsIKRl2ESDwxwDLOhQmjSJOEhNbRTWIKg2PXnMTYPzke7aOrSKT8G+fBI0W2&#10;JgzOjTIW3ks77PuUZWffd6CrO7ZgbavDEroh42J4x+8VDuaB+bBkgDuAl7jX4Ql/Ulucgj1KlNQW&#10;fr53H+2RmqilpMWdKqn/sWUgKNFfDZL2ajSZxCVMh0lxgRwhcKpZn2rMtrm1ONpRyi6J0T7oXpRg&#10;mxdc/0WMiipmOMYuKQ/QH25Dt+v4gHCxWCQzXDzHwoNZOd5PPVLuef/CwB3ZGZDXj7bfvzf07Gzj&#10;PIxdbIOVKnH3ta/HfuPSJuIcH5j4Kpyek9XrMzj/BQAA//8DAFBLAwQUAAYACAAAACEAW4KUSOIA&#10;AAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFBrpyilDXGqiqqCU1FDH8CJ&#10;lySqf6LYTQNPz3KC247m0+xMvpmsYSMOofNOQjIXwNDVXneukXD62M9WwEJUTivjHUr4wgCb4vYm&#10;V5n2V3fEsYwNoxAXMiWhjbHPOA91i1aFue/RkffpB6siyaHhelBXCreGL4RYcqs6Rx9a1eNLi/W5&#10;vFgJ39UuOeLb6+H9/GB22/1Y+qovpby/m7bPwCJO8Q+G3/pUHQrqVPmL04EZCbMkTR+JJWclaAQh&#10;i+XTGlhFRypS4EXO/48ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCMofsZeAIAAE4F&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBbgpRI4gAA&#10;AAwBAAAPAAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" adj="296" strokecolor="#00b050"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="005F0564" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Home</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2475CBA0" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>COPD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="561184BA" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F0564" w:rsidRPr="00DD7C51" w14:paraId="3D093DEB" w14:textId="77777777" w:rsidTr="00990E1B">
+        <w:trPr>
+          <w:trHeight w:val="468"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0427B496" w14:textId="2DD8FC54" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="003629AC" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00990E1B" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02478BFA" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0-64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD1B31D" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40D12958" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yuen Long</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332BDC3A" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34AC6CF2" w14:textId="76BD4BD8" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Critical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55DC4B84" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Death</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F49EB5A" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diabetes Mellitus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51D6EB2F" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F0564" w:rsidRPr="00DD7C51" w14:paraId="7399F5D7" w14:textId="77777777" w:rsidTr="00990E1B">
+        <w:trPr>
+          <w:trHeight w:val="468"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26994407" w14:textId="10DB0579" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="003629AC" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00990E1B" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60D38A58" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0-64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6F4EF3" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F349937" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yuen Long</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE6C420" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEBDE3" w14:textId="23DD0088" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Critical</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C7AB7F" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Others</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="540AEEB1" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diabetes Mellitus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4273E80C" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F0564" w:rsidRPr="00DD7C51" w14:paraId="1EF3F459" w14:textId="77777777" w:rsidTr="00990E1B">
+        <w:trPr>
+          <w:trHeight w:val="469"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74791F01" w14:textId="355CC20E" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="003629AC" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>XX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00990E1B" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65A76AC3" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0-64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62B7AF5A" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCEFAD8" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yuen Long</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7A0092" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MED</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79749B2E" w14:textId="7E177E71" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="003B2EEB" w:rsidP="005F0564">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D1D4565" wp14:editId="46FC1C37">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251709440" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D1D4565" wp14:editId="478FFDFD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-1343025</wp:posOffset>
+                        <wp:posOffset>-133350</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>22860</wp:posOffset>
+                        <wp:posOffset>-1196340</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="1152525" cy="1195070"/>
+                      <wp:extent cx="1076325" cy="1499870"/>
                       <wp:effectExtent l="0" t="0" r="28575" b="24130"/>
                       <wp:wrapNone/>
                       <wp:docPr id="49" name="圓角矩形 7"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="1152525" cy="1195070"/>
+                                <a:ext cx="1076325" cy="1499870"/>
                               </a:xfrm>
                               <a:prstGeom prst="roundRect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:solidFill>
                                   <a:srgbClr val="00B050"/>
                                 </a:solidFill>
                               </a:ln>
                             </wps:spPr>
                             <wps:style>
                               <a:lnRef idx="2">
                                 <a:schemeClr val="accent1">
                                   <a:shade val="50000"/>
                                 </a:schemeClr>
                               </a:lnRef>
                               <a:fillRef idx="1">
                                 <a:schemeClr val="accent1"/>
                               </a:fillRef>
                               <a:effectRef idx="0">
                                 <a:schemeClr val="accent1"/>
                               </a:effectRef>
                               <a:fontRef idx="minor">
                                 <a:schemeClr val="lt1"/>
                               </a:fontRef>
                             </wps:style>
                             <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:roundrect w14:anchorId="4550F9DA" id="圓角矩形 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-105.75pt;margin-top:1.8pt;width:90.75pt;height:94.1pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXML2fJwIAAHYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuEzEQvSPxD5bvZHcjQukqm0q0KhdE&#10;qxY+wPHaWUu2x7LdbMJnwBUJiQviI/icCj6DsXezrVrEAZFIjmc882be8zjLk53RZCt8UGAbWs1K&#10;SoTl0Cq7aej7d+fPXlISIrMt02BFQ/ci0JPV0yfL3tViDh3oVniCIDbUvWtoF6OriyLwThgWZuCE&#10;xUMJ3rCIpt8UrWc9ohtdzMvyRdGDb50HLkJA79lwSFcZX0rB44WUQUSiG4q9xbz6vK7TWqyWrN54&#10;5jrFxzbYP3RhmLJYdII6Y5GRG68eQRnFPQSQccbBFCCl4iJzQDZV+YDNdcecyFxQnOAmmcL/g+Vv&#10;t5eeqLahz48psczgHd1+/vTr28efX77f/vhKjpJEvQs1Rl67Sz9aAbeJ7056k36RCdllWfeTrGIX&#10;CUdnVS3m+KWE41lVHS/Koyx8cZfufIivBRiSNg31cGPbK7y8rCnbvgkR62L8IS6VtHCutM4XqG1y&#10;BNCqTb5s+M36VHuyZenmy1fl4lDzXhgiptQi8RsY5V3ca5EwtL0SEsVBDvPcSR5LMcEyzoWN1XDU&#10;sVYM1RYlfpJsCD9lZCsDJmSJXU7YI0Aa+cfYA8wYn1JFnuopufxbY0PylJErg41TslEW/J8ANLIa&#10;Kw/xB5EGaZJKa2j3ODr49uMFLlJD31CulaOkA//hoc9HfQrDI2SWY0RDYy6RsHC4sz7jQ0yv576d&#10;i9/9Xax+AwAA//8DAFBLAwQUAAYACAAAACEAfFc0y94AAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvEMBCF74L/IYzgrZtmF8tamy4iKnjTVQRvaTPblk0mpcl26793POlxmI/3vlftFu/EjFMc&#10;AmlQqxwEUhvsQJ2Gj/enbAsiJkPWuECo4Rsj7OrLi8qUNpzpDed96gSHUCyNhj6lsZQytj16E1dh&#10;ROLfIUzeJD6nTtrJnDncO7nO80J6MxA39GbEhx7b4/7kNSQ8du7x9WVUsTnMz1/B97H41Pr6arm/&#10;A5FwSX8w/OqzOtTs1IQT2Sichmyt1A2zGjYFCAayTc7jGiZv1RZkXcn/E+ofAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAFcwvZ8nAgAAdgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHxXNMveAAAACgEAAA8AAAAAAAAAAAAAAAAAgQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
+                    <v:roundrect w14:anchorId="0ECA0697" id="圓角矩形 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:-10.5pt;margin-top:-94.2pt;width:84.75pt;height:118.1pt;z-index:251709440;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5lDp0/QEAAEwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2xnSz+MOAXWorsM&#10;a9F2P0CRqViALAqSGif79aPkxCnaoYdiOTASRb5HPlFeXu16w7bgg0bb8GpWcgZWYqvtpuG/n26/&#10;XHAWorCtMGih4XsI/Gr1+dNycDXMsUPTgmcEYkM9uIZ3Mbq6KILsoBdhhg4sHSr0vYi09Zui9WIg&#10;9N4U87I8Kwb0rfMoIQTy3oyHfJXxlQIZ75QKEJlpONUWs/XZrpMtVktRb7xwnZaHMsQHquiFtkQ6&#10;Qd2IKNiz12+gei09BlRxJrEvUCktIfdA3VTlq24eO+Eg90LiBDfJFP4frPy1fXT3nmQYXKgDLVMX&#10;O+X79E/1sV0Waz+JBbvIJDmr8vzs63zBmaSz6tvl5cV5lrM4pTsf4g/AnqVFwz0+2/aBriQrJbY/&#10;QyReij/GJUqLt9qYfC3GJkdAo9vkyxu/WV8bz7Yi3Wf5vVwcOV+EEWJKLU4d5VXcG0gYxj6AYrql&#10;Hua5kjxsMMEKKcHGajzqRAsj26KkX5oXgp8y8i4DJmRFVU7YB4A0yG+xR5hDfEqFPKtTcvleYWPy&#10;lJGZ0cYpudcW/b8ADHV1YB7jjyKN0iSV1tju70lf8PGOjDI4NFwa7Tjr0P957fPRXOP4tISVFNHw&#10;mCkSFo1s1ufwvNKbeLnP5KePwOovAAAA//8DAFBLAwQUAAYACAAAACEA9m6eyeAAAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FonVShWGqdCCJC4QUFIvTnxNo5qr6PYTcPf&#10;457obVYzmn1TbWdn2YRj6D1JyJcZMKTW6546Cd9frwsBLERFWllPKOEXA2zr25tKldqf6ROnXexY&#10;KqFQKgkmxqHkPLQGnQpLPyAl7+BHp2I6x47rUZ1TubN8lWVr7lRP6YNRAz4bbI+7k5MQ8djZl4/3&#10;IQ/NYXrbe2fC+kfK+7v5aQMs4hz/w3DBT+hQJ6bGn0gHZiUsVnnaEpPIhSiAXSKFeADWSCgeBfC6&#10;4tcb6j8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeZQ6dP0BAABMBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9m6eyeAAAAALAQAADwAAAAAA&#10;AAAAAAAAAABXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGQFAAAAAA==&#10;" filled="f" strokecolor="#00b050" strokeweight="2pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidR="005F0564" w:rsidRPr="005F0564">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00F52F48" w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
-[...323 lines deleted...]
-              <w:t>Critical</w:t>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Emergency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
-            <w:tcBorders>
-[...830 lines deleted...]
-            <w:tcW w:w="1363" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65A76AC3" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00DD7C51" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+          <w:p w14:paraId="0972321E" w14:textId="0D24555A" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Admit to other HA hospitals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62B7AF5A" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00DD7C51" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+          <w:p w14:paraId="7CF96CDB" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
             <w:pPr>
               <w:widowControl/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD7C51">
-[...206 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>COPD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07D20419" w14:textId="77777777" w:rsidR="005F0564" w:rsidRPr="00DD7C51" w:rsidRDefault="005F0564" w:rsidP="005F0564">
+          <w:p w14:paraId="07D20419" w14:textId="7164BACD" w:rsidR="005F0564" w:rsidRPr="00A7354D" w:rsidRDefault="005F0564" w:rsidP="005F0564">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A7354D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FF1B5D4" w14:textId="0C6429CD" w:rsidR="000125C4" w:rsidRDefault="00F52F48" w:rsidP="000125C4">
+    <w:p w14:paraId="0FF1B5D4" w14:textId="6CA59039" w:rsidR="000125C4" w:rsidRDefault="00A7354D" w:rsidP="000125C4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00ED0B99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78CAA67D" wp14:editId="46079943">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>7904480</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>175260</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="723900" cy="1990090"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="59" name="圓角矩形 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="723900" cy="1990090"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:roundrect w14:anchorId="235952A4" id="圓角矩形 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:622.4pt;margin-top:13.8pt;width:57pt;height:156.7pt;z-index:251714560;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjEt/f+gEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1k2EeCOD20yC7D&#10;WrTbD1BkKhYgiwKlxsl+/Sg5cYJu2GFYDopIke+RT5RXt4feiT1QtOgbObuppQCvsbV+18gf3zfv&#10;PksRk/KtcuihkUeI8nb99s1qCEuYY4euBRIM4uNyCI3sUgrLqoq6g17FGwzg+dAg9SqxSbuqJTUw&#10;eu+qeV1/rAakNhBqiJG99+OhXBd8Y0CnB2MiJOEaybWlslJZt3mt1iu13JEKndWnMtQ/VNEr65l0&#10;grpXSYkXsr9B9VYTRjTpRmNfoTFWQ+mBu5nVr7p57lSA0guLE8MkU/x/sPrb/jk8EsswhLiMvM1d&#10;HAz1+Z/rE4ci1nESCw5JaHZ+mr9f1Cyp5qPZgreLomZ1yQ4U0xfAXuRNIwlffPvEN1KEUvuvMTEt&#10;x5/jMqPHjXWu3Irz2RHR2Tb7ikG77Z0jsVd8nZtNzb98g4xxFcZWTq0uDZVdOjrIGM4/gRG25Rbm&#10;pZIyazDBKq3Bp9l41KkWRrYP12R5OnNGoS6AGdlwlRP2CeAcOYKcsceaT/E5FcqoTsn13wobk6eM&#10;wow+Tcm99Uh/AnDc1Yl5jD+LNEqTVdpie3xkfYHSAy/G4dBI7WyQokP6+dpHyd3h+LKU1xzRyFQo&#10;MhZPbNHn9Lryk7i2C/nlG7D+BQAA//8DAFBLAwQUAAYACAAAACEAK82dX+EAAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjdNKRViFOhiIoD4kDoB7jxNgnY6yh22pSvxz3B&#10;cXZGM2+L7WwNO+Hoe0cSlgsBDKlxuqdWwv5z97AB5oMirYwjlHBBD9vy9qZQuXZn+sBTHVoWS8jn&#10;SkIXwpBz7psOrfILNyBF7+hGq0KUY8v1qM6x3BqeCJFxq3qKC50asOqw+a4nK+G4N1/Vz+U1E1P1&#10;/tJXu/otW1dS3t/Nz0/AAs7hLwxX/IgOZWQ6uIm0ZybqJE0je5CQrDNg18TqcRMvBwmrdCmAlwX/&#10;/0T5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACMS39/6AQAASwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACvNnV/hAAAADAEAAA8AAAAAAAAA&#10;AAAAAAAAVAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABiBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2pt"/>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251754496" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="204D52B3" wp14:editId="0DFE8084">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251754496" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="204D52B3" wp14:editId="66AD8447">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-3479</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>210820</wp:posOffset>
+                  <wp:posOffset>208280</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="7871460" cy="443865"/>
-                <wp:effectExtent l="0" t="0" r="15240" b="13335"/>
+                <wp:extent cx="7871460" cy="371475"/>
+                <wp:effectExtent l="0" t="0" r="15240" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rounded Rectangle 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="7871460" cy="443865"/>
+                          <a:ext cx="7871460" cy="371475"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:solidFill>
                             <a:srgbClr val="0000FF"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="3430FC48" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.25pt;margin-top:16.6pt;width:619.8pt;height:34.95pt;z-index:251754496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+GKatGAIAAHkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8LwsUCEIsOSSil6qJ&#10;kvYHGHvMWvJ6LNthob++Y++yidKqh6ocjD9m3pv3PN7t7bm17AQhGnQ1n02mnIGTqIw71vzH9/2n&#10;NWcxCaeERQc1v0Dkt7uPH7ad38AcG7QKAiMQFzedr3mTkt9UVZQNtCJO0IOjQ42hFYmW4VipIDpC&#10;b201n05XVYdB+YASYqTd+/6Q7wq+1iDTg9YRErM1p9pSGUMZD3msdluxOQbhGyOHMsQ/VNEK44h0&#10;hLoXSbCXYH6Dao0MGFGnicS2Qq2NhKKB1Mym79Q8N8JD0ULmRD/aFP8frPx2egzMqJovOXOipSt6&#10;whenQLEnMk+4owW2zDZ1Pm4o+tk/hmEVaZo1n3Vo8z+pYedi7WW0Fs6JSdq8Wd/MFiu6AUlni8Xn&#10;9aqAVq/ZPsT0BbBleVLzkKvIJRRbxelrTERL8de4zOhwb6wtd2hd3ohojcp7ZRGOhzsb2Enky6ff&#10;fp+FEMabMFrl1CrL6wWVWbpYyBjWPYEmf0jCvFRSOhNGWCEluDTrjxqhoGdbZrorWe7lnFGoC2BG&#10;1lTliD0AXCN7kCt2X/MQn1OhNPaYPP1bYX3ymFGY0aUxuTUOw58ALKkamPv4q0m9NdmlA6oLdQ89&#10;//RAg7bY1Vxa4zlrMPx8vxeSvcP+HQonKaLmqVBkLOrv4s/wFvMDersu5K9fjN0vAAAA//8DAFBL&#10;AwQUAAYACAAAACEAL1trO+EAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUUvDMBSF3wX/Q7iC&#10;L7IlbZi42nSoMBGEyepefMuSu7bY3JQm2+q/N3vSt3M5h3O+W64m17MTjqHzpCCbC2BIxtuOGgW7&#10;z/XsAViImqzuPaGCHwywqq6vSl1Yf6YtnurYsFRCodAK2hiHgvNgWnQ6zP2AlLyDH52O6Rwbbkd9&#10;TuWu57kQ99zpjtJCqwd8adF810enYHjbbY3YfHytX83zQt4t6/zwXit1ezM9PQKLOMW/MFzwEzpU&#10;iWnvj2QD6xXMFimoQMoc2MXO5TIDtk9KyAx4VfL/H1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAH4Ypq0YAgAAeQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAC9bazvhAAAACQEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
-[...74 lines deleted...]
-              <v:roundrect w14:anchorId="6D244F29" id="圓角矩形 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:622.55pt;margin-top:14.95pt;width:51pt;height:133.85pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAI80bvKAIAAHUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvZDcRSZtVNj20ChdE&#10;qxYewPHaWUtej2W7+eEx4IqExAXxEDxOBY/B2N5so4I4IHKY2OOZb+b7PN7Fxb7TZCucV2BqOh6V&#10;lAjDoVFmU9N3b1cvzinxgZmGaTCipgfh6cXy+bPFzlZiAi3oRjiCIMZXO1vTNgRbFYXnreiYH4EV&#10;Bg8luI4F3LpN0Ti2Q/ROF5OynBU7cI11wIX36L3Kh3SZ8KUUPFxL6UUguqbYW0jWJbuOtlguWLVx&#10;zLaK922wf+iiY8pg0QHqigVG7p36DapT3IEHGUYcugKkVFwkDshmXD5hc9cyKxIXFMfbQSb//2D5&#10;m+2NI6qp6XROiWEd3tHDp48/v3748fnbw/cvZBwl2llfYeSdvXH9zuMy8t1L18V/ZEL2SdbDIKvY&#10;B8LROXt5dlai+ByPxrP5/Hw+jaDFY7Z1PrwS0JG4qKmDe9Pc4t0lSdn2tQ85/hgXKxpYKa3Rzypt&#10;ovWgVRN9aeM260vtyJbhxa9WJf76midh2EFMLSK9TCitwkGLDHsrJGqDFCapkzSVYoBlnAsTxvmo&#10;ZY3I1aanxeIcx4xEVxsEjMgSuxywe4BjZAY5YmfefXxMFWmoh+Tyb43l5CEjVQYThuROGXB/AtDI&#10;qq+c448iZWmiSmtoDjg5+PTDNRqpYVdTrpWlpAX3/qnPBX0J+Q0ywzGipiGViFg420mf/h3Gx3O6&#10;T8UfvxbLXwAAAP//AwBQSwMEFAAGAAgAAAAhAPak4A/hAAAADAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyo01ASGuJUKKLigDgQ+gBuvE3S+ieKnTbl6dmc4Dizn2Zn8s1kNDvj&#10;4DtnBSwXETC0tVOdbQTsvrcPz8B8kFZJ7SwKuKKHTXF7k8tMuYv9wnMVGkYh1mdSQBtCn3Hu6xaN&#10;9AvXo6XbwQ1GBpJDw9UgLxRuNI+jKOFGdpY+tLLHssX6VI1GwGGnj+XP9T2JxvLzrSu31UeSlkLc&#10;302vL8ACTuEPhrk+VYeCOu3daJVnmnS8eloSKyBer4HNxOMqJWc/O2kCvMj5/xHFLwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAI80bvKAIAAHUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD2pOAP4QAAAAwBAAAPAAAAAAAAAAAAAAAAAIIEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkAUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="508DAA63" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:16.4pt;width:619.8pt;height:29.25pt;z-index:251754496;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6DSax+gEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc6127TRytvM4hkXup&#10;mihJfwBmBy8SyyAgXru/vgP74SiteqjqA4Zh5r15D9jN7akz7Ag+aLQ1Xy5KzsBKbLQ91PzHy+7T&#10;DWchCtsIgxZqfobAb7cfP2x6V8EKWzQNeEYgNlS9q3kbo6uKIsgWOhEW6MDSpkLfiUhLfygaL3pC&#10;70yxKsvrokffOI8SQqDo/bDJtxlfKZDxQakAkZmaU28xjz6P+zQW242oDl64VsuxDfEPXXRCWyKd&#10;oe5FFOzV69+gOi09BlRxIbErUCktIWsgNcvynZrnVjjIWsic4Gabwv+Dld+Pz+7Rkw29C1WgaVJx&#10;Ur5L/9QfO2WzzrNZcIpMUnB9s15+uSZPJe19pvn6KrlZXKqdD/ErYMfSpOYeX23zRCeSjRLHbyEO&#10;+VNeYrS408bkUzE2BQIa3aRYXvjD/s54dhTpOOm3242cb9Kog1RaXATlWTwbSBjGPoFiuiEJq9xJ&#10;vmswwwopwcblsNWKBga2q0Q3kaXbmSqy3AyYkBV1OWOPAFPmADJhD7rH/FQK+arOxeXfGhuK54rM&#10;jDbOxZ226P8EYEjVyDzkTyYN1iSX9ticH8lf8PGBBmWwr7k02nHWov/5PuajucPhZQkrKaPmMVMk&#10;LLqx2Z/xdaUn8XadyS/fgO0vAAAA//8DAFBLAwQUAAYACAAAACEAQMIhpt8AAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEzPwUrDQBAG4LvgOywjeJF20wSLiZkUFSqCoDTtxdt2d5oEs7Mhu23j27s9&#10;6XH4h3++KVeT7cWJRt85RljMExDE2pmOG4Tddj17AOGDYqN6x4TwQx5W1fVVqQrjzryhUx0aEUvY&#10;FwqhDWEopPS6Jav83A3EMTu40aoQx7GRZlTnWG57mSbJUlrVcbzQqoFeWtLf9dEiDG+7jU4+Pr/W&#10;r/r5PrvL6/TwXiPe3kxPjyACTeFvGS78SIcqmvbuyMaLHiE+EhCyNPovaZrlSxB7hHyRgaxK+d9f&#10;/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6DSax+gEAAEsEAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBAwiGm3wAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAFQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" strokecolor="blue" strokeweight="2pt">
+                <w10:wrap anchorx="margin"/>
+              </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="000125C4">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251705344" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31312700" wp14:editId="2A09F1A0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31312700" wp14:editId="6B8BC910">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-8695690</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7858125" cy="476250"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="57" name="Rounded Rectangle 15"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7858125" cy="476250"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -25872,67 +26359,67 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="06A7D2A0" id="Rounded Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:-684.7pt;margin-top:14.15pt;width:618.75pt;height:37.5pt;z-index:251705344;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgQi2rGgIAAHsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc67WtbhxZXueQyL1U&#10;TeS0PwDD4EViAQHx2v31nWHXmyiteqjqA+Zj5r15j2E3d+fOshPEZLxr+GI25wyc9Mq4Y8N/fN99&#10;uuUsZeGUsN5Bwy+Q+N3244dNH9aw9K23CiJDEJfWfWh4m3NYV1WSLXQizXwAh4fax05kXMZjpaLo&#10;Eb2z1XI+v6l6H1WIXkJKuPswHPJtwdcaZH7UOkFmtuFYWy5jLOOBxmq7EetjFKE1cixD/EMVnTAO&#10;SSeoB5EFe4nmN6jOyOiT13kmfVd5rY2EogHVLObv1Dy3IkDRguakMNmU/h+s/HZ6isyohtcrzpzo&#10;8I72/sUpUGyP7gl3tMAWNRnVh7TG+OfwFMdVwimpPuvY0T/qYedi7mUyF86ZSdxc3da3i2XNmcSz&#10;z6ubZV3cr16zQ0z5C/iO0aThkcqgGoqx4vQ1ZaTF+GscMTq/M9aWW7SONpK3RtFeWcTj4d5GdhJ0&#10;/fjb7UgIYrwJwxWlViRvEFRm+WKBMKzbg0aHUMKyVFJ6EyZYISW4vBiOWqFgYKuJ7kpG3UwZhboA&#10;ErLGKifsEeAaOYBcsYeax3hKhdLaU/L8b4UNyVNGYfYuT8mdcT7+CcCiqpF5iL+aNFhDLh28umD/&#10;4AcgP+Kgre8bLq0JnLU+/ny/F7O998NLFE5iRMNzoSAs7PDiz/ga6Qm9XRfy12/G9hcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQAo9GbI5AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCQuaEvawrSWptOGNISEBFrZhVuWeG1Fk1RNtpW3x5zgaPvT7+8vV5Pt2RnH0HknIZkLYOi0N51r&#10;JOw/trMlsBCVM6r3DiV8Y4BVdX1VqsL4i9vhuY4NoxAXCiWhjXEoOA+6RavC3A/o6Hb0o1WRxrHh&#10;ZlQXCrc9T4VYcKs6Rx9aNeBTi/qrPlkJw8t+p8Xb++f2WW8esru8To+vtZS3N9P6EVjEKf7B8KtP&#10;6lCR08GfnAmslzBLskV+T7CEdJkBI4RWSQ7sQLDIMuBVyf+3qH4AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAoEItqxoCAAB7BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAKPRmyOQAAAANAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="1769C208" id="Rounded Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:-684.7pt;margin-top:14.15pt;width:618.75pt;height:37.5pt;z-index:251702272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3GcZ6/QEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CpQ2COD20yC7D&#10;WrTbBygyFQuQRYFS42RfP0pOnKIbdhiWgyJS5Hvko+T13bFz4gAULfpaziZTKcBrbKzf1/LH9+2n&#10;pRQxKd8ohx5qeYIo7zYfP6z7sII5tugaIMEgPq76UMs2pbCqqqhb6FScYADPhwapU4lN2lcNqZ7R&#10;O1fNp9ObqkdqAqGGGNn7MBzKTcE3BnR6NCZCEq6WXFsqK5V1l9dqs1arPanQWn0uQ/1DFZ2ynklH&#10;qAeVlHgl+xtUZzVhRJMmGrsKjbEaSg/czWz6rpuXVgUovbA4MYwyxf8Hq78dXsITsQx9iKvI29zF&#10;0VCX/7k+cSxinUax4JiEZuftcrGczRdSaD77fHszXxQ1q2t2oJi+AHYib2pJ+OqbZ55IEUodvsbE&#10;tBx/icuMHrfWuTIV57MjorNN9hWD9rt7R+Kg8jj5t93mCTLGmzC2cmp1bajs0slBxnD+GYywDbcw&#10;L5WUuwYjrNIafJoNR61qYGBbZLoLWb6dOaNQF8CMbLjKEfsMcIkcQC7YQ83n+JwK5aqOydO/FTYk&#10;jxmFGX0akzvrkf4E4LirM/MQfxFpkCartMPm9MT6AqVHXozDvpba2SBFi/TzvY+Su8fhZSmvOaKW&#10;qVBkLL6xRZ/z68pP4q1dyK/fgM0vAAAA//8DAFBLAwQUAAYACAAAACEAKPRmyOQAAAANAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLmhL2sK0lqbThjSEhARa2YVblnhtRZNUTbaV&#10;t8ec4Gj70+/vL1eT7dkZx9B5JyGZC2DotDedayTsP7azJbAQlTOq9w4lfGOAVXV9VarC+Ivb4bmO&#10;DaMQFwoloY1xKDgPukWrwtwP6Oh29KNVkcax4WZUFwq3PU+FWHCrOkcfWjXgU4v6qz5ZCcPLfqfF&#10;2/vn9llvHrK7vE6Pr7WUtzfT+hFYxCn+wfCrT+pQkdPBn5wJrJcwS7JFfk+whHSZASOEVkkO7ECw&#10;yDLgVcn/t6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADcZxnr9AQAASwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACj0ZsjkAAAADQEAAA8A&#10;AAAAAAAAAAAAAAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="000125C4">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="575F9592" wp14:editId="5A876276">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="575F9592" wp14:editId="4464168F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-8695690</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7858125" cy="476250"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="58" name="Rounded Rectangle 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7858125" cy="476250"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
@@ -25951,76 +26438,76 @@
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="0F248378" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-684.7pt;margin-top:14.15pt;width:618.75pt;height:37.5pt;z-index:251720704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7v4fOGAIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dc67WtbmJZXueQyL1U&#10;TeS0PwDD4EViGQTEa/fXd2DXmyiteqjqA+Zj5r15j2E3d+fOshOEaNA1fDGbcwZOojLu2PAf33ef&#10;VpzFJJwSFh00/AKR320/ftj0fg1LbNEqCIxAXFz3vuFtSn5dVVG20Ik4Qw+ODjWGTiRahmOlgugJ&#10;vbPVcj6/qXoMygeUECPtPgyHfFvwtQaZHrWOkJhtONWWyhjKeMhjtd2I9TEI3xo5liH+oYpOGEek&#10;E9SDSIK9BPMbVGdkwIg6zSR2FWptJBQNpGYxf6fmuRUeihYyJ/rJpvj/YOW301NgRjW8pptyoqM7&#10;2uOLU6DYntwT7miB1dmn3sc1hT/7pzCuIk2z6LMOXf4nOexcvL1M3sI5MUmbt6t6tVjWnEk6+3x7&#10;s6yL+dVrtg8xfQHsWJ40POQqcgnFV3H6GhPRUvw1LjM63BlryyValzciWqPyXlmE4+HeBnYS+fbp&#10;t9tlIYTxJoxWObXK8gZBZZYuFjKGdXvQZBBJWJZKSmvCBCukBJcWw1ErFAxsdaa7kuVmzhmFugBm&#10;ZE1VTtgjwDVyALliDzWP8TkVSmdPyfO/FTYkTxmFGV2akjvjMPwJwJKqkXmIv5o0WJNdOqC6UPvQ&#10;+0+PNGiLfcOlNZ6zFsPP93sh2XscHqJwkiIangpFxqIGL/6MjzG/oLfrQv76ydj+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAKPRmyOQAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qk&#10;LmhL2sK0lqbThjSEhARa2YVblnhtRZNUTbaVt8ec4Gj70+/vL1eT7dkZx9B5JyGZC2DotDedayTs&#10;P7azJbAQlTOq9w4lfGOAVXV9VarC+Ivb4bmODaMQFwoloY1xKDgPukWrwtwP6Oh29KNVkcax4WZU&#10;Fwq3PU+FWHCrOkcfWjXgU4v6qz5ZCcPLfqfF2/vn9llvHrK7vE6Pr7WUtzfT+hFYxCn+wfCrT+pQ&#10;kdPBn5wJrJcwS7JFfk+whHSZASOEVkkO7ECwyDLgVcn/t6h+AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHu/h84YAgAAegQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACj0ZsjkAAAADQEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
+              <v:roundrect w14:anchorId="1DF1A5D4" id="Rounded Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-684.7pt;margin-top:14.15pt;width:618.75pt;height:37.5pt;z-index:251717632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3GcZ6/QEAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L06CpQ2COD20yC7D&#10;WrTbBygyFQuQRYFS42RfP0pOnKIbdhiWgyJS5Hvko+T13bFz4gAULfpaziZTKcBrbKzf1/LH9+2n&#10;pRQxKd8ohx5qeYIo7zYfP6z7sII5tugaIMEgPq76UMs2pbCqqqhb6FScYADPhwapU4lN2lcNqZ7R&#10;O1fNp9ObqkdqAqGGGNn7MBzKTcE3BnR6NCZCEq6WXFsqK5V1l9dqs1arPanQWn0uQ/1DFZ2ynklH&#10;qAeVlHgl+xtUZzVhRJMmGrsKjbEaSg/czWz6rpuXVgUovbA4MYwyxf8Hq78dXsITsQx9iKvI29zF&#10;0VCX/7k+cSxinUax4JiEZuftcrGczRdSaD77fHszXxQ1q2t2oJi+AHYib2pJ+OqbZ55IEUodvsbE&#10;tBx/icuMHrfWuTIV57MjorNN9hWD9rt7R+Kg8jj5t93mCTLGmzC2cmp1bajs0slBxnD+GYywDbcw&#10;L5WUuwYjrNIafJoNR61qYGBbZLoLWb6dOaNQF8CMbLjKEfsMcIkcQC7YQ83n+JwK5aqOydO/FTYk&#10;jxmFGX0akzvrkf4E4LirM/MQfxFpkCartMPm9MT6AqVHXozDvpba2SBFi/TzvY+Su8fhZSmvOaKW&#10;qVBkLL6xRZ/z68pP4q1dyK/fgM0vAAAA//8DAFBLAwQUAAYACAAAACEAKPRmyOQAAAANAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkLmhL2sK0lqbThjSEhARa2YVblnhtRZNUTbaV&#10;t8ec4Gj70+/vL1eT7dkZx9B5JyGZC2DotDedayTsP7azJbAQlTOq9w4lfGOAVXV9VarC+Ivb4bmO&#10;DaMQFwoloY1xKDgPukWrwtwP6Oh29KNVkcax4WZUFwq3PU+FWHCrOkcfWjXgU4v6qz5ZCcPLfqfF&#10;2/vn9llvHrK7vE6Pr7WUtzfT+hFYxCn+wfCrT+pQkdPBn5wJrJcwS7JFfk+whHSZASOEVkkO7ECw&#10;yDLgVcn/t6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADcZxnr9AQAASwQAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACj0ZsjkAAAADQEAAA8A&#10;AAAAAAAAAAAAAAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABoBQAAAAA=&#10;" filled="f" strokecolor="blue" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D94208" w14:textId="681FC50E" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="000125C4">
+    <w:p w14:paraId="46D94208" w14:textId="6C329C5D" w:rsidR="000125C4" w:rsidRPr="00DD7C51" w:rsidRDefault="000125C4" w:rsidP="000125C4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-HK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED0B99">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="765A3D56" wp14:editId="16D932D2">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251712512" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="765A3D56" wp14:editId="701F3F63">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-3310890</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1835150</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1506855" cy="276225"/>
                 <wp:effectExtent l="0" t="0" r="17145" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="60" name="文字方塊 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1506855" cy="276225"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -26060,89 +26547,89 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="00B050"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                               <w:t>Classification level</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="765A3D56" id="文字方塊 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-260.7pt;margin-top:144.5pt;width:118.65pt;height:21.75pt;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDaDPOdGwIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgN4KwL4hRYi+5l&#10;WId1+wBFF1uYbqPU2NnXj5ITp+meOswPsiXxHJKHpDc3ozVkLyFq71p6tagpkY57oV3X0h/f799d&#10;UxITc4IZ72RLDzLSm+3bN5shrOXS994ICQRJXFwPoaV9SmFdVZH30rK48EE6vFQeLEu4ha4SwAZk&#10;t6Za1vWqGjyIAJ7LGPH0brqk28KvlOTpQakoEzEtxdhSWaGsu7xW2w1bd8BCr/kxDPYPUVimHTqd&#10;qe5YYuQJ9F9UVnPw0au04N5WXinNZckBs7mqX2Tz2LMgSy4oTgyzTPH/0fIv+8fwFUgaP/oRC5gF&#10;GUJcRzzM+YwKbH5jpATvUcLDLJscE+EZ1NSr66ahhOPd8v1quWwyTXVGB4jpk/SW5I+WApalqMX2&#10;n2OaTE8m2Vn0Rot7bUzZ5FaQtwbInmERTSoxIvmFlXFkaOmHBl0TboNoaXRd8XFhVvrqkqz46JmQ&#10;E39T43MMf7YuyTwjQu/G4eFZqfKVDkZmOuO+SUW0KIJNOUC3yylMnYejgUKe+q+QISAbKkz6ldgj&#10;JKNlafhX4mdQ8e9dmvFWOw+Thpc1ED9PNVCT/UmKSYCsRRp3IyqA/XDqqJ0XB2w0/FekB1yU8Vgw&#10;bnSgpPfw++XZgDOJRfz1xEBSAsnc+mmEmeNoj9AEpUzZGw5HKdFxkPP0Pd+X8M6/m+0fAAAA//8D&#10;AFBLAwQUAAYACAAAACEA9sRQtOIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrEMBRF94L/&#10;EJ7grpMmbaXWpoMIDghuZhTdpk1si01SknTa+XufK10+3uHec+v9ZiZy1j6MzgpguxSItp1To+0F&#10;vL89JyWQEKVVcnJWC7joAPvm+qqWlXKrPerzKfYEQ2yopIAhxrmiNHSDNjLs3Kwt/r6cNzLi6Xuq&#10;vFwx3EyUp+kdNXK02DDIWT8Nuvs+LUZAy0KRfb5c8lf2sWyH9dgfCr8KcXuzPT4AiXqLfzD86qM6&#10;NOjUusWqQCYBScFZjqwAXt7jKkQSXuYMSCsgy3gBtKnp/xXNDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDaDPOdGwIAALYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD2xFC04gAAAA0BAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape w14:anchorId="765A3D56" id="文字方塊 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-260.7pt;margin-top:144.5pt;width:118.65pt;height:21.75pt;z-index:251712512;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDaDPOdGwIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgN4KwL4hRYi+5l&#10;WId1+wBFF1uYbqPU2NnXj5ITp+meOswPsiXxHJKHpDc3ozVkLyFq71p6tagpkY57oV3X0h/f799d&#10;UxITc4IZ72RLDzLSm+3bN5shrOXS994ICQRJXFwPoaV9SmFdVZH30rK48EE6vFQeLEu4ha4SwAZk&#10;t6Za1vWqGjyIAJ7LGPH0brqk28KvlOTpQakoEzEtxdhSWaGsu7xW2w1bd8BCr/kxDPYPUVimHTqd&#10;qe5YYuQJ9F9UVnPw0au04N5WXinNZckBs7mqX2Tz2LMgSy4oTgyzTPH/0fIv+8fwFUgaP/oRC5gF&#10;GUJcRzzM+YwKbH5jpATvUcLDLJscE+EZ1NSr66ahhOPd8v1quWwyTXVGB4jpk/SW5I+WApalqMX2&#10;n2OaTE8m2Vn0Rot7bUzZ5FaQtwbInmERTSoxIvmFlXFkaOmHBl0TboNoaXRd8XFhVvrqkqz46JmQ&#10;E39T43MMf7YuyTwjQu/G4eFZqfKVDkZmOuO+SUW0KIJNOUC3yylMnYejgUKe+q+QISAbKkz6ldgj&#10;JKNlafhX4mdQ8e9dmvFWOw+Thpc1ED9PNVCT/UmKSYCsRRp3IyqA/XDqqJ0XB2w0/FekB1yU8Vgw&#10;bnSgpPfw++XZgDOJRfz1xEBSAsnc+mmEmeNoj9AEpUzZGw5HKdFxkPP0Pd+X8M6/m+0fAAAA//8D&#10;AFBLAwQUAAYACAAAACEA9sRQtOIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrEMBRF94L/&#10;EJ7grpMmbaXWpoMIDghuZhTdpk1si01SknTa+XufK10+3uHec+v9ZiZy1j6MzgpguxSItp1To+0F&#10;vL89JyWQEKVVcnJWC7joAPvm+qqWlXKrPerzKfYEQ2yopIAhxrmiNHSDNjLs3Kwt/r6cNzLi6Xuq&#10;vFwx3EyUp+kdNXK02DDIWT8Nuvs+LUZAy0KRfb5c8lf2sWyH9dgfCr8KcXuzPT4AiXqLfzD86qM6&#10;NOjUusWqQCYBScFZjqwAXt7jKkQSXuYMSCsgy3gBtKnp/xXNDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDaDPOdGwIAALYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD2xFC04gAAAA0BAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7BB25CAA" w14:textId="77777777" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="00B050"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Classification level</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="568B0C3B" wp14:editId="257F4F9F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251713536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="568B0C3B" wp14:editId="79CFAA67">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-3776345</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1532255</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2560320" cy="327660"/>
                 <wp:effectExtent l="19050" t="0" r="49530" b="53340"/>
                 <wp:wrapNone/>
                 <wp:docPr id="61" name="Group 61"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2560320" cy="327660"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="2560420" cy="327705"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
@@ -26241,117 +26728,117 @@
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="22E02D19" id="Group 61" o:spid="_x0000_s1026" style="position:absolute;margin-left:-297.35pt;margin-top:120.65pt;width:201.6pt;height:25.8pt;z-index:251716608;mso-width-relative:margin;mso-height-relative:margin" coordsize="25604,3277" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhEggJ9AIAAOcKAAAOAAAAZHJzL2Uyb0RvYy54bWzsVktv2zAMvg/YfxB8b/1KnMSoU2xt18uw&#10;Feu2uyLLj0GWBEmNk38/Sn4kadpua4cdhuagWBJJkR8/Ujo73zQMranSteCZF54GHqKciLzmZeZ9&#10;+/rhZO4hbTDPMROcZt6Wau98+fbNWStTGolKsJwqBEa4TluZeZUxMvV9TSraYH0qJOWwWQjVYANT&#10;Vfq5wi1Yb5gfBUHit0LlUglCtYbVy27TWzr7RUGJ+VwUmhrEMg98M25UblzZ0V+e4bRUWFY16d3A&#10;z/CiwTWHQ0dTl9hgdKfqI1NNTZTQojCnRDS+KIqaUBcDRBMG96K5VuJOuljKtC3lCBNAew+nZ5sl&#10;n9Y3CtV55iWhhzhuIEfuWARzAKeVZQoy10reyhvVL5TdzMa7KVRj/yEStHGwbkdY6cYgAovRNAni&#10;CNAnsBdHsyTpcScVJOdIjVRXe4qTPcVZMLU++cOxvvVudKaVQCG9Q0m/DKXbCkvqwNcWgQGlaEDp&#10;iq1Eiy4E50AyoVDsgrJOgPQF78HSqQbcHkUqmk6CHowBrTCcB5Nk2qEVxrPZ4jBonEqlzTUVDbIf&#10;mbei3IxuxI6FeP1RG0fHvM8pzn9AfouGAbvXmKGTZDLvseyFAdXBsNVk3I5asDr/UDPmJqpcXTCF&#10;QB9yHLwPps51UNwTg5lVhdQMobsvs2W0M/uFFsA3oEXoXHWVTkezmBAIx1HPWQJpq1aAC6Ni8GvF&#10;Xt6qUtcF/kR51HAnC25G5abmQj10utkMLhed/IBAF7eFYCXyrSOFgwaIaovrXzA2fpSxfYU/xVik&#10;BFAsDOaB/QGDWC2/D7nrix4YG4Z287j0gb+LsfTDJA4XyUEF7zj3IjIvksUrmYfKPCyh/4zMk4HM&#10;t0bhuqwMeqfUQR9OJpYKtrR+qw+HEZDyYfLubqz7F88RbXXvzdiHu+bmWmt3Y/2N3opTg2t2xXNk&#10;thIuamxD74n/2nTtTdFdO082XfdogNeUe0f0Lz/7XNufO0O79+nyJwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAAgYKpTkAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5dmm4FWppO&#10;0wScJiQ2JMQta7y2WpNUTdZ2b485wdH2p9/fX6xn07ERB986K0EsYmBoK6dbW0v4PLxGT8B8UFar&#10;zlmUcEUP6/L2plC5dpP9wHEfakYh1udKQhNCn3PuqwaN8gvXo6XbyQ1GBRqHmutBTRRuOp7E8QM3&#10;qrX0oVE9bhuszvuLkfA2qWmzFC/j7nzaXr8P6fvXTqCU93fz5hlYwDn8wfCrT+pQktPRXaz2rJMQ&#10;pdnqkVgJyUosgRESiUykwI60ypIMeFnw/y3KHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBhEggJ9AIAAOcKAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAIGCqU5AAAAA0BAAAPAAAAAAAAAAAAAAAAAE4FAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+              <v:group w14:anchorId="46FB1450" id="Group 61" o:spid="_x0000_s1026" style="position:absolute;margin-left:-297.35pt;margin-top:120.65pt;width:201.6pt;height:25.8pt;z-index:251713536;mso-width-relative:margin;mso-height-relative:margin" coordsize="25604,3277" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVlzA26gIAAMMKAAAOAAAAZHJzL2Uyb0RvYy54bWzsVslu2zAQvRfoPxC6J9ps2RYiB222S9EE&#10;Tds7TVFLQZEEyVj233dILbbjpEWToociOlCiyBm+eXwz5Nn5pmFoTZWuBc+88DTwEOVE5DUvM+/b&#10;1+uTuYe0wTzHTHCaeVuqvfPl+3dnrUxpJCrBcqoQOOE6bWXmVcbI1Pc1qWiD9amQlMNgIVSDDXRV&#10;6ecKt+C9YX4UBInfCpVLJQjVGv5edoPe0vkvCkrMbVFoahDLPMBmXKtcu7KtvzzDaamwrGrSw8Av&#10;QNHgmsOio6tLbDB6UPWRq6YmSmhRmFMiGl8URU2oiwGiCYNH0dwo8SBdLGXalnKkCah9xNOL3ZLP&#10;6xsl7+WdAiZaWQIXrmdj2RSqsW9AiTaOsu1IGd0YROBnNE2COAJmCYzF0SxJek5JBcQfmZHqas9w&#10;smc4C6Z2M/xhWf8ATCtBHnrHgH4dA/cVltQRq1Ng4E6hOs+8JPIQxw2o9IqtRIsuBOcgIKFQ7IKy&#10;IGD2Be/J0qkG3p5lKppOgp6Mga0wnAeTZNqxFcaz2eIwaJxKpc0NFQ2yH5m3otyMMGKnMLz+pI2T&#10;Wt6jxfmP0ENFw0C5a8zQSTKZ91z2k4HVwbG1ZNy2WrA6v64Zcx1Vri6YQmAPexx8DKYOOhjuTYOe&#10;NYWtGUJ3X2bLaOf2Cy2ASZBF6KC6LKajW0wIhBP20BiH2dasAAijYfB7w36+NaUuw//EeLRwKwtu&#10;RuOm5kI9tbrZDJCLbv7AQBe3pWAl8q0ThaMGhGpz6V8oNn5WsQ6zBfG8YpESILEwmAf2AQWxWn4f&#10;9q5PelBsGNrB49QH/S7G1A+TOFwkBxm809yrxLxIFm9iHjLzMIX+MzFPBjHfG4XrsjLog1IHdTiZ&#10;WCn8WtU2sQfxRiDKp8W7O7EeHzxHstU9mrEOd8XNldbuxPobtRWnBtfsiufIbCUcQdiGPpbKoeS4&#10;88bGr9+K7hNF110a4Kbk7hH9rc5exfb7jsrd3XP5EwAA//8DAFBLAwQUAAYACAAAACEACBgqlOQA&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbl2abgVamk7TBJwmJDYkxC1r&#10;vLZak1RN1nZvjznB0fan399frGfTsREH3zorQSxiYGgrp1tbS/g8vEZPwHxQVqvOWZRwRQ/r8vam&#10;ULl2k/3AcR9qRiHW50pCE0Kfc+6rBo3yC9ejpdvJDUYFGoea60FNFG46nsTxAzeqtfShUT1uG6zO&#10;+4uR8DapabMUL+PufNpevw/p+9dOoJT3d/PmGVjAOfzB8KtP6lCS09FdrPaskxCl2eqRWAnJSiyB&#10;ERKJTKTAjrTKkgx4WfD/LcofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJWXMDbqAgAA&#10;wwoAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAgYKpTk&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAARAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABV&#10;BgAAAAA=&#10;">
                 <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                   </v:formulas>
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <v:handles>
                     <v:h position="#0,center"/>
                   </v:handles>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="Elbow Connector 30" o:spid="_x0000_s1027" type="#_x0000_t34" style="position:absolute;top:254;width:11804;height:1377;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjEPEuwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EAvpZYbaGIcKyEtGHIqNMmhx8XaWMbWyliK7fx9VCj0OMzMG6bYz7YTIw2+cazgLUlB&#10;EFdON1wruJzL1wyED8gaO8ek4E4e9rvFU4G5dhN/03gKtYgQ9jkqMCH0uZS+MmTRJ64njt7VDRZD&#10;lEMt9YBThNtOrtJ0LS02HBcM9vRpqGpPN6vgJysPlmYcb3fTpPy++Wq7jxelnpfzYQsi0Bz+w3/t&#10;o1awXsHvl/gD5O4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIxDxLsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" adj="-140" strokecolor="#00b050"/>
                 <v:shape id="Elbow Connector 31" o:spid="_x0000_s1028" type="#_x0000_t34" style="position:absolute;left:11811;width:13793;height:1631;rotation:180;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAqhcGFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EBujZymmOJYCaZQcAI9NC30uljrH2KtbEuxnbePAoEeh5n5hkn3s2nFSINrLCtYryIQ&#10;xIXVDVcKfn8+X95BOI+ssbVMCq7kYL97fkox0XbibxpPvhIBwi5BBbX3XSKlK2oy6Fa2Iw5eaQeD&#10;PsihknrAKcBNK1+jKJYGGw4LNXb0UVNxPl2MgmwsDn/xce7zr7feNNNYlXzMlFou5mwLwtPs/8OP&#10;dq4VxBu4fwk/QO5uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACqFwYXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="-209" strokecolor="#00b050"/>
                 <v:shape id="Straight Arrow Connector 64" o:spid="_x0000_s1029" type="#_x0000_t32" style="position:absolute;left:12319;width:0;height:3277;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZowrGxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvZmOxIaSuEoSihfagLabHR/aZBLNvQ3Y16b/vFgSPw8x8w6w2o2nFjXrXWFawiGIQ&#10;xKXVDVcKvr/e5ikI55E1tpZJwS852KynkxVm2g58oNvRVyJA2GWooPa+y6R0ZU0GXWQ74uCdbW/Q&#10;B9lXUvc4BLhp5XMcJ9Jgw2Ghxo62NZWX49UoKNKXNn6XJ2s/i3Q3/pw+8rwplXqajfkrCE+jf4Tv&#10;7b1WkCzh/0v4AXL9BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABmjCsbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="#00b050">
                   <v:stroke endarrow="open"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0678C3" w14:textId="27669A75" w:rsidR="000125C4" w:rsidRDefault="00F52F48" w:rsidP="00B135D6">
+    <w:p w14:paraId="5C0678C3" w14:textId="3697FE3D" w:rsidR="000125C4" w:rsidRDefault="00F52F48" w:rsidP="00B135D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:eastAsia="新細明體" w:hAnsi="新細明體" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50D352BB" wp14:editId="2AAF2EED">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251708416" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50D352BB" wp14:editId="4802AF0E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>8611235</wp:posOffset>
+                  <wp:posOffset>8609330</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>99695</wp:posOffset>
+                  <wp:posOffset>93979</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1295400" cy="914400"/>
-                <wp:effectExtent l="38100" t="76200" r="19050" b="114300"/>
+                <wp:extent cx="1295400" cy="1228725"/>
+                <wp:effectExtent l="38100" t="76200" r="19050" b="123825"/>
                 <wp:wrapNone/>
                 <wp:docPr id="50" name="Group 50"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1295400" cy="914400"/>
+                          <a:ext cx="1295400" cy="1228725"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="1295400" cy="914400"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="51" name="Straight Arrow Connector 51"/>
                         <wps:cNvCnPr/>
                         <wps:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="359410" cy="0"/>
                           </a:xfrm>
                           <a:prstGeom prst="straightConnector1">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent6">
                                 <a:lumMod val="75000"/>
                               </a:schemeClr>
                             </a:solidFill>
                             <a:tailEnd type="arrow"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
@@ -26461,52 +26948,52 @@
                             </a:solidFill>
                             <a:tailEnd type="arrow"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="55" name="Text Box 55"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="428625" y="219075"/>
-                            <a:ext cx="866775" cy="270104"/>
+                            <a:off x="428625" y="288413"/>
+                            <a:ext cx="866775" cy="363440"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="9525" cmpd="sng">
                             <a:solidFill>
                               <a:schemeClr val="lt1">
                                 <a:shade val="50000"/>
                               </a:schemeClr>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:scrgbClr r="0" g="0" b="0"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:scrgbClr r="0" g="0" b="0"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:scrgbClr r="0" g="0" b="0"/>
                           </a:effectRef>
@@ -26558,154 +27045,288 @@
                                 <a:lumMod val="75000"/>
                               </a:schemeClr>
                             </a:solidFill>
                             <a:tailEnd type="arrow"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="50D352BB" id="Group 50" o:spid="_x0000_s1028" style="position:absolute;margin-left:678.05pt;margin-top:7.85pt;width:102pt;height:1in;z-index:251711488" coordsize="12954,9144" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKppR5swMAADEUAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNty2yAQfe9M/4HReyNbseTEE6fTpm36&#10;0Ns06QcQhC5TBBRIJPfru6yEmrix3SQzefILthC7LIez6Cwnr7tGkBtubK3kMpoeTCLCJVN5Lctl&#10;9OPyw6ujiFhHZU6FknwZrbiNXp++fHHS6gVPVKVEzg0BJ9IuWr2MKuf0Io4tq3hD7YHSXMLLQpmG&#10;Ong0ZZwb2oL3RsTJZJLFrTK5Nopxa6H3Xf8yOkX/RcGZ+1oUljsilhHE5rA12F75Nj49oYvSUF3V&#10;bAiDPiKKhtYSJh1dvaOOkmtT/+OqqZlRVhXugKkmVkVRM45rgNVMJ2urOTfqWuNaykVb6hEmgHYN&#10;p0e7ZV9uzo2+0N8MINHqErDAJ7+WrjCN/4UoSYeQrUbIeOcIg85pcpzOJoAsg3fH05n/j5iyCoD/&#10;x4xV77cbxmHa+E4wrQZ62L8I2KchcFFRzRFYuwAEvhlS58sonUZE0gZYeuEMrcvKkTfGqJacKSmB&#10;ScoQGII4odmZHFCzCwsABshIIWr9EaBBQmwD7zA9nk0H7BC2cfV0oY1151w1xP9ZRnaIaAyl905v&#10;PlkHEYFhMPBhCOlbq0Sdf6iFwAefUfxMGHJDIRcoY1y6DEMU181nlff983TS7yB4xCT0Juj/jjdH&#10;a/Fe5sStNMBFPUoeGDDyU8PeBUjwn1sJ3of1nRcAtecNzjzOcDsohBg9wWhvVsASRsPJbsNhvDfl&#10;eAQ8xHi0wJmVdKNxU0tl7pvddSHkoh8fEOjX7SG4UvkKyYLQAJN9sj0HpZPdlE4eSenp8SQF8kLe&#10;J+l8Ok/7vA8Hw57b9yVcIIqQe27//3dww3F9uJvbh0/m9myeJUBz/Kbtub0/t5/p3J7t5vbsydzO&#10;sgy+92vczkAA7DXJmlDan9tDQfagQmPDuZ0Gbl/6A/Wt6kiK4sErIlDjvhghroN+LxMHuX1bYHtl&#10;NsjqWXIEx3MvQkCPrIuQIyA49GFxksyhwMKcAW0ZSpsgmgeVbUDlo8LboKvvaOA18SpcIMmdUUKS&#10;Fiqj1EfJGg1lhpVlryK3yHPvzC/TVjTnvTj2wjwUCePU68r8/wV40NGmvPJc70tiKCwh9UNhvFOD&#10;b7fdLcO32z9Ciec/wx5sVOKuu+qw2hulQa/N/SWG+wpNIRRsGIMaLiKVMr/X+1q4LIBN/HVNDY+I&#10;ceJM9XcLVDIYD6bOeNY+t9LPQlZtLl6zkE2QZQ8vXm9X93sltFdCnuF4L4WH0HCH5i++bj9jHvy9&#10;6Tv9AwAA//8DAFBLAwQUAAYACAAAACEArSdAhuAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBCF74L/YRnBm93EklRjNqUU9VQEW0G8TbPTJDS7G7LbJP33Tk56e2/m8eabfD2ZVgzU+8ZZ&#10;BfEiAkG2dLqxlYKvw9vDEwgf0GpsnSUFV/KwLm5vcsy0G+0nDftQCS6xPkMFdQhdJqUvazLoF64j&#10;y7uT6w0Gtn0ldY8jl5tWPkZRKg02li/U2NG2pvK8vxgF7yOOm2X8OuzOp+3155B8fO9iUur+btq8&#10;gAg0hb8wzPiMDgUzHd3Fai9a9sskjTnLKlmBmBNJGvHkOKvnFcgil/+fKH4BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEACqaUebMDAAAxFAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEArSdAhuAAAAAMAQAADwAAAAAAAAAAAAAAAAANBgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABoHAAAAAA==&#10;">
+              <v:group w14:anchorId="50D352BB" id="Group 50" o:spid="_x0000_s1028" style="position:absolute;margin-left:677.9pt;margin-top:7.4pt;width:102pt;height:96.75pt;z-index:251708416;mso-height-relative:margin" coordsize="12954,9144" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCLvdCSygMAADIUAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNty0zAQfWeGf9D4nTp2YucyTTtQoDwA&#10;ZSh8gCrLl0GWhKTWDl/PSracJm2aaTv0hbw4sa1drY7Ors/q+LStGbqhSleCL4PoaBQgyonIKl4s&#10;g58/Pr6ZBUgbzDPMBKfLYEV1cHry+tVxIxc0FqVgGVUInHC9aOQyKI2RizDUpKQ11kdCUg4vc6Fq&#10;bOBWFWGmcAPeaxbGo1EaNkJlUglCtYan77uXwYnzn+eUmIs819QgtgwgNuOuyl2v7DU8OcaLQmFZ&#10;VqQPAz8hihpXHCYdXL3HBqNrVd1xVVdECS1yc0REHYo8rwh1a4DVRKOt1ZwrcS3dWopFU8gBJoB2&#10;C6cnuyVfb86VvJTfFCDRyAKwcHd2LW2uavsLUaLWQbYaIKOtQQQeRvE8mYwAWQLvojieTeOkA5WU&#10;gPwdO1J+uM9yHk2sF4gh9POGG9E0Evih1xDo50FwWWJJHbJ6ARB8U6jKlkESBYjjGmh6aRSuitKg&#10;t0qJBp0JzoFKQiEY4oByZme8h00vNCDoMUM5q+QngMMx4iH0xsl8EvXgba4eL6TS5pyKGtk/y0D3&#10;EQ2hdN7xzWdtOti8gQ2DcXvVglXZx4oxd2NTip4xhW4wJAMmhHKTuhDZdf1FZN3zaTIaNsJloTVx&#10;27LhzeCKfeAZMisJcGGLUr97dmrYOw+J+2dWjHZhfac5QG2J42YeZrgdlIMYeMA4jLZmOSxhMBzt&#10;N+zHW1PqasBjjAcLN7PgZjCuKy7UfbOb1oecd+M9At26LQRXIls5sjhogMk2216C0vF+SsdPpHQ0&#10;HyVAXkj8OJlG0z7vfWU4cPu+hPNEOXD7MR/CHeV6vJ/b42dzezJNY6A51FioJv2368DtA7cHNfZv&#10;pMhkP7cnz+Z2mqbwvd/idgoC4KBJtoTSoW73HdmjOo0ddTvx3P5hC+o70aLEiQeriECN224EmRae&#10;W5nYy+3bAtuW4l5WT+IZlOdOhMxmk8jV+3WhngHBQZi47mScjqHJsP6GHuOOylag8p3C26GrNzTw&#10;lnhlxpNkYxTjqFkG88RGSWoJbYbmRaciH5Dn1pldpi5xRjtxbIW5D3+YeluZO9ns5afrSXYJcK+j&#10;VXFlud71xNBZQur7znivBn/Ydr8Mf9j+CUo8++X3YKcSN+1V67q9QRp02tyeYpgLuORMwIYR6OEC&#10;VAr1Z/tZA6cFsIm/r7GiAVKGnYnucAFzAuPB1CjHsl7gv5TST31W7W5eU59NkGWPb17XTfo6wQ5K&#10;6D9WQu6IBg6mXBHqD9Hsydfte1eL1kd9J38BAAD//wMAUEsDBBQABgAIAAAAIQAyTShY4QAAAAwB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3aQx0sZsSinqqQi2gvQ2zU6T0Oxu&#10;yG6T9N87Pelp3mMeb77JV5NpxUC9b5xVEM8iEGRLpxtbKfjevz8tQPiAVmPrLCm4kodVcX+XY6bd&#10;aL9o2IVKcIn1GSqoQ+gyKX1Zk0E/cx1Z3p1cbzCw7Supexy53LRyHkUv0mBj+UKNHW1qKs+7i1Hw&#10;MeK4TuK3YXs+ba6Hffr5s41JqceHaf0KItAU/sJww2d0KJjp6C5We9GyT9KU2QOrZ563RJouWR0V&#10;zKNFArLI5f8nil8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAi73QksoDAAAyFAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAMk0oWOEAAAAMAQAA&#10;DwAAAAAAAAAAAAAAAAAkBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADIHAAAAAA==&#10;">
                 <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                   <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
                 <v:shape id="Straight Arrow Connector 51" o:spid="_x0000_s1029" type="#_x0000_t32" style="position:absolute;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCoHzwYxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3hf6H4Ra6KXWSghJSx1BahZS48NFNd5fMNYnN3AmZaYz/3hEEl4fz+DjzbDStGKh3jWUF8SQC&#10;QVxa3XCl4Ge/ek1AOI+ssbVMCs7kIFs8Pswx1fbEWxp2vhJhhF2KCmrvu1RKV9Zk0E1sRxy8g+0N&#10;+iD7SuoeT2HctPItimbSYMOBUGNHnzWVf7t/o6DIX2K7Xy+L7wDe6t/zV7IZjko9P40f7yA8jf4e&#10;vrVzrWAaw/VL+AFycQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCoHzwYxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#e36c0a [2409]">
                   <v:stroke endarrow="open"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 52" o:spid="_x0000_s1030" type="#_x0000_t32" style="position:absolute;left:190;top:2571;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYzaJvxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Bf/DcIVuik4ULJI6itgWUuLCRzfdXTK3STRzJ2Smefx7Ryi4PJzHx1ltelOJlhpXWlYwm0Yg&#10;iDOrS84VfJ8/J0sQziNrrCyTgoEcbNajpxXG2nZ8pPbkcxFG2MWooPC+jqV0WUEG3dTWxMH7tY1B&#10;H2STS91gF8ZNJedR9CoNlhwIBda0Kyi7nv6MgjR5mdnz/iP9CuCj/hnel4f2otTzuN++gfDU+0f4&#10;v51oBYs53L+EHyDXNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBYzaJvxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#e36c0a [2409]">
                   <v:stroke endarrow="open"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 53" o:spid="_x0000_s1031" type="#_x0000_t32" style="position:absolute;left:190;top:4762;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3gQf0xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvdSJ2kUpHUSRCtYNGFj266u2Ruk9TMnZCZJvHfdwqCy8N5fJxFNphadNS6yrKCeBKB&#10;IM6trrhQ8HnePM9BOI+ssbZMCq7kIEsfRgtMtO35SN3JFyKMsEtQQel9k0jp8pIMuoltiIP3bVuD&#10;Psi2kLrFPoybWr5E0UwarDgQSmxoVVJ+Of0aBbvtOLbn/fvuI4CP+uu6nh+6H6WeHoflGwhPg7+H&#10;b+2tVvA6hf8v4QfI9A8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA3gQf0xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#e36c0a [2409]">
                   <v:stroke endarrow="open"/>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 54" o:spid="_x0000_s1032" type="#_x0000_t32" style="position:absolute;left:190;top:6667;width:3600;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC4aJ+AxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvdSJ2kWJHUSRCtYNGFj266u2Ruk9TMnZCZJvHfdwqCy8N5fJxFNphadNS6yrKCeBKB&#10;IM6trrhQ8HnePM9BOI+ssbZMCq7kIEsfRgtMtO35SN3JFyKMsEtQQel9k0jp8pIMuoltiIP3bVuD&#10;Psi2kLrFPoybWr5E0UwarDgQSmxoVVJ+Of0aBbvtOLbn/fvuI4CP+uu6nh+6H6WeHoflGwhPg7+H&#10;b+2tVvA6hf8v4QfI9A8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC4aJ+AxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="#e36c0a [2409]">
                   <v:stroke endarrow="open"/>
                 </v:shape>
-                <v:shape id="Text Box 55" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:4286;top:2190;width:8668;height:2701;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpzJgWxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33cQ2paRugggVC71oS3t9zb4mwezbsLua+O+7gtDjMDPfMOtyNJ24kPOtZQXpMgFB&#10;XFndcq3g8+N18QzCB2SNnWVScCUPZTGdrDHXduADXY6hFhHCPkcFTQh9LqWvGjLol7Ynjt6vdQZD&#10;lK6W2uEQ4aaTqyR5kgZbjgsN9rRtqDodz0bBT+qzh++36+N7+nUed8Oh3mVuUGo+GzcvIAKN4T98&#10;b++1giyD25f4A2TxBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGnMmBbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+                <v:shape id="Text Box 55" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:4286;top:2884;width:8668;height:3634;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpzJgWxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33cQ2paRugggVC71oS3t9zb4mwezbsLua+O+7gtDjMDPfMOtyNJ24kPOtZQXpMgFB&#10;XFndcq3g8+N18QzCB2SNnWVScCUPZTGdrDHXduADXY6hFhHCPkcFTQh9LqWvGjLol7Ynjt6vdQZD&#10;lK6W2uEQ4aaTqyR5kgZbjgsN9rRtqDodz0bBT+qzh++36+N7+nUed8Oh3mVuUGo+GzcvIAKN4T98&#10;b++1giyD25f4A2TxBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGnMmBbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="6BA6DE7D" w14:textId="77777777" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:lang w:eastAsia="zh-HK"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:eastAsia="zh-HK"/>
                           </w:rPr>
                           <w:t>Data line</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shape id="Straight Arrow Connector 56" o:spid="_x0000_s1034" type="#_x0000_t32" style="position:absolute;top:9144;width:3594;height:0;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAn9qRsxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8Iw&#10;FIX3gv8h3AE3MqYKilSjDD5AcRZTdePu0lzbzjQ3pYm1/nsjDLg8nMfHmS9bU4qGaldYVjAcRCCI&#10;U6sLzhScT9vPKQjnkTWWlknBgxwsF93OHGNt75xQc/SZCCPsYlSQe1/FUro0J4NuYCvi4F1tbdAH&#10;WWdS13gP46aUoyiaSIMFB0KOFa1ySv+ON6PgsOsP7el7c9gHcKIvj/X0p/lVqvfRfs1AeGr9O/zf&#10;3mkF4wm8voQfIBdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACf2pGzEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="#e36c0a [2409]">
                   <v:stroke endarrow="open"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4E69C9" w14:textId="75954069" w:rsidR="000125C4" w:rsidRDefault="000125C4">
+    <w:p w14:paraId="4A4E69C9" w14:textId="73C99ECA" w:rsidR="000125C4" w:rsidRDefault="000125C4">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A723128" w14:textId="54641227" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3941B74E" w14:textId="2CC39D94" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="167B8010" w14:textId="6FDE5735" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="006E4CD2" w14:textId="735CB136" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F5F121E" w14:textId="3BF98F8B" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="00990E1B" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0B99">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B9CED34" wp14:editId="220C9AF2">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>8287385</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>123190</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="436880"/>
+                <wp:effectExtent l="95250" t="38100" r="57150" b="20320"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="直線單箭頭接點 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="436880"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1EB79A4F" id="直線單箭頭接點 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:652.55pt;margin-top:9.7pt;width:0;height:34.4pt;flip:y;z-index:251715584;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPOdkJ0QEAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcGzvbahVFcfaQbXqp&#10;2lW/7gSDjQQMGmhs//sOOPH2S5W6Wh9GBua9mfcYdnejs+ysMBrwDV+vas6Ul9Aa3zX865fjqw1n&#10;MQnfCgteNXxSkd/tX77YDWGrbqAH2ypkROLjdggN71MK26qKsldOxBUE5elQAzqRaIld1aIYiN3Z&#10;6qaub6sBsA0IUsVIu/fzId8Xfq2VTB+1jiox23DqLZWIJZ5yrPY7se1QhN7ISxviCV04YTwVXaju&#10;RRLsO5o/qJyRCBF0WklwFWhtpCoaSM26/k3N514EVbSQOTEsNsXno5Ufzgf/gGTDEOI2hgfMKkaN&#10;jmlrwje606KLOmVjsW1abFNjYnLelLT75vXtZlMcrWaGzBQwpncKHMs/DY8Jhen6dADv6W4AZ3Zx&#10;fh8T9UDAKyCDrc8xgjXt0VhbFtidDhbZWdCFHo81ffkOCfhLWhLGvvUtS1OgoROIMFzSMmf1qLX8&#10;pcmqud4npZlpSdPcVxlDtdQTUiqf1gsTZWeYpt4WYF3s+ifwkp+hqozo/4AXRKkMPi1gZzzg36qn&#10;8dqynvOvDsy6swUnaKcyBcUamrVi6eVd5GH+eV3gj693/wMAAP//AwBQSwMEFAAGAAgAAAAhAGQx&#10;BPveAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLAzEQhe+C/yGM4M0mrbXdrpstInoRpFiF&#10;XtMk3V1MJkuSdrf/3ike9DZv5vHme9V69I6dbExdQAnTiQBmUQfTYSPh6/P1rgCWskKjXEAr4WwT&#10;rOvrq0qVJgz4YU/b3DAKwVQqCW3Ofcl50q31Kk1Cb5FuhxC9yiRjw01UA4V7x2dCLLhXHdKHVvX2&#10;ubX6e3v0EkzMu8Xmpc+D00kf5u/LN3FeSnl7Mz49Ast2zH9muOATOtTEtA9HNIk50vfiYUpemlZz&#10;YBfH72YvoShmwOuK/+9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPOdkJ0QEAAAUE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBkMQT73gAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="red">
+                <v:stroke endarrow="open"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27DA9BD1" w14:textId="78CBC2B5" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="581B7761" w14:textId="1B082A33" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="00990E1B" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000125C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251751424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="378DF02F" wp14:editId="5B904898">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251748352" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="378DF02F" wp14:editId="46EB9FF6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>5397500</wp:posOffset>
+                  <wp:posOffset>5337175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>1259205</wp:posOffset>
+                  <wp:posOffset>115570</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1506855" cy="276225"/>
-                <wp:effectExtent l="0" t="0" r="17145" b="28575"/>
+                <wp:extent cx="1506855" cy="363855"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="17145"/>
                 <wp:wrapNone/>
                 <wp:docPr id="91" name="文字方塊 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1506855" cy="276225"/>
+                          <a:ext cx="1506855" cy="363855"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="9525" cmpd="sng">
                           <a:solidFill>
                             <a:schemeClr val="lt1">
                               <a:shade val="50000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:effectRef>
@@ -26716,357 +27337,123 @@
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="60083753" w14:textId="77777777" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="00B050"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                               <w:t>Classification level</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="378DF02F" id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:425pt;margin-top:99.15pt;width:118.65pt;height:21.75pt;z-index:251751424;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHUW9oHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wGc9YFcQqsRXcZ&#10;1mHtfoCij1ioJGqSGjv79aPkxGm6U4f6IFsS3yP5SHp1NVhDdjJEDa6lF7OaEuk4CO22Lf31cPvh&#10;kpKYmBPMgJMt3ctIr9bv3616v5Rz6MAIGQiSuLjsfUu7lPyyqiLvpGVxBl46vFQQLEu4DdtKBNYj&#10;uzXVvK4XVQ9B+ABcxoinN+MlXRd+pSRPd0pFmYhpKcaWyhrKuslrtV6x5TYw32l+CIP9RxSWaYdO&#10;J6oblhh5CvofKqt5gAgqzTjYCpTSXJYcMJuL+kU29x3zsuSC4kQ/yRTfjpZ/3937H4Gk4QsMWMAs&#10;SO/jMuJhzmdQweY3RkrwHiXcT7LJIRGeQU29uGwaSjjezT8t5vMm01QntA8xfZVgSf5oacCyFLXY&#10;7ltMo+nRJDuLYLS41caUTW4FeW0C2TEsokklRiQ/szKO9C393KBrwq0XLY1uW3ycmZW+OicrPjom&#10;5Mjf1Pgcwp+sSzLPiNC7cXh4Uqp8pb2Rmc64n1IRLYpgYw5hu8kpjJ2Ho4FCHvuvkCEgGypM+pXY&#10;AySjZWn4V+InUPEPLk14qx2EUcPzGojHYw3UaH+UYhQga5GGzYAKtPTjsaM2IPbYaPivSHe4KANY&#10;MG60p6SD8OflWY8ziUX8/cSCpCQkcw3jCDPH0R6hKZQyZW84HKVEh0HO0/d8X8I7/W7WfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMHpmSfhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyonbYBE+JUCIlKSFxaUHt14iWJiO0odpr079me6G1HM5p9k29m27ETDqH1TkGyEMDQVd60&#10;rlbw/fX+IIGFqJ3RnXeo4IwBNsXtTa4z4ye3w9M+1oxKXMi0gibGPuM8VA1aHRa+R0fejx+sjiSH&#10;mptBT1RuO74U4pFb3Tr60Oge3xqsfvejVVAmIV0dP87rz+QwzttpV2/TYVLq/m5+fQEWcY7/Ybjg&#10;EzoUxFT60ZnAOgUyFbQlkvEsV8AuCSGf6CoVLNeJBF7k/HpE8QcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDHUW9oHAIAALYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDB6Zkn4QAAAAwBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape w14:anchorId="378DF02F" id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:420.25pt;margin-top:9.1pt;width:118.65pt;height:28.65pt;z-index:251748352;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXn+CoJAIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtuEzEQfUfiHyy/k92mSlSibCpoVV4Q&#10;RRQ+wPFl18L2GNvJbvh6xt5k05SnIvLg+DLnzMyZmV3fDtaQvQxRg2vo1aymRDoOQru2oT++P7y7&#10;oSQm5gQz4GRDDzLS283bN+ver+QcOjBCBoIkLq5639AuJb+qqsg7aVmcgZcOHxUEyxIeQ1uJwHpk&#10;t6aa1/Wy6iEIH4DLGPH2fnykm8KvlOTpUakoEzENxdhSWUNZt3mtNmu2agPznebHMNg/RGGZduh0&#10;orpniZFd0H9RWc0DRFBpxsFWoJTmsuSA2VzVL7J56piXJRcUJ/pJpvj/aPmX/ZP/GkgaPsKABcyC&#10;9D6uIl7mfAYVbP7HSAm+o4SHSTY5JMIzaFEvbxYLSji+XS+v8x5pqjPah5g+SbAkbxoasCxFLbb/&#10;HNNoejLJziIYLR60MeWQW0HemUD2DItoUokRyS+sjCN9Q98v5jkM60VDo2uLjwuz0leXZMVHx4Qc&#10;+Rc1/o7hT9YlmWdE6N04vDwrVXbpYGSmM+6bVESLItiYQ2i3OYWx83A0UMhT/xUyBGRDhUm/EnuE&#10;ZLQsDf9K/AQq/sGlCW+1gzBqeFkD8fNUAzXan6QYBchapGE7oAINLa2Qb7YgDtho+K1Ij7goA1gw&#10;brSnpIPw++VdjzOJRfy1Y0FSEpK5g3GEmeNoj9A0xubgwy6B0qWPzo6OIeHYlOIdRzzP5fNzsTp/&#10;iDZ/AAAA//8DAFBLAwQUAAYACAAAACEAsT8HzN8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;UUvDMBSF3wX/Q7iCby7pXGypTYcIDgRfNmV7TZtrW2yS0qRr9++9e9LHy/k49zvFdrE9O+MYOu8U&#10;JCsBDF3tTecaBV+fbw8ZsBC1M7r3DhVcMMC2vL0pdG787PZ4PsSGUYkLuVbQxjjknIe6RavDyg/o&#10;KPv2o9WRzrHhZtQzlduer4V44lZ3jj60esDXFuufw2QVVEmQj6f3y+YjOU7Lbt43OznOSt3fLS/P&#10;wCIu8Q+Gqz6pQ0lOlZ+cCaxXkG2EJJSCbA3sCog0pTGVglRK4GXB/08ofwEAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCXn+CoJAIAANAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCxPwfM3wAAAAoBAAAPAAAAAAAAAAAAAAAAAH4EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="60083753" w14:textId="77777777" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="00B050"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Classification level</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="000125C4">
-[...165 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00ED0B99">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B9CED34" wp14:editId="32E25924">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C245824" wp14:editId="23479BF4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>8392160</wp:posOffset>
+                  <wp:posOffset>7429500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>919480</wp:posOffset>
+                  <wp:posOffset>113030</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="0" cy="436880"/>
-[...72 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="23495" b="28575"/>
+                <wp:extent cx="1729105" cy="355360"/>
+                <wp:effectExtent l="0" t="0" r="23495" b="26035"/>
                 <wp:wrapNone/>
                 <wp:docPr id="34" name="文字方塊 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1729105" cy="276225"/>
+                          <a:ext cx="1729105" cy="355360"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="9525" cmpd="sng">
                           <a:solidFill>
                             <a:schemeClr val="lt1">
                               <a:shade val="50000"/>
                             </a:schemeClr>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:scrgbClr r="0" g="0" b="0"/>
                         </a:effectRef>
@@ -27077,112 +27464,192 @@
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="0499DE52" w14:textId="77777777" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:eastAsia="zh-HK"/>
                               </w:rPr>
                               <w:t>Data Measurement</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+                      <wps:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7C245824" id="文字方塊 3" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:591.65pt;margin-top:96.6pt;width:136.15pt;height:21.75pt;z-index:251719680;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWvXrsHAIAALYEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wYSLsGcQq0RXcZ&#10;1mHtfoCij1ioJGqSGjv79aPkxGm6U4f5IFsS3yP5SHp1PVhDdjJEDa6l81lNiXQchHbblv58uv/0&#10;mZKYmBPMgJMt3ctIr9cfP6x6v5QNdGCEDARJXFz2vqVdSn5ZVZF30rI4Ay8dXioIliXchm0lAuuR&#10;3ZqqqeuLqocgfAAuY8TTu/GSrgu/UpKnB6WiTMS0FGNLZQ1l3eS1Wq/YchuY7zQ/hMH+IQrLtEOn&#10;E9UdS4y8BP0XldU8QASVZhxsBUppLksOmM28fpPNY8e8LLmgONFPMsX/R8u/7R7990DScAMDFjAL&#10;0vu4jHiY8xlUsPmNkRK8Rwn3k2xySIRn0GVzNa8XlHC8ay4vmmaRaaoT2oeYvkiwJH+0NGBZilps&#10;9zWm0fRokp1FMFrca2PKJreCvDWB7BgW0aQSI5KfWRlH+pZeLdA14daLlka3LT7OzEpfnZMVHx0T&#10;cuRf1Pgcwp+sSzKviNC7cXh4Uqp8pb2Rmc64H1IRLYpgYw5hu8kpjJ2Ho4FCHvuvkCEgGypM+p3Y&#10;AySjZWn4d+InUPEPLk14qx2EUcPzGojnYw3UaH+UYhQga5GGzYAKtLS0Qj7ZgNhjo+G/Ij3gogxg&#10;wbjRnpIOwu+3Zz3OJBbx1wsLkpKQzC2MI8wcR3uEplDKlLlxOEqJDoOcp+/1voR3+t2s/wAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFxLKmHiAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8m&#10;vsNmTLzZBbbQiiyNMbGJiZdWU68LuwKRnSXsUujbOz3pbf7Ml3++KXaL7dnZjL5zKCFeRcAM1k53&#10;2Ej4/Hh92ALzQaFWvUMj4WI87Mrbm0Ll2s14MOdjaBiVoM+VhDaEIefc162xyq/cYJB23260KlAc&#10;G65HNVO57XkSRRm3qkO60KrBvLSm/jlOVkIV+1R8vV3W7/FpWvbzodmn4yzl/d3y/AQsmCX8wXDV&#10;J3UoyalyE2rPesrxVghiaXoUCbArsk7TDFglIRHZBnhZ8P9flL8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAVr167BwCAAC2BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAXEsqYeIAAAANAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
+              <v:shape w14:anchorId="7C245824" id="文字方塊 3" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:585pt;margin-top:8.9pt;width:136.15pt;height:28pt;z-index:251716608;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIAbJHKwIAANAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1z0zAQvTPDf9DoTuykpNBMnA60Uy4M&#10;7VD6AxR9xBpkrZCU2OHXs5LihLSnMvggW9K+fbtvd728HjpDdtIHDbah00lNibQchLabhj79uHv3&#10;kZIQmRXMgJUN3ctAr1dv3yx7t5AzaMEI6Qk6sWHRu4a2MbpFVQXeyo6FCThp8VKB71jErd9UwrMe&#10;vXemmtX1ZdWDF84DlyHg6W25pKvsXynJ471SQUZiGoqxxbz6vK7TWq2WbLHxzLWaH8Jg/xBFx7RF&#10;0qOrWxYZ2Xr9wlWnuYcAKk44dBUopbnMOWA20/pZNo8tczLnguIEd5Qp/D+3/Nvu0T14EofPMGAB&#10;kyC9C4uAhymfQfkuvTFSgvco4f4omxwi4Qn0YXY1reeUcLy7mM8vLrOu1QntfIhfJHQkfTTUY1my&#10;Wmz3NURkRNPRJJEFMFrcaWPyJrWCvDGe7BgW0cQcIyLOrIwlfUOv5rMURudEQ4PdZI4zs9xX584y&#10;R8uELP7nNT5JhcQwUpfdKSq8MxYPT0rlr7g3Mrkz9rtURIssWMnBb9YphdJ5OBoo5Nh/2RkCkqHC&#10;pF+JPUASWuaGfyX+CMr8YOMR32kLvmg4ClE0Ej/HGqhiP0pRBEhaxGE9oAINfT921BrEHhsN/xXx&#10;HhdlAAvGjXaUtOB/Pz/rcSaxiL+2zEtKfDQ3UEaYWY72CI0lNgufthGUzn2UqAvRISQcm1y8w4in&#10;ufx7n61OP6LVHwAAAP//AwBQSwMEFAAGAAgAAAAhACeQNBvgAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj0FPg0AQhe8m/ofNmHizC4VKgyyNMbGJiZdWo9eFHYHIzhJ2KfTfOz3Z27zMy3vvK3aL&#10;7cUJR985UhCvIhBItTMdNQo+P14ftiB80GR07wgVnNHDrry9KXRu3EwHPB1DIziEfK4VtCEMuZS+&#10;btFqv3IDEv9+3Gh1YDk20ox65nDby3UUPUqrO+KGVg/40mL9e5ysgir2m+T77Zy+x1/Tsp8PzX4z&#10;zkrd3y3PTyACLuHfDJf5PB1K3lS5iYwXPes4ixgm8JUxw8WRpusERKUgS7Ygy0JeM5R/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIgBskcrAgAA0AQAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACeQNBvgAAAACwEAAA8AAAAAAAAAAAAAAAAAhQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACSBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1601]">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="0499DE52" w14:textId="77777777" w:rsidR="000125C4" w:rsidRDefault="000125C4" w:rsidP="000125C4">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:eastAsia="zh-HK"/>
                         </w:rPr>
                         <w:t>Data Measurement</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000125C4" w:rsidSect="00380B64">
+    <w:p w14:paraId="45958F1B" w14:textId="635CE5F5" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FB77072" w14:textId="2B6186AE" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57787CB4" w14:textId="4454E7C6" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="084C5D5E" w14:textId="74A688BB" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33D866DE" w14:textId="0FEF3316" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66877DB3" w14:textId="76EE2A65" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29DD53E3" w14:textId="2AE7F439" w:rsidR="001437D3" w:rsidRDefault="001437D3" w:rsidP="001437D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F90F07F" w14:textId="1666FE0C" w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidRDefault="001437D3" w:rsidP="00990E1B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="001437D3" w:rsidRPr="001437D3" w:rsidSect="00380B64">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="851" w:footer="742" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="linesAndChars" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72816B7B" w14:textId="77777777" w:rsidR="00333336" w:rsidRDefault="00333336" w:rsidP="00EE44D0">
+    <w:p w14:paraId="0F315C2B" w14:textId="77777777" w:rsidR="00A545D0" w:rsidRDefault="00A545D0" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64E39951" w14:textId="77777777" w:rsidR="00333336" w:rsidRDefault="00333336" w:rsidP="00EE44D0">
+    <w:p w14:paraId="4C9D4D54" w14:textId="77777777" w:rsidR="00A545D0" w:rsidRDefault="00A545D0" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -27204,101 +27671,91 @@
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2C22116F" w14:textId="77777777" w:rsidR="008F352E" w:rsidRDefault="008F352E">
-[...9 lines deleted...]
-  <w:p w14:paraId="4ED02169" w14:textId="5EA0A6DE" w:rsidR="00121217" w:rsidRPr="006777EA" w:rsidRDefault="006777EA" w:rsidP="006777EA">
+  <w:p w14:paraId="4ED02169" w14:textId="0A892F8E" w:rsidR="00121217" w:rsidRPr="006777EA" w:rsidRDefault="006777EA" w:rsidP="006777EA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00AD0787">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>DRAF(A</w:t>
     </w:r>
     <w:r w:rsidR="00202DE7" w:rsidRPr="00AD0787">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>-A</w:t>
     </w:r>
     <w:r w:rsidRPr="00AD0787">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">E) </w:t>
     </w:r>
     <w:r w:rsidR="00A36047">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>(0</w:t>
+      <w:t>(</w:t>
     </w:r>
-    <w:r w:rsidR="008F352E">
+    <w:r w:rsidR="003629AC" w:rsidRPr="00C51F4E">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>11</w:t>
     </w:r>
-    <w:r w:rsidRPr="00AD0787">
+    <w:r w:rsidRPr="00C51F4E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="001A5371">
+    <w:r w:rsidR="001A5371" w:rsidRPr="00C51F4E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00AD0787">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1800222657"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
@@ -27399,107 +27856,67 @@
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00EE44D0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49D23345" w14:textId="77777777" w:rsidR="00333336" w:rsidRDefault="00333336" w:rsidP="00EE44D0">
+    <w:p w14:paraId="07A71F5F" w14:textId="77777777" w:rsidR="00A545D0" w:rsidRDefault="00A545D0" w:rsidP="00EE44D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18A91738" w14:textId="77777777" w:rsidR="00333336" w:rsidRDefault="00333336" w:rsidP="00EE44D0">
+    <w:p w14:paraId="79FA1549" w14:textId="77777777" w:rsidR="00A545D0" w:rsidRDefault="00A545D0" w:rsidP="00EE44D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DB686A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FDC65C6A"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="ideographTraditional"/>
       <w:lvlText w:val="%2、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
@@ -28439,165 +28856,168 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="429397082">
+  <w:num w:numId="1" w16cid:durableId="1281184892">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="792596845">
+  <w:num w:numId="2" w16cid:durableId="661200790">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1556118570">
+  <w:num w:numId="3" w16cid:durableId="730615859">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1101951597">
+  <w:num w:numId="4" w16cid:durableId="990207042">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="213781532">
+  <w:num w:numId="5" w16cid:durableId="1634097161">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="573852712">
+  <w:num w:numId="6" w16cid:durableId="2010674397">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="988286079">
+  <w:num w:numId="7" w16cid:durableId="776410757">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="140344827">
+  <w:num w:numId="8" w16cid:durableId="1574318943">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1348212189">
+  <w:num w:numId="9" w16cid:durableId="729235411">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1655060021">
+  <w:num w:numId="10" w16cid:durableId="86276196">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1147433821">
+  <w:num w:numId="11" w16cid:durableId="1657341516">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1492260183">
+  <w:num w:numId="12" w16cid:durableId="487021587">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
-  <w:defaultTabStop w:val="480"/>
+  <w:defaultTabStop w:val="482"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D3F9F"/>
     <w:rsid w:val="00006EFB"/>
     <w:rsid w:val="0001199E"/>
     <w:rsid w:val="000125B1"/>
     <w:rsid w:val="000125C4"/>
     <w:rsid w:val="00016EDA"/>
     <w:rsid w:val="00017DB6"/>
     <w:rsid w:val="00030CE6"/>
     <w:rsid w:val="00031EA5"/>
     <w:rsid w:val="000321D3"/>
+    <w:rsid w:val="000322BB"/>
     <w:rsid w:val="000345FE"/>
     <w:rsid w:val="0004133E"/>
     <w:rsid w:val="00062EBD"/>
     <w:rsid w:val="00063BBC"/>
     <w:rsid w:val="00066B48"/>
     <w:rsid w:val="00072A7D"/>
     <w:rsid w:val="00072D26"/>
     <w:rsid w:val="000736C1"/>
     <w:rsid w:val="00084C5B"/>
     <w:rsid w:val="000950DC"/>
     <w:rsid w:val="000964DD"/>
     <w:rsid w:val="00097305"/>
     <w:rsid w:val="000A4824"/>
     <w:rsid w:val="000A76BD"/>
     <w:rsid w:val="000B0F52"/>
     <w:rsid w:val="000B4EFF"/>
     <w:rsid w:val="000B6115"/>
     <w:rsid w:val="000C02F6"/>
     <w:rsid w:val="000C0E51"/>
     <w:rsid w:val="000D2F2C"/>
     <w:rsid w:val="000D5B21"/>
     <w:rsid w:val="000E40BD"/>
     <w:rsid w:val="000E49A9"/>
     <w:rsid w:val="000E5354"/>
     <w:rsid w:val="000F500F"/>
     <w:rsid w:val="000F579F"/>
     <w:rsid w:val="00103382"/>
     <w:rsid w:val="0011060C"/>
     <w:rsid w:val="001122C7"/>
     <w:rsid w:val="00121217"/>
     <w:rsid w:val="001263AE"/>
     <w:rsid w:val="0013126E"/>
     <w:rsid w:val="0013503F"/>
+    <w:rsid w:val="001437D3"/>
     <w:rsid w:val="001472C6"/>
     <w:rsid w:val="0015176A"/>
     <w:rsid w:val="001564E4"/>
     <w:rsid w:val="00156CA6"/>
     <w:rsid w:val="00157032"/>
     <w:rsid w:val="00163DED"/>
     <w:rsid w:val="001834F7"/>
     <w:rsid w:val="00191A86"/>
     <w:rsid w:val="00193C62"/>
     <w:rsid w:val="001A096E"/>
     <w:rsid w:val="001A3CBE"/>
     <w:rsid w:val="001A5371"/>
     <w:rsid w:val="001B24A1"/>
     <w:rsid w:val="001B46F4"/>
     <w:rsid w:val="001B7A3C"/>
     <w:rsid w:val="001C1A26"/>
     <w:rsid w:val="001C304A"/>
     <w:rsid w:val="001D30CC"/>
     <w:rsid w:val="001D3418"/>
     <w:rsid w:val="001D6115"/>
     <w:rsid w:val="001E3435"/>
     <w:rsid w:val="001F1DB7"/>
     <w:rsid w:val="001F4921"/>
     <w:rsid w:val="00202DE7"/>
     <w:rsid w:val="0020511B"/>
@@ -28613,116 +29033,122 @@
     <w:rsid w:val="00250598"/>
     <w:rsid w:val="00260C08"/>
     <w:rsid w:val="00263203"/>
     <w:rsid w:val="002757B3"/>
     <w:rsid w:val="00282907"/>
     <w:rsid w:val="00293297"/>
     <w:rsid w:val="002962F6"/>
     <w:rsid w:val="0029736D"/>
     <w:rsid w:val="002A0326"/>
     <w:rsid w:val="002A664E"/>
     <w:rsid w:val="002B49AF"/>
     <w:rsid w:val="002B5C6B"/>
     <w:rsid w:val="002B7202"/>
     <w:rsid w:val="002C4245"/>
     <w:rsid w:val="002D7414"/>
     <w:rsid w:val="002E690C"/>
     <w:rsid w:val="002F13CB"/>
     <w:rsid w:val="002F71D2"/>
     <w:rsid w:val="003128E2"/>
     <w:rsid w:val="0032447F"/>
     <w:rsid w:val="00325D38"/>
     <w:rsid w:val="00327313"/>
     <w:rsid w:val="00332C86"/>
     <w:rsid w:val="00333336"/>
     <w:rsid w:val="00353420"/>
+    <w:rsid w:val="003629AC"/>
     <w:rsid w:val="00370A2C"/>
     <w:rsid w:val="00370AB3"/>
     <w:rsid w:val="00372F96"/>
     <w:rsid w:val="0037548F"/>
     <w:rsid w:val="00380B64"/>
     <w:rsid w:val="00382A57"/>
     <w:rsid w:val="003843BD"/>
     <w:rsid w:val="00384B03"/>
     <w:rsid w:val="003879A6"/>
     <w:rsid w:val="003A6EC7"/>
     <w:rsid w:val="003B2C54"/>
+    <w:rsid w:val="003B2EEB"/>
     <w:rsid w:val="003B330A"/>
     <w:rsid w:val="003C2C01"/>
     <w:rsid w:val="003C4B01"/>
     <w:rsid w:val="003C5BEF"/>
     <w:rsid w:val="003D2202"/>
     <w:rsid w:val="003D3F9F"/>
     <w:rsid w:val="003D602E"/>
+    <w:rsid w:val="003F4099"/>
     <w:rsid w:val="004038F6"/>
     <w:rsid w:val="00413B92"/>
     <w:rsid w:val="00417C80"/>
     <w:rsid w:val="0042508E"/>
     <w:rsid w:val="004457AB"/>
     <w:rsid w:val="004470AA"/>
     <w:rsid w:val="0045649D"/>
     <w:rsid w:val="00456CE4"/>
     <w:rsid w:val="00462DF4"/>
     <w:rsid w:val="00466F81"/>
     <w:rsid w:val="0048110D"/>
     <w:rsid w:val="004823E9"/>
     <w:rsid w:val="00484EA9"/>
     <w:rsid w:val="00486BF8"/>
     <w:rsid w:val="004949E1"/>
     <w:rsid w:val="004A131F"/>
     <w:rsid w:val="004A4788"/>
     <w:rsid w:val="004A54BB"/>
     <w:rsid w:val="004B0202"/>
     <w:rsid w:val="004B056D"/>
     <w:rsid w:val="004B1658"/>
     <w:rsid w:val="004B366B"/>
     <w:rsid w:val="004D4C75"/>
     <w:rsid w:val="004E0F0E"/>
     <w:rsid w:val="004F075F"/>
+    <w:rsid w:val="004F3A19"/>
     <w:rsid w:val="004F5471"/>
     <w:rsid w:val="00501B31"/>
     <w:rsid w:val="005139BA"/>
     <w:rsid w:val="00513AC0"/>
     <w:rsid w:val="00520DD5"/>
     <w:rsid w:val="00521F22"/>
     <w:rsid w:val="0052301A"/>
     <w:rsid w:val="00537D99"/>
     <w:rsid w:val="0054133A"/>
     <w:rsid w:val="0054469E"/>
     <w:rsid w:val="00546068"/>
     <w:rsid w:val="005469F8"/>
+    <w:rsid w:val="0055448E"/>
     <w:rsid w:val="00573D57"/>
     <w:rsid w:val="00590BD9"/>
     <w:rsid w:val="0059758B"/>
     <w:rsid w:val="005A48B6"/>
     <w:rsid w:val="005B12A9"/>
     <w:rsid w:val="005B4CAD"/>
     <w:rsid w:val="005B607B"/>
     <w:rsid w:val="005C73BB"/>
     <w:rsid w:val="005C7CCB"/>
     <w:rsid w:val="005F0564"/>
     <w:rsid w:val="005F2738"/>
+    <w:rsid w:val="005F6C07"/>
     <w:rsid w:val="006025F3"/>
     <w:rsid w:val="00610FA0"/>
     <w:rsid w:val="00621C20"/>
     <w:rsid w:val="00622862"/>
     <w:rsid w:val="0063229E"/>
     <w:rsid w:val="0064048E"/>
     <w:rsid w:val="006439B1"/>
     <w:rsid w:val="00646842"/>
     <w:rsid w:val="00647B66"/>
     <w:rsid w:val="00650719"/>
     <w:rsid w:val="00650BE3"/>
     <w:rsid w:val="006523D3"/>
     <w:rsid w:val="00655B21"/>
     <w:rsid w:val="0066314C"/>
     <w:rsid w:val="00672694"/>
     <w:rsid w:val="00676429"/>
     <w:rsid w:val="006777EA"/>
     <w:rsid w:val="00680B2A"/>
     <w:rsid w:val="00680E13"/>
     <w:rsid w:val="00682581"/>
     <w:rsid w:val="006837B1"/>
     <w:rsid w:val="00685520"/>
     <w:rsid w:val="00686FAC"/>
     <w:rsid w:val="006A38BC"/>
     <w:rsid w:val="006B40BB"/>
@@ -28791,241 +29217,252 @@
     <w:rsid w:val="008A7663"/>
     <w:rsid w:val="008B1A16"/>
     <w:rsid w:val="008B2F35"/>
     <w:rsid w:val="008B60B5"/>
     <w:rsid w:val="008B752C"/>
     <w:rsid w:val="008B7574"/>
     <w:rsid w:val="008C318A"/>
     <w:rsid w:val="008C445D"/>
     <w:rsid w:val="008D6EDA"/>
     <w:rsid w:val="008E13C5"/>
     <w:rsid w:val="008E622C"/>
     <w:rsid w:val="008F352E"/>
     <w:rsid w:val="0090214F"/>
     <w:rsid w:val="00926D69"/>
     <w:rsid w:val="00943892"/>
     <w:rsid w:val="00945BFF"/>
     <w:rsid w:val="0094736B"/>
     <w:rsid w:val="009533B7"/>
     <w:rsid w:val="00955A61"/>
     <w:rsid w:val="009570A0"/>
     <w:rsid w:val="00957BC5"/>
     <w:rsid w:val="00962AA5"/>
     <w:rsid w:val="009712A2"/>
     <w:rsid w:val="00971AD9"/>
     <w:rsid w:val="009768EF"/>
+    <w:rsid w:val="00990E1B"/>
     <w:rsid w:val="00993979"/>
     <w:rsid w:val="009A31D9"/>
     <w:rsid w:val="009A7F8F"/>
     <w:rsid w:val="009B7276"/>
     <w:rsid w:val="009B7D3C"/>
     <w:rsid w:val="009C5EF6"/>
     <w:rsid w:val="009D1F73"/>
     <w:rsid w:val="009F42A0"/>
     <w:rsid w:val="009F51C4"/>
     <w:rsid w:val="009F5AA5"/>
     <w:rsid w:val="009F7051"/>
     <w:rsid w:val="00A04DBF"/>
     <w:rsid w:val="00A070EF"/>
     <w:rsid w:val="00A11EBA"/>
     <w:rsid w:val="00A16C07"/>
     <w:rsid w:val="00A3289E"/>
     <w:rsid w:val="00A33077"/>
     <w:rsid w:val="00A36047"/>
     <w:rsid w:val="00A40040"/>
     <w:rsid w:val="00A41987"/>
     <w:rsid w:val="00A45D2F"/>
     <w:rsid w:val="00A52702"/>
+    <w:rsid w:val="00A545D0"/>
+    <w:rsid w:val="00A7354D"/>
     <w:rsid w:val="00A87432"/>
     <w:rsid w:val="00A92FC5"/>
     <w:rsid w:val="00AB6927"/>
     <w:rsid w:val="00AC4EB4"/>
     <w:rsid w:val="00AC6412"/>
     <w:rsid w:val="00AC7D96"/>
     <w:rsid w:val="00AD0787"/>
     <w:rsid w:val="00AD16C4"/>
     <w:rsid w:val="00AD1C7C"/>
     <w:rsid w:val="00AD7BA8"/>
     <w:rsid w:val="00AE1BFE"/>
     <w:rsid w:val="00AF5028"/>
     <w:rsid w:val="00AF57F7"/>
     <w:rsid w:val="00AF65D5"/>
     <w:rsid w:val="00AF7371"/>
+    <w:rsid w:val="00AF7454"/>
     <w:rsid w:val="00B04E9D"/>
     <w:rsid w:val="00B1091B"/>
+    <w:rsid w:val="00B11FE6"/>
     <w:rsid w:val="00B122FB"/>
     <w:rsid w:val="00B135D6"/>
     <w:rsid w:val="00B24293"/>
     <w:rsid w:val="00B26280"/>
     <w:rsid w:val="00B2698D"/>
     <w:rsid w:val="00B31E6B"/>
     <w:rsid w:val="00B626BB"/>
     <w:rsid w:val="00B62801"/>
     <w:rsid w:val="00B66E7A"/>
     <w:rsid w:val="00B67074"/>
     <w:rsid w:val="00B74E5B"/>
     <w:rsid w:val="00B7639E"/>
     <w:rsid w:val="00B866CD"/>
     <w:rsid w:val="00B87798"/>
     <w:rsid w:val="00B916F5"/>
+    <w:rsid w:val="00B92BE1"/>
     <w:rsid w:val="00B9521F"/>
     <w:rsid w:val="00B95A7F"/>
     <w:rsid w:val="00B971E1"/>
     <w:rsid w:val="00BA0D97"/>
     <w:rsid w:val="00BA1C10"/>
     <w:rsid w:val="00BA36AF"/>
     <w:rsid w:val="00BA446D"/>
     <w:rsid w:val="00BB076D"/>
     <w:rsid w:val="00BB4066"/>
     <w:rsid w:val="00BC0DF6"/>
     <w:rsid w:val="00BD25D9"/>
     <w:rsid w:val="00BD2D30"/>
     <w:rsid w:val="00BE6FA4"/>
     <w:rsid w:val="00BF305B"/>
     <w:rsid w:val="00BF3DBB"/>
     <w:rsid w:val="00C12FBD"/>
     <w:rsid w:val="00C270DC"/>
     <w:rsid w:val="00C30813"/>
     <w:rsid w:val="00C33B3D"/>
     <w:rsid w:val="00C42914"/>
     <w:rsid w:val="00C51D66"/>
+    <w:rsid w:val="00C51F4E"/>
     <w:rsid w:val="00C521CF"/>
     <w:rsid w:val="00C52508"/>
     <w:rsid w:val="00C546DC"/>
     <w:rsid w:val="00C55811"/>
     <w:rsid w:val="00C607D7"/>
     <w:rsid w:val="00C6343C"/>
     <w:rsid w:val="00C65703"/>
     <w:rsid w:val="00C731AD"/>
     <w:rsid w:val="00C805F0"/>
     <w:rsid w:val="00C8328C"/>
     <w:rsid w:val="00C914B1"/>
     <w:rsid w:val="00CA214E"/>
     <w:rsid w:val="00CA5A3A"/>
     <w:rsid w:val="00CB1D57"/>
     <w:rsid w:val="00CB660A"/>
     <w:rsid w:val="00CB6CBA"/>
     <w:rsid w:val="00CC1945"/>
     <w:rsid w:val="00CC4347"/>
     <w:rsid w:val="00CD080C"/>
+    <w:rsid w:val="00CD6B92"/>
     <w:rsid w:val="00CE1412"/>
     <w:rsid w:val="00CE4F84"/>
     <w:rsid w:val="00CF31FD"/>
     <w:rsid w:val="00CF3233"/>
     <w:rsid w:val="00D000FF"/>
     <w:rsid w:val="00D06971"/>
     <w:rsid w:val="00D1290C"/>
     <w:rsid w:val="00D14EC5"/>
     <w:rsid w:val="00D246A4"/>
     <w:rsid w:val="00D26A0D"/>
     <w:rsid w:val="00D43082"/>
     <w:rsid w:val="00D50905"/>
     <w:rsid w:val="00D64988"/>
     <w:rsid w:val="00D82431"/>
     <w:rsid w:val="00D831C2"/>
     <w:rsid w:val="00D933D2"/>
     <w:rsid w:val="00DA580F"/>
     <w:rsid w:val="00DE5446"/>
+    <w:rsid w:val="00DF1390"/>
     <w:rsid w:val="00E025FB"/>
     <w:rsid w:val="00E22F8B"/>
     <w:rsid w:val="00E243AB"/>
     <w:rsid w:val="00E3005F"/>
     <w:rsid w:val="00E319C8"/>
     <w:rsid w:val="00E475A1"/>
     <w:rsid w:val="00E54715"/>
     <w:rsid w:val="00E56002"/>
     <w:rsid w:val="00E705BE"/>
+    <w:rsid w:val="00E7323B"/>
     <w:rsid w:val="00E77735"/>
     <w:rsid w:val="00E77909"/>
     <w:rsid w:val="00E80421"/>
     <w:rsid w:val="00E813C0"/>
     <w:rsid w:val="00E87A25"/>
     <w:rsid w:val="00E909A0"/>
     <w:rsid w:val="00EA2468"/>
     <w:rsid w:val="00EA630F"/>
     <w:rsid w:val="00EA7580"/>
     <w:rsid w:val="00EB2D4D"/>
     <w:rsid w:val="00EB3760"/>
     <w:rsid w:val="00ED11F1"/>
     <w:rsid w:val="00ED7D3C"/>
     <w:rsid w:val="00EE0870"/>
     <w:rsid w:val="00EE0C61"/>
     <w:rsid w:val="00EE115B"/>
     <w:rsid w:val="00EE44D0"/>
     <w:rsid w:val="00EF2BA3"/>
     <w:rsid w:val="00EF5553"/>
     <w:rsid w:val="00EF6984"/>
     <w:rsid w:val="00F01914"/>
     <w:rsid w:val="00F068E4"/>
     <w:rsid w:val="00F11B8F"/>
     <w:rsid w:val="00F15AC7"/>
     <w:rsid w:val="00F178C4"/>
     <w:rsid w:val="00F24CAF"/>
     <w:rsid w:val="00F3456F"/>
     <w:rsid w:val="00F452CC"/>
     <w:rsid w:val="00F46245"/>
     <w:rsid w:val="00F47CEF"/>
     <w:rsid w:val="00F50033"/>
     <w:rsid w:val="00F52F48"/>
     <w:rsid w:val="00F541F6"/>
     <w:rsid w:val="00F6498E"/>
     <w:rsid w:val="00F73925"/>
     <w:rsid w:val="00F76C11"/>
     <w:rsid w:val="00F82241"/>
+    <w:rsid w:val="00F8584F"/>
     <w:rsid w:val="00F9212F"/>
     <w:rsid w:val="00FB3A21"/>
     <w:rsid w:val="00FB7365"/>
     <w:rsid w:val="00FC4EAC"/>
     <w:rsid w:val="00FD0DF0"/>
     <w:rsid w:val="00FD4346"/>
     <w:rsid w:val="00FE08B5"/>
     <w:rsid w:val="00FF0D6C"/>
     <w:rsid w:val="00FF16A6"/>
     <w:rsid w:val="00FF195E"/>
     <w:rsid w:val="00FF26DB"/>
     <w:rsid w:val="00FF29CA"/>
     <w:rsid w:val="00FF36AF"/>
     <w:rsid w:val="00FF444C"/>
     <w:rsid w:val="00FF7F61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="29B5C7B6"/>
   <w15:docId w15:val="{86F09558-3F2D-4C13-B1A2-C68BE8AA6C00}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
@@ -29660,630 +30097,1296 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2045446053">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4C23DC50F81A4649AD6AA1568EC7A236"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B09C6B0A-5623-471D-85B1-3EEA08C1F306}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="4C23DC50F81A4649AD6AA1568EC7A236"/>
+            <w:pStyle w:val="4C23DC50F81A4649AD6AA1568EC7A2361"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="968630A123CB45048F89BC4171A68159"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A34F1608-889A-4324-8B1C-F58711316FDE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="968630A123CB45048F89BC4171A68159"/>
+            <w:pStyle w:val="968630A123CB45048F89BC4171A681591"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D33FB8DE4F80414AB4805D11BFECDE3C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{95180E96-971B-4B86-87FB-D9DE35C6A2F6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="D33FB8DE4F80414AB4805D11BFECDE3C"/>
+            <w:pStyle w:val="D33FB8DE4F80414AB4805D11BFECDE3C1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A0E2D629D6424533BC7070FF5E89C5FB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1D94C02E-ED8F-4640-993D-5635AECA07CE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="A0E2D629D6424533BC7070FF5E89C5FB"/>
+            <w:pStyle w:val="A0E2D629D6424533BC7070FF5E89C5FB1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D837B25610FA4C529F966C8A7B69731D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D94AD85E-5E29-4F65-B911-88FEDE2592DF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="D837B25610FA4C529F966C8A7B69731D"/>
+            <w:pStyle w:val="D837B25610FA4C529F966C8A7B69731D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="27CCFF1A6C424A2F9AE88FBC55138772"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3AC48E68-5CDA-4E91-ACF9-93FC02C4457A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="27CCFF1A6C424A2F9AE88FBC55138772"/>
+            <w:pStyle w:val="27CCFF1A6C424A2F9AE88FBC551387721"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7FAFEB2B00B64519B49733456E1810C9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5D19FD00-78FC-4955-9DAA-0A1F2FD886FD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="7FAFEB2B00B64519B49733456E1810C9"/>
+            <w:pStyle w:val="7FAFEB2B00B64519B49733456E1810C91"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E3D80306E6DC40409DE8457088FDE0DB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E511715B-2FEA-48E6-8407-2DB31D87F55A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="E3D80306E6DC40409DE8457088FDE0DB"/>
+            <w:pStyle w:val="E3D80306E6DC40409DE8457088FDE0DB1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="020099C1B33B46CEAAEC488A868241A7"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FCA95D2F-552E-4B6A-9F79-D7EE0D676879}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="020099C1B33B46CEAAEC488A868241A7"/>
+            <w:pStyle w:val="020099C1B33B46CEAAEC488A868241A71"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0EBD146B70D0488F917B9E49ADCA8BBF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9612D9F1-62E0-426E-A6F1-3BF5AD4457C8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="0EBD146B70D0488F917B9E49ADCA8BBF"/>
+            <w:pStyle w:val="0EBD146B70D0488F917B9E49ADCA8BBF1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3A4DE5AC558B4863A5D03716E936F7B4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9A54CBE0-188F-4182-B50B-56A9DF512187}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="3A4DE5AC558B4863A5D03716E936F7B4"/>
+            <w:pStyle w:val="3A4DE5AC558B4863A5D03716E936F7B41"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B0E684991F4E4A4EA2A5BF13DD1683AF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C1742A00-B517-4BF4-98CE-4160FE5651A9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="B0E684991F4E4A4EA2A5BF13DD1683AF"/>
+            <w:pStyle w:val="B0E684991F4E4A4EA2A5BF13DD1683AF1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0BD76D91F35F4348B24CCCAA83E5C42F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A33BC5A3-19D7-469B-89FD-282690BA33FF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="0BD76D91F35F4348B24CCCAA83E5C42F"/>
+            <w:pStyle w:val="0BD76D91F35F4348B24CCCAA83E5C42F1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="33CD7C33F1D34A4B8B97B03C6DF2D4C2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CA45A7D9-0AF7-4EA7-B5A0-919AF37AD14E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="33CD7C33F1D34A4B8B97B03C6DF2D4C2"/>
+            <w:pStyle w:val="33CD7C33F1D34A4B8B97B03C6DF2D4C21"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CF22D182ED2F44888D8CD04688CD64F8"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{367DC603-4F38-41A1-AC5E-6209D1B52754}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="CF22D182ED2F44888D8CD04688CD64F8"/>
+            <w:pStyle w:val="CF22D182ED2F44888D8CD04688CD64F81"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E421EA25E6254790B00877AA2B3F7E9F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5AEF09B2-EB69-49AA-B722-D7BFF219EF70}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="E421EA25E6254790B00877AA2B3F7E9F"/>
+            <w:pStyle w:val="E421EA25E6254790B00877AA2B3F7E9F1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="66B4F61B782E4E8E81335FC4966E16B3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{35A6E92D-631D-43C2-A246-D168175386D0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="66B4F61B782E4E8E81335FC4966E16B3"/>
+            <w:pStyle w:val="66B4F61B782E4E8E81335FC4966E16B31"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="97A5E2FAA6E94FCCB29BDF7FEBF2F547"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBDA8259-68BC-4197-B827-BDF5FFEAB162}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="97A5E2FAA6E94FCCB29BDF7FEBF2F547"/>
+            <w:pStyle w:val="97A5E2FAA6E94FCCB29BDF7FEBF2F5471"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="22DF061451884FA68BCF90CE8679348F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D226872C-AA51-4CCE-8329-95E02C6A6825}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="22DF061451884FA68BCF90CE8679348F"/>
+            <w:pStyle w:val="22DF061451884FA68BCF90CE8679348F1"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="463A82A7FF994110AF48D00DA2CACB45"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4737F399-53F0-4644-AABD-972991839325}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0017196F" w:rsidRDefault="00E970CB" w:rsidP="00E970CB">
+        <w:p w:rsidR="0017196F" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
           <w:pPr>
-            <w:pStyle w:val="463A82A7FF994110AF48D00DA2CACB45"/>
+            <w:pStyle w:val="463A82A7FF994110AF48D00DA2CACB451"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1E8955480A7C43C3B1771BA2B32F285A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BEBDF183-9A1F-4487-B190-527921A72421}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="1E8955480A7C43C3B1771BA2B32F285A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0013503F">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              <w:lang w:eastAsia="zh-HK"/>
+            </w:rPr>
+            <w:t xml:space="preserve">      </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="76FC6A010A774D85B3237F5F1C0F6B4D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EEB1517A-A0C6-46C5-8886-3CF26CE8825B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="76FC6A010A774D85B3237F5F1C0F6B4D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="0013503F">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman Uni" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:shd w:val="pct15" w:color="auto" w:fill="FFFFFF"/>
+              <w:lang w:eastAsia="zh-HK"/>
+            </w:rPr>
+            <w:t xml:space="preserve">      </w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A7B086BCD2354625AA942D39658B4C09"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{587351B8-0EE0-4B02-9F70-C875C9B86129}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="A7B086BCD2354625AA942D39658B4C09"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="490F3F4F2D6F4FA28A591612C4CC4782"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{632DDF5C-E7EF-437E-964D-326FD49BCE00}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="490F3F4F2D6F4FA28A591612C4CC4782"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="263365D377864639859E00797B24FAEF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B603DC76-80A7-46C4-BEDB-9FEA569A0622}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="263365D377864639859E00797B24FAEF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7FC6078289404FD7A4F281E5AEB15F79"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0F0F1883-AA04-49DB-887F-4DD51B31FDDD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="7FC6078289404FD7A4F281E5AEB15F79"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BB86960B4182435483877859B1A3BA2D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{560D4674-3C54-4DE9-9409-1CA55D3C3A48}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="BB86960B4182435483877859B1A3BA2D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A26053A443E0446086648F2FB8651F44"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E5E4BF31-DABE-4621-BAA3-ECE26CBEBDA1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="A26053A443E0446086648F2FB8651F44"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A276E07CE76446D0AC3E4F0E1E621999"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{82239D21-39F2-486B-B1F8-1A464CC7DAD5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="A276E07CE76446D0AC3E4F0E1E621999"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="68B4356BEB6A4F9AAF8C2A69BDFA4944"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F5A419E4-E4A2-446F-B4D4-F15A4047FF5E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="68B4356BEB6A4F9AAF8C2A69BDFA4944"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="29D44379FB3648F38D9E5C34BDA8E894"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A6168CC1-41B0-4B62-8FC1-BE343A71533D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="29D44379FB3648F38D9E5C34BDA8E894"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C6A547D00F8044EC8CBD130EC1B2B06D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{57F394F9-03A9-4EE5-949C-1A0CDADD75E3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="C6A547D00F8044EC8CBD130EC1B2B06D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A96D9DAA76BD4434A6FF834146D63E60"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{EACC5FCB-C521-412F-9428-1672163B6BF4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="A96D9DAA76BD4434A6FF834146D63E60"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2428083013D845F3B9BFE353A917DAC2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{83F39589-3B3D-47C3-BDBD-CAF7B9080EC0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="2428083013D845F3B9BFE353A917DAC2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E64BBB9EF1D74C35A7B972CFB448C890"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2EF2CD31-01D6-43E1-87E7-180F2B9B8BDD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="E64BBB9EF1D74C35A7B972CFB448C890"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D8610953C2EF45E5BE22A198CEB55F2C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B02FEF6F-91BC-42C0-AE6E-7B6588CC1720}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="D8610953C2EF45E5BE22A198CEB55F2C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D6B30D12D2AD4A2CBDE22593622570AD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CC64273B-0133-4C5A-B064-AFFDE039174B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="D6B30D12D2AD4A2CBDE22593622570AD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="70D7CEF2A9834D26A94A01CE43A9032E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{155A0190-7286-4789-9937-1651796F2BBC}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="70D7CEF2A9834D26A94A01CE43A9032E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D5CA79CD3B95433B8927711311FBECDC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{559C12FD-5CA3-413C-8105-0F8FE9BE33F9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="D5CA79CD3B95433B8927711311FBECDC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="32297DA8499E4FAB82F660C8948AE1A5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{822B7C6C-656F-4F1B-A5BB-16FD7B431962}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="32297DA8499E4FAB82F660C8948AE1A5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2A1AA3C0A99F4C9399CC9440B3EC8E3E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F7A0AC47-AD67-475B-86EB-37CE73076EF2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="2A1AA3C0A99F4C9399CC9440B3EC8E3E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00BC2A00">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2CCBF212E7AA4FB99EBF0A9729E114B4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{85BB3D45-9B2A-48FB-A071-7E803B6CC53B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00320EC3" w:rsidRDefault="00320EC3" w:rsidP="00320EC3">
+          <w:pPr>
+            <w:pStyle w:val="2CCBF212E7AA4FB99EBF0A9729E114B4"/>
           </w:pPr>
           <w:r w:rsidRPr="00BC2A00">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Uni">
     <w:altName w:val="Malgun Gothic Semilight"/>
@@ -30341,53 +31444,62 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E970CB"/>
     <w:rsid w:val="001045F3"/>
     <w:rsid w:val="0017196F"/>
+    <w:rsid w:val="001D4E52"/>
     <w:rsid w:val="002D7414"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:rsid w:val="005106D6"/>
+    <w:rsid w:val="0055448E"/>
+    <w:rsid w:val="00AF7454"/>
+    <w:rsid w:val="00B92BE1"/>
+    <w:rsid w:val="00C34A42"/>
+    <w:rsid w:val="00DF594C"/>
     <w:rsid w:val="00E46345"/>
     <w:rsid w:val="00E970CB"/>
+    <w:rsid w:val="00F8584F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-HK" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
@@ -30797,134 +31909,600 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E970CB"/>
+    <w:rsid w:val="00320EC3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C23DC50F81A4649AD6AA1568EC7A236">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E8955480A7C43C3B1771BA2B32F285A">
+    <w:name w:val="1E8955480A7C43C3B1771BA2B32F285A"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="968630A123CB45048F89BC4171A68159">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="76FC6A010A774D85B3237F5F1C0F6B4D">
+    <w:name w:val="76FC6A010A774D85B3237F5F1C0F6B4D"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D33FB8DE4F80414AB4805D11BFECDE3C">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A7B086BCD2354625AA942D39658B4C09">
+    <w:name w:val="A7B086BCD2354625AA942D39658B4C09"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0E2D629D6424533BC7070FF5E89C5FB">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="490F3F4F2D6F4FA28A591612C4CC4782">
+    <w:name w:val="490F3F4F2D6F4FA28A591612C4CC4782"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D837B25610FA4C529F966C8A7B69731D">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="263365D377864639859E00797B24FAEF">
+    <w:name w:val="263365D377864639859E00797B24FAEF"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27CCFF1A6C424A2F9AE88FBC55138772">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FC6078289404FD7A4F281E5AEB15F79">
+    <w:name w:val="7FC6078289404FD7A4F281E5AEB15F79"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FAFEB2B00B64519B49733456E1810C9">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB86960B4182435483877859B1A3BA2D">
+    <w:name w:val="BB86960B4182435483877859B1A3BA2D"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E3D80306E6DC40409DE8457088FDE0DB">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A26053A443E0446086648F2FB8651F44">
+    <w:name w:val="A26053A443E0446086648F2FB8651F44"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="020099C1B33B46CEAAEC488A868241A7">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A276E07CE76446D0AC3E4F0E1E621999">
+    <w:name w:val="A276E07CE76446D0AC3E4F0E1E621999"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EBD146B70D0488F917B9E49ADCA8BBF">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68B4356BEB6A4F9AAF8C2A69BDFA4944">
+    <w:name w:val="68B4356BEB6A4F9AAF8C2A69BDFA4944"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A4DE5AC558B4863A5D03716E936F7B4">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29D44379FB3648F38D9E5C34BDA8E894">
+    <w:name w:val="29D44379FB3648F38D9E5C34BDA8E894"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0E684991F4E4A4EA2A5BF13DD1683AF">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C6A547D00F8044EC8CBD130EC1B2B06D">
+    <w:name w:val="C6A547D00F8044EC8CBD130EC1B2B06D"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD76D91F35F4348B24CCCAA83E5C42F">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A96D9DAA76BD4434A6FF834146D63E60">
+    <w:name w:val="A96D9DAA76BD4434A6FF834146D63E60"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33CD7C33F1D34A4B8B97B03C6DF2D4C2">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2428083013D845F3B9BFE353A917DAC2">
+    <w:name w:val="2428083013D845F3B9BFE353A917DAC2"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF22D182ED2F44888D8CD04688CD64F8">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E64BBB9EF1D74C35A7B972CFB448C890">
+    <w:name w:val="E64BBB9EF1D74C35A7B972CFB448C890"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E421EA25E6254790B00877AA2B3F7E9F">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D8610953C2EF45E5BE22A198CEB55F2C">
+    <w:name w:val="D8610953C2EF45E5BE22A198CEB55F2C"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="66B4F61B782E4E8E81335FC4966E16B3">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D6B30D12D2AD4A2CBDE22593622570AD">
+    <w:name w:val="D6B30D12D2AD4A2CBDE22593622570AD"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97A5E2FAA6E94FCCB29BDF7FEBF2F547">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="70D7CEF2A9834D26A94A01CE43A9032E">
+    <w:name w:val="70D7CEF2A9834D26A94A01CE43A9032E"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22DF061451884FA68BCF90CE8679348F">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5CA79CD3B95433B8927711311FBECDC">
+    <w:name w:val="D5CA79CD3B95433B8927711311FBECDC"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="463A82A7FF994110AF48D00DA2CACB45">
-[...1 lines deleted...]
-    <w:rsid w:val="00E970CB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32297DA8499E4FAB82F660C8948AE1A5">
+    <w:name w:val="32297DA8499E4FAB82F660C8948AE1A5"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A1AA3C0A99F4C9399CC9440B3EC8E3E">
+    <w:name w:val="2A1AA3C0A99F4C9399CC9440B3EC8E3E"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CCBF212E7AA4FB99EBF0A9729E114B4">
+    <w:name w:val="2CCBF212E7AA4FB99EBF0A9729E114B4"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4C23DC50F81A4649AD6AA1568EC7A2361">
+    <w:name w:val="4C23DC50F81A4649AD6AA1568EC7A2361"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="968630A123CB45048F89BC4171A681591">
+    <w:name w:val="968630A123CB45048F89BC4171A681591"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D33FB8DE4F80414AB4805D11BFECDE3C1">
+    <w:name w:val="D33FB8DE4F80414AB4805D11BFECDE3C1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0E2D629D6424533BC7070FF5E89C5FB1">
+    <w:name w:val="A0E2D629D6424533BC7070FF5E89C5FB1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D837B25610FA4C529F966C8A7B69731D1">
+    <w:name w:val="D837B25610FA4C529F966C8A7B69731D1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="27CCFF1A6C424A2F9AE88FBC551387721">
+    <w:name w:val="27CCFF1A6C424A2F9AE88FBC551387721"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7FAFEB2B00B64519B49733456E1810C91">
+    <w:name w:val="7FAFEB2B00B64519B49733456E1810C91"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E3D80306E6DC40409DE8457088FDE0DB1">
+    <w:name w:val="E3D80306E6DC40409DE8457088FDE0DB1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="020099C1B33B46CEAAEC488A868241A71">
+    <w:name w:val="020099C1B33B46CEAAEC488A868241A71"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EBD146B70D0488F917B9E49ADCA8BBF1">
+    <w:name w:val="0EBD146B70D0488F917B9E49ADCA8BBF1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A4DE5AC558B4863A5D03716E936F7B41">
+    <w:name w:val="3A4DE5AC558B4863A5D03716E936F7B41"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0E684991F4E4A4EA2A5BF13DD1683AF1">
+    <w:name w:val="B0E684991F4E4A4EA2A5BF13DD1683AF1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD76D91F35F4348B24CCCAA83E5C42F1">
+    <w:name w:val="0BD76D91F35F4348B24CCCAA83E5C42F1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33CD7C33F1D34A4B8B97B03C6DF2D4C21">
+    <w:name w:val="33CD7C33F1D34A4B8B97B03C6DF2D4C21"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF22D182ED2F44888D8CD04688CD64F81">
+    <w:name w:val="CF22D182ED2F44888D8CD04688CD64F81"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E421EA25E6254790B00877AA2B3F7E9F1">
+    <w:name w:val="E421EA25E6254790B00877AA2B3F7E9F1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="66B4F61B782E4E8E81335FC4966E16B31">
+    <w:name w:val="66B4F61B782E4E8E81335FC4966E16B31"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="97A5E2FAA6E94FCCB29BDF7FEBF2F5471">
+    <w:name w:val="97A5E2FAA6E94FCCB29BDF7FEBF2F5471"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22DF061451884FA68BCF90CE8679348F1">
+    <w:name w:val="22DF061451884FA68BCF90CE8679348F1"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="463A82A7FF994110AF48D00DA2CACB451">
+    <w:name w:val="463A82A7FF994110AF48D00DA2CACB451"/>
+    <w:rsid w:val="00320EC3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -31198,65 +32776,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2A3818F-E7E3-48B8-96A6-B157093551BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1268</Words>
-  <Characters>7230</Characters>
+  <Words>1266</Words>
+  <Characters>7219</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>60</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hospital Authority</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8482</CharactersWithSpaces>
+  <CharactersWithSpaces>8469</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maggie CHOW, HOS&amp;P M(S&amp;DS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>